--- v0 (2025-10-03)
+++ v1 (2026-01-20)
@@ -4,53 +4,65 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Distributions" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Distributions!$A:$E,Distributions!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58">
   <si>
     <t>Date</t>
+  </si>
+  <si>
+    <t>4Q 2026</t>
+  </si>
+  <si>
+    <t>3Q 2026</t>
+  </si>
+  <si>
+    <t>2Q 2026</t>
+  </si>
+  <si>
+    <t>1Q 2026</t>
   </si>
   <si>
     <t>4Q 2025</t>
   </si>
   <si>
     <t>3Q 2025</t>
   </si>
   <si>
     <t>2Q 2025</t>
   </si>
   <si>
     <t>1Q 2025</t>
   </si>
   <si>
     <t>4Q 2024</t>
   </si>
   <si>
     <t>3Q 2024</t>
   </si>
   <si>
     <t>2Q 2024</t>
   </si>
   <si>
     <t>1Q 2024</t>
   </si>
@@ -340,899 +352,958 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E50"/>
+  <dimension ref="A1:E54"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="5" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="n">
-        <v>46003</v>
+        <v>46367</v>
       </c>
       <c r="C2" s="2" t="n">
-        <v>46003</v>
+        <v>46367</v>
       </c>
       <c r="D2" s="2" t="n">
-        <v>46010</v>
+        <v>46374</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="n">
-        <v>45912</v>
+        <v>46276</v>
       </c>
       <c r="C3" s="2" t="n">
-        <v>45912</v>
+        <v>46276</v>
       </c>
       <c r="D3" s="2" t="n">
-        <v>45919</v>
-[...2 lines deleted...]
-        <v>0.1758</v>
+        <v>46283</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="n">
-        <v>45821</v>
+        <v>46185</v>
       </c>
       <c r="C4" s="2" t="n">
-        <v>45821</v>
+        <v>46185</v>
       </c>
       <c r="D4" s="2" t="n">
-        <v>45828</v>
-[...2 lines deleted...]
-        <v>0.05347</v>
+        <v>46195</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="n">
-        <v>45730</v>
+        <v>46094</v>
       </c>
       <c r="C5" s="2" t="n">
-        <v>45730</v>
+        <v>46094</v>
       </c>
       <c r="D5" s="2" t="n">
-        <v>45737</v>
-[...2 lines deleted...]
-        <v>0.07244</v>
+        <v>46101</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="n">
-        <v>45639</v>
+        <v>46003</v>
       </c>
       <c r="C6" s="2" t="n">
-        <v>45639</v>
+        <v>46003</v>
       </c>
       <c r="D6" s="2" t="n">
-        <v>45646</v>
+        <v>46010</v>
       </c>
       <c r="E6" t="n">
-        <v>0.03465</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="n">
-        <v>45548</v>
+        <v>45912</v>
       </c>
       <c r="C7" s="2" t="n">
-        <v>45548</v>
+        <v>45912</v>
       </c>
       <c r="D7" s="2" t="n">
-        <v>45555</v>
+        <v>45919</v>
       </c>
       <c r="E7" t="n">
-        <v>0.00884</v>
+        <v>0.1758</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="n">
-        <v>45457</v>
+        <v>45821</v>
       </c>
       <c r="C8" s="2" t="n">
-        <v>45457</v>
+        <v>45821</v>
       </c>
       <c r="D8" s="2" t="n">
-        <v>45464</v>
+        <v>45828</v>
       </c>
       <c r="E8" t="n">
-        <v>0.00766</v>
+        <v>0.05347</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="n">
-        <v>45366</v>
+        <v>45730</v>
       </c>
       <c r="C9" s="2" t="n">
-        <v>45369</v>
+        <v>45730</v>
       </c>
       <c r="D9" s="2" t="n">
-        <v>45373</v>
+        <v>45737</v>
       </c>
       <c r="E9" t="n">
-        <v>0</v>
+        <v>0.07244</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="n">
-        <v>45275</v>
+        <v>45639</v>
       </c>
       <c r="C10" s="2" t="n">
-        <v>45278</v>
+        <v>45639</v>
       </c>
       <c r="D10" s="2" t="n">
-        <v>45282</v>
+        <v>45646</v>
       </c>
       <c r="E10" t="n">
-        <v>0</v>
+        <v>0.03465</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="n">
-        <v>45184</v>
+        <v>45548</v>
       </c>
       <c r="C11" s="2" t="n">
-        <v>45187</v>
+        <v>45548</v>
       </c>
       <c r="D11" s="2" t="n">
-        <v>45191</v>
+        <v>45555</v>
       </c>
       <c r="E11" t="n">
-        <v>0</v>
+        <v>0.00884</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="n">
-        <v>45093</v>
+        <v>45457</v>
       </c>
       <c r="C12" s="2" t="n">
-        <v>45097</v>
+        <v>45457</v>
       </c>
       <c r="D12" s="2" t="n">
-        <v>45100</v>
+        <v>45464</v>
       </c>
       <c r="E12" t="n">
-        <v>0</v>
+        <v>0.00766</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="n">
-        <v>45002</v>
+        <v>45366</v>
       </c>
       <c r="C13" s="2" t="n">
-        <v>45005</v>
+        <v>45369</v>
       </c>
       <c r="D13" s="2" t="n">
-        <v>45009</v>
+        <v>45373</v>
       </c>
       <c r="E13" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="n">
-        <v>44911</v>
+        <v>45275</v>
       </c>
       <c r="C14" s="2" t="n">
-        <v>44914</v>
+        <v>45278</v>
       </c>
       <c r="D14" s="2" t="n">
-        <v>44922</v>
+        <v>45282</v>
       </c>
       <c r="E14" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="n">
-        <v>44820</v>
+        <v>45184</v>
       </c>
       <c r="C15" s="2" t="n">
-        <v>44823</v>
+        <v>45187</v>
       </c>
       <c r="D15" s="2" t="n">
-        <v>44827</v>
+        <v>45191</v>
       </c>
       <c r="E15" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="n">
-        <v>44729</v>
+        <v>45093</v>
       </c>
       <c r="C16" s="2" t="n">
-        <v>44733</v>
+        <v>45097</v>
       </c>
       <c r="D16" s="2" t="n">
-        <v>44736</v>
+        <v>45100</v>
       </c>
       <c r="E16" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="n">
-        <v>44638</v>
+        <v>45002</v>
       </c>
       <c r="C17" s="2" t="n">
-        <v>44641</v>
+        <v>45005</v>
       </c>
       <c r="D17" s="2" t="n">
-        <v>44645</v>
+        <v>45009</v>
       </c>
       <c r="E17" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="n">
-        <v>44547</v>
+        <v>44911</v>
       </c>
       <c r="C18" s="2" t="n">
-        <v>44550</v>
+        <v>44914</v>
       </c>
       <c r="D18" s="2" t="n">
-        <v>44557</v>
+        <v>44922</v>
       </c>
       <c r="E18" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="n">
-        <v>44456</v>
+        <v>44820</v>
       </c>
       <c r="C19" s="2" t="n">
-        <v>44459</v>
+        <v>44823</v>
       </c>
       <c r="D19" s="2" t="n">
-        <v>44463</v>
+        <v>44827</v>
       </c>
       <c r="E19" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="n">
-        <v>44365</v>
+        <v>44729</v>
       </c>
       <c r="C20" s="2" t="n">
-        <v>44368</v>
+        <v>44733</v>
       </c>
       <c r="D20" s="2" t="n">
-        <v>44372</v>
+        <v>44736</v>
       </c>
       <c r="E20" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="n">
-        <v>44274</v>
+        <v>44638</v>
       </c>
       <c r="C21" s="2" t="n">
-        <v>44277</v>
+        <v>44641</v>
       </c>
       <c r="D21" s="2" t="n">
-        <v>44281</v>
+        <v>44645</v>
       </c>
       <c r="E21" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>21</v>
       </c>
       <c r="B22" s="2" t="n">
-        <v>44183</v>
+        <v>44547</v>
       </c>
       <c r="C22" s="2" t="n">
-        <v>44186</v>
+        <v>44550</v>
       </c>
       <c r="D22" s="2" t="n">
-        <v>44193</v>
+        <v>44557</v>
       </c>
       <c r="E22" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>22</v>
       </c>
       <c r="B23" s="2" t="n">
-        <v>44092</v>
+        <v>44456</v>
       </c>
       <c r="C23" s="2" t="n">
-        <v>44095</v>
+        <v>44459</v>
       </c>
       <c r="D23" s="2" t="n">
-        <v>44099</v>
+        <v>44463</v>
       </c>
       <c r="E23" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>23</v>
       </c>
       <c r="B24" s="2" t="n">
-        <v>44001</v>
+        <v>44365</v>
       </c>
       <c r="C24" s="2" t="n">
-        <v>44004</v>
+        <v>44368</v>
       </c>
       <c r="D24" s="2" t="n">
-        <v>44008</v>
+        <v>44372</v>
       </c>
       <c r="E24" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>24</v>
       </c>
       <c r="B25" s="2" t="n">
-        <v>43910</v>
+        <v>44274</v>
       </c>
       <c r="C25" s="2" t="n">
-        <v>43913</v>
+        <v>44277</v>
       </c>
       <c r="D25" s="2" t="n">
-        <v>43917</v>
+        <v>44281</v>
       </c>
       <c r="E25" t="n">
-        <v>0.06572</v>
+        <v>0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>25</v>
       </c>
       <c r="B26" s="2" t="n">
-        <v>43812</v>
+        <v>44183</v>
       </c>
       <c r="C26" s="2" t="n">
-        <v>43815</v>
+        <v>44186</v>
       </c>
       <c r="D26" s="2" t="n">
-        <v>43819</v>
+        <v>44193</v>
       </c>
       <c r="E26" t="n">
-        <v>0.06359</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="2" t="n">
-        <v>43728</v>
+        <v>44092</v>
       </c>
       <c r="C27" s="2" t="n">
-        <v>43731</v>
+        <v>44095</v>
       </c>
       <c r="D27" s="2" t="n">
-        <v>43735</v>
+        <v>44099</v>
       </c>
       <c r="E27" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>27</v>
       </c>
       <c r="B28" s="2" t="n">
-        <v>43630</v>
+        <v>44001</v>
       </c>
       <c r="C28" s="2" t="n">
-        <v>43633</v>
+        <v>44004</v>
       </c>
       <c r="D28" s="2" t="n">
-        <v>43637</v>
+        <v>44008</v>
       </c>
       <c r="E28" t="n">
-        <v>0.01881</v>
+        <v>0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>28</v>
       </c>
       <c r="B29" s="2" t="n">
-        <v>43539</v>
+        <v>43910</v>
       </c>
       <c r="C29" s="2" t="n">
-        <v>43542</v>
+        <v>43913</v>
       </c>
       <c r="D29" s="2" t="n">
-        <v>43546</v>
+        <v>43917</v>
       </c>
       <c r="E29" t="n">
-        <v>0.06166</v>
+        <v>0.06572</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>29</v>
       </c>
       <c r="B30" s="2" t="n">
-        <v>43451</v>
+        <v>43812</v>
       </c>
       <c r="C30" s="2" t="n">
-        <v>43452</v>
+        <v>43815</v>
       </c>
       <c r="D30" s="2" t="n">
-        <v>43454</v>
+        <v>43819</v>
       </c>
       <c r="E30" t="n">
-        <v>0</v>
+        <v>0.06359</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>30</v>
       </c>
       <c r="B31" s="2" t="n">
-        <v>43357</v>
+        <v>43728</v>
       </c>
       <c r="C31" s="2" t="n">
-        <v>43360</v>
+        <v>43731</v>
       </c>
       <c r="D31" s="2" t="n">
-        <v>43364</v>
+        <v>43735</v>
       </c>
       <c r="E31" t="n">
-        <v>0.01676</v>
+        <v>0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="2" t="n">
-        <v>43266</v>
+        <v>43630</v>
       </c>
       <c r="C32" s="2" t="n">
-        <v>43269</v>
+        <v>43633</v>
       </c>
       <c r="D32" s="2" t="n">
-        <v>43273</v>
+        <v>43637</v>
       </c>
       <c r="E32" t="n">
-        <v>0.06753</v>
+        <v>0.01881</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>32</v>
       </c>
       <c r="B33" s="2" t="n">
-        <v>43175</v>
+        <v>43539</v>
       </c>
       <c r="C33" s="2" t="n">
-        <v>43178</v>
+        <v>43542</v>
       </c>
       <c r="D33" s="2" t="n">
-        <v>43182</v>
+        <v>43546</v>
       </c>
       <c r="E33" t="n">
-        <v>0.03016</v>
+        <v>0.06166</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>33</v>
       </c>
       <c r="B34" s="2" t="n">
-        <v>43084</v>
+        <v>43451</v>
       </c>
       <c r="C34" s="2" t="n">
-        <v>43088</v>
+        <v>43452</v>
       </c>
       <c r="D34" s="2" t="n">
-        <v>43095</v>
+        <v>43454</v>
       </c>
       <c r="E34" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>34</v>
       </c>
       <c r="B35" s="2" t="n">
-        <v>42993</v>
+        <v>43357</v>
       </c>
       <c r="C35" s="2" t="n">
-        <v>42996</v>
+        <v>43360</v>
       </c>
       <c r="D35" s="2" t="n">
-        <v>43000</v>
+        <v>43364</v>
       </c>
       <c r="E35" t="n">
-        <v>0.01571</v>
+        <v>0.01676</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>35</v>
       </c>
       <c r="B36" s="2" t="n">
-        <v>42902</v>
+        <v>43266</v>
       </c>
       <c r="C36" s="2" t="n">
-        <v>42906</v>
+        <v>43269</v>
       </c>
       <c r="D36" s="2" t="n">
-        <v>42912</v>
+        <v>43273</v>
       </c>
       <c r="E36" t="n">
-        <v>0.08515</v>
+        <v>0.06753</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>36</v>
       </c>
       <c r="B37" s="2" t="n">
-        <v>42811</v>
+        <v>43175</v>
       </c>
       <c r="C37" s="2" t="n">
-        <v>42815</v>
+        <v>43178</v>
       </c>
       <c r="D37" s="2" t="n">
-        <v>42821</v>
+        <v>43182</v>
       </c>
       <c r="E37" t="n">
-        <v>0.02173</v>
+        <v>0.03016</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>37</v>
       </c>
       <c r="B38" s="2" t="n">
-        <v>42720</v>
+        <v>43084</v>
       </c>
       <c r="C38" s="2" t="n">
-        <v>42724</v>
+        <v>43088</v>
       </c>
       <c r="D38" s="2" t="n">
-        <v>42730</v>
+        <v>43095</v>
       </c>
       <c r="E38" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>38</v>
       </c>
       <c r="B39" s="2" t="n">
-        <v>42629</v>
+        <v>42993</v>
       </c>
       <c r="C39" s="2" t="n">
-        <v>42633</v>
+        <v>42996</v>
       </c>
       <c r="D39" s="2" t="n">
-        <v>42639</v>
+        <v>43000</v>
       </c>
       <c r="E39" t="n">
-        <v>0.02799</v>
+        <v>0.01571</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>39</v>
       </c>
       <c r="B40" s="2" t="n">
-        <v>42538</v>
+        <v>42902</v>
       </c>
       <c r="C40" s="2" t="n">
-        <v>42542</v>
+        <v>42906</v>
       </c>
       <c r="D40" s="2" t="n">
-        <v>42548</v>
+        <v>42912</v>
       </c>
       <c r="E40" t="n">
-        <v>0.02055</v>
+        <v>0.08515</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>40</v>
       </c>
       <c r="B41" s="2" t="n">
-        <v>42447</v>
+        <v>42811</v>
       </c>
       <c r="C41" s="2" t="n">
-        <v>42451</v>
+        <v>42815</v>
       </c>
       <c r="D41" s="2" t="n">
-        <v>42458</v>
+        <v>42821</v>
       </c>
       <c r="E41" t="n">
-        <v>0.03508</v>
+        <v>0.02173</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>41</v>
       </c>
       <c r="B42" s="2" t="n">
-        <v>42356</v>
+        <v>42720</v>
       </c>
       <c r="C42" s="2" t="n">
-        <v>42360</v>
+        <v>42724</v>
       </c>
       <c r="D42" s="2" t="n">
-        <v>42367</v>
+        <v>42730</v>
       </c>
       <c r="E42" t="n">
-        <v>0.01183</v>
+        <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>42</v>
       </c>
       <c r="B43" s="2" t="n">
-        <v>42265</v>
+        <v>42629</v>
       </c>
       <c r="C43" s="2" t="n">
-        <v>42269</v>
+        <v>42633</v>
       </c>
       <c r="D43" s="2" t="n">
-        <v>42275</v>
+        <v>42639</v>
       </c>
       <c r="E43" t="n">
-        <v>0</v>
+        <v>0.02799</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>43</v>
       </c>
       <c r="B44" s="2" t="n">
-        <v>42174</v>
+        <v>42538</v>
       </c>
       <c r="C44" s="2" t="n">
-        <v>42178</v>
+        <v>42542</v>
       </c>
       <c r="D44" s="2" t="n">
-        <v>42184</v>
+        <v>42548</v>
       </c>
       <c r="E44" t="n">
-        <v>0</v>
+        <v>0.02055</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>44</v>
       </c>
       <c r="B45" s="2" t="n">
-        <v>42083</v>
+        <v>42447</v>
       </c>
       <c r="C45" s="2" t="n">
-        <v>42087</v>
+        <v>42451</v>
       </c>
       <c r="D45" s="2" t="n">
-        <v>42093</v>
+        <v>42458</v>
       </c>
       <c r="E45" t="n">
-        <v>0.01051</v>
+        <v>0.03508</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>45</v>
       </c>
       <c r="B46" s="2" t="n">
-        <v>41992</v>
+        <v>42356</v>
       </c>
       <c r="C46" s="2" t="n">
-        <v>43822</v>
+        <v>42360</v>
       </c>
       <c r="D46" s="2" t="n">
-        <v>42003</v>
+        <v>42367</v>
       </c>
       <c r="E46" t="n">
-        <v>0.07122</v>
+        <v>0.01183</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>46</v>
       </c>
       <c r="B47" s="2" t="n">
-        <v>41901</v>
+        <v>42265</v>
       </c>
       <c r="C47" s="2" t="n">
-        <v>41905</v>
+        <v>42269</v>
       </c>
       <c r="D47" s="2" t="n">
-        <v>41911</v>
+        <v>42275</v>
       </c>
       <c r="E47" t="n">
-        <v>0.01048</v>
+        <v>0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>47</v>
       </c>
       <c r="B48" s="2" t="n">
-        <v>41810</v>
+        <v>42174</v>
       </c>
       <c r="C48" s="2" t="n">
-        <v>41814</v>
+        <v>42178</v>
       </c>
       <c r="D48" s="2" t="n">
-        <v>41820</v>
+        <v>42184</v>
       </c>
       <c r="E48" t="n">
-        <v>0.02697</v>
+        <v>0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>48</v>
       </c>
       <c r="B49" s="2" t="n">
-        <v>41719</v>
+        <v>42083</v>
       </c>
       <c r="C49" s="2" t="n">
-        <v>41723</v>
+        <v>42087</v>
       </c>
       <c r="D49" s="2" t="n">
-        <v>41729</v>
+        <v>42093</v>
       </c>
       <c r="E49" t="n">
-        <v>0</v>
+        <v>0.01051</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>49</v>
       </c>
       <c r="B50" s="2" t="n">
+        <v>41992</v>
+      </c>
+      <c r="C50" s="2" t="n">
+        <v>43822</v>
+      </c>
+      <c r="D50" s="2" t="n">
+        <v>42003</v>
+      </c>
+      <c r="E50" t="n">
+        <v>0.07122</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>50</v>
+      </c>
+      <c r="B51" s="2" t="n">
+        <v>41901</v>
+      </c>
+      <c r="C51" s="2" t="n">
+        <v>41905</v>
+      </c>
+      <c r="D51" s="2" t="n">
+        <v>41911</v>
+      </c>
+      <c r="E51" t="n">
+        <v>0.01048</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>51</v>
+      </c>
+      <c r="B52" s="2" t="n">
+        <v>41810</v>
+      </c>
+      <c r="C52" s="2" t="n">
+        <v>41814</v>
+      </c>
+      <c r="D52" s="2" t="n">
+        <v>41820</v>
+      </c>
+      <c r="E52" t="n">
+        <v>0.02697</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>52</v>
+      </c>
+      <c r="B53" s="2" t="n">
+        <v>41719</v>
+      </c>
+      <c r="C53" s="2" t="n">
+        <v>41723</v>
+      </c>
+      <c r="D53" s="2" t="n">
+        <v>41729</v>
+      </c>
+      <c r="E53" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>53</v>
+      </c>
+      <c r="B54" s="2" t="n">
         <v>41628</v>
       </c>
-      <c r="C50" s="2" t="n">
+      <c r="C54" s="2" t="n">
         <v>41632</v>
       </c>
-      <c r="D50" s="2" t="n">
+      <c r="D54" s="2" t="n">
         <v>41639</v>
       </c>
-      <c r="E50" t="n">
+      <c r="E54" t="n">
         <v>0.01551</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Dividend Distribution History</oddHeader>
     <oddFooter>&amp;CDistributions&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Dividend Distribution History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>