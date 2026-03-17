--- v1 (2026-01-20)
+++ v2 (2026-03-17)
@@ -436,50 +436,53 @@
         <v>3</v>
       </c>
       <c r="B4" s="2" t="n">
         <v>46185</v>
       </c>
       <c r="C4" s="2" t="n">
         <v>46185</v>
       </c>
       <c r="D4" s="2" t="n">
         <v>46195</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="n">
         <v>46094</v>
       </c>
       <c r="C5" s="2" t="n">
         <v>46094</v>
       </c>
       <c r="D5" s="2" t="n">
         <v>46101</v>
       </c>
+      <c r="E5" t="n">
+        <v>0.03061</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="n">
         <v>46003</v>
       </c>
       <c r="C6" s="2" t="n">
         <v>46003</v>
       </c>
       <c r="D6" s="2" t="n">
         <v>46010</v>
       </c>
       <c r="E6" t="n">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="n">
         <v>45912</v>
       </c>