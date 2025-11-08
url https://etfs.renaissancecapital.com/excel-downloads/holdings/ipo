--- v0 (2025-10-19)
+++ v1 (2025-11-08)
@@ -15,342 +15,342 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
     <t>Arm Holdings</t>
   </si>
   <si>
+    <t>Kenvue</t>
+  </si>
+  <si>
     <t>Reddit</t>
   </si>
   <si>
-    <t>Kenvue</t>
+    <t>Nextracker</t>
   </si>
   <si>
     <t>Astera Labs</t>
   </si>
   <si>
-    <t>Nextracker</t>
-[...1 lines deleted...]
-  <si>
     <t>Viking Holdings</t>
   </si>
   <si>
     <t>Rubrik</t>
   </si>
   <si>
+    <t>Kaspi.kz</t>
+  </si>
+  <si>
     <t>Tempus AI</t>
   </si>
   <si>
+    <t>Instacart (Maplebear)</t>
+  </si>
+  <si>
+    <t>Circle Internet Group</t>
+  </si>
+  <si>
+    <t>CoreWeave</t>
+  </si>
+  <si>
+    <t>Amer Sports</t>
+  </si>
+  <si>
     <t>CAVA Group</t>
   </si>
   <si>
-    <t>CoreWeave</t>
-[...13 lines deleted...]
-  <si>
     <t>StandardAero</t>
   </si>
   <si>
+    <t>UL Solutions</t>
+  </si>
+  <si>
     <t>Loar Holdings</t>
   </si>
   <si>
     <t>Mobileye Global</t>
   </si>
   <si>
-    <t>UL Solutions</t>
-[...1 lines deleted...]
-  <si>
     <t>Lineage</t>
   </si>
   <si>
+    <t>Klaviyo</t>
+  </si>
+  <si>
     <t>Birkenstock Holding</t>
   </si>
   <si>
     <t>Figma</t>
   </si>
   <si>
-    <t>Klaviyo</t>
+    <t>ZEEKR Intelligent Technology Holding</t>
   </si>
   <si>
     <t>Bullish</t>
   </si>
   <si>
-    <t>ZEEKR Intelligent Technology Holding</t>
-[...1 lines deleted...]
-  <si>
     <t>SailPoint</t>
   </si>
   <si>
     <t>Smithfield Foods</t>
   </si>
   <si>
     <t>ServiceTitan</t>
   </si>
   <si>
     <t>Venture Global</t>
   </si>
   <si>
+    <t>Chime Financial</t>
+  </si>
+  <si>
     <t>Caris Life Sciences</t>
   </si>
   <si>
-    <t>Chime Financial</t>
-[...1 lines deleted...]
-  <si>
     <t>Pony AI</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>ARM</t>
   </si>
   <si>
+    <t>KVUE</t>
+  </si>
+  <si>
     <t>RDDT</t>
   </si>
   <si>
-    <t>KVUE</t>
+    <t>NXT</t>
   </si>
   <si>
     <t>ALAB</t>
   </si>
   <si>
-    <t>NXT</t>
-[...1 lines deleted...]
-  <si>
     <t>VIK</t>
   </si>
   <si>
     <t>RBRK</t>
   </si>
   <si>
+    <t>KSPI</t>
+  </si>
+  <si>
     <t>TEM</t>
   </si>
   <si>
+    <t>CART</t>
+  </si>
+  <si>
+    <t>CRCL</t>
+  </si>
+  <si>
+    <t>CRWV</t>
+  </si>
+  <si>
+    <t>AS</t>
+  </si>
+  <si>
     <t>CAVA</t>
   </si>
   <si>
-    <t>CRWV</t>
-[...13 lines deleted...]
-  <si>
     <t>SARO</t>
   </si>
   <si>
+    <t>ULS</t>
+  </si>
+  <si>
     <t>LOAR</t>
   </si>
   <si>
     <t>MBLY</t>
   </si>
   <si>
-    <t>ULS</t>
-[...1 lines deleted...]
-  <si>
     <t>LINE</t>
   </si>
   <si>
+    <t>KVYO</t>
+  </si>
+  <si>
     <t>BIRK</t>
   </si>
   <si>
     <t>FIG</t>
   </si>
   <si>
-    <t>KVYO</t>
+    <t>ZK</t>
   </si>
   <si>
     <t>BLSH</t>
   </si>
   <si>
-    <t>ZK</t>
-[...1 lines deleted...]
-  <si>
     <t>SAIL</t>
   </si>
   <si>
     <t>SFD</t>
   </si>
   <si>
     <t>TTAN</t>
   </si>
   <si>
     <t>VG</t>
   </si>
   <si>
+    <t>CHYM</t>
+  </si>
+  <si>
     <t>CAI</t>
   </si>
   <si>
-    <t>CHYM</t>
-[...1 lines deleted...]
-  <si>
     <t>PONY</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>BNSP5P7</t>
   </si>
   <si>
+    <t>BQ84ZQ6</t>
+  </si>
+  <si>
     <t>BMVNLY2</t>
   </si>
   <si>
-    <t>BQ84ZQ6</t>
+    <t>BR1GTS6</t>
   </si>
   <si>
     <t>BMTQ7V2</t>
   </si>
   <si>
-    <t>BR1GTS6</t>
-[...1 lines deleted...]
-  <si>
     <t>BRDXKH1</t>
   </si>
   <si>
     <t>BSLQK57</t>
   </si>
   <si>
+    <t>BJY21K1</t>
+  </si>
+  <si>
     <t>BSLSJJ0</t>
   </si>
   <si>
+    <t>BN4L6W3</t>
+  </si>
+  <si>
+    <t>BL6K237</t>
+  </si>
+  <si>
+    <t>BTTRKN7</t>
+  </si>
+  <si>
+    <t>BN6TZY0</t>
+  </si>
+  <si>
     <t>BRBD9F4</t>
   </si>
   <si>
-    <t>BTTRKN7</t>
-[...13 lines deleted...]
-  <si>
     <t>BQPDNZ1</t>
   </si>
   <si>
+    <t>BPW6WJ3</t>
+  </si>
+  <si>
     <t>BLDCK32</t>
   </si>
   <si>
     <t>BLFH8G4</t>
   </si>
   <si>
-    <t>BPW6WJ3</t>
-[...1 lines deleted...]
-  <si>
     <t>BP5DSY8</t>
   </si>
   <si>
+    <t>BN4JNC6</t>
+  </si>
+  <si>
     <t>BS44BN3</t>
   </si>
   <si>
     <t>BSML6T7</t>
   </si>
   <si>
-    <t>BN4JNC6</t>
+    <t>BS561Z0</t>
   </si>
   <si>
     <t>BV6KVT6</t>
   </si>
   <si>
-    <t>BS561Z0</t>
-[...1 lines deleted...]
-  <si>
     <t>BRXZ3P6</t>
   </si>
   <si>
     <t>BS893N8</t>
   </si>
   <si>
     <t>BPGN2Q7</t>
   </si>
   <si>
     <t>BSZBFJ7</t>
   </si>
   <si>
+    <t>BTCHBL9</t>
+  </si>
+  <si>
     <t>BT18HP9</t>
-  </si>
-[...1 lines deleted...]
-    <t>BTCHBL9</t>
   </si>
   <si>
     <t>BRWKBD6</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
       <i val="false"/>
       <u val="none"/>
       <sz val="11"/>
@@ -497,906 +497,906 @@
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
+    <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="38.421875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="7" max="7" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
-    <col min="8" max="8" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
+    <col min="8" max="8" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>70</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>102</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>103</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
       <c r="D2" t="s">
         <v>38</v>
       </c>
       <c r="E2" t="s">
         <v>71</v>
       </c>
       <c r="F2" t="n">
-        <v>99749</v>
+        <v>92514</v>
       </c>
       <c r="G2" t="n">
-        <v>17076031.31</v>
+        <v>14640340.5</v>
       </c>
       <c r="H2" t="n">
-        <v>10.17702257</v>
+        <v>9.92727946</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>39</v>
       </c>
       <c r="E3" t="s">
         <v>72</v>
       </c>
       <c r="F3" t="n">
-        <v>70164</v>
+        <v>871392</v>
       </c>
       <c r="G3" t="n">
-        <v>13960531.08</v>
+        <v>14343112.32</v>
       </c>
       <c r="H3" t="n">
-        <v>8.32023773</v>
+        <v>9.72573584</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>35</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>73</v>
       </c>
       <c r="F4" t="n">
-        <v>939540</v>
+        <v>65074</v>
       </c>
       <c r="G4" t="n">
-        <v>13256909.4</v>
+        <v>11950189.36</v>
       </c>
       <c r="H4" t="n">
-        <v>7.90089124</v>
+        <v>8.10314961</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>35</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>74</v>
       </c>
       <c r="F5" t="n">
-        <v>77742</v>
+        <v>111641</v>
       </c>
       <c r="G5" t="n">
-        <v>12714704.1</v>
+        <v>11894232.14</v>
       </c>
       <c r="H5" t="n">
-        <v>7.57774616</v>
+        <v>8.0652063</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>42</v>
       </c>
       <c r="E6" t="s">
         <v>75</v>
       </c>
       <c r="F6" t="n">
-        <v>120371</v>
+        <v>72102</v>
       </c>
       <c r="G6" t="n">
-        <v>10542092.18</v>
+        <v>11740368.66</v>
       </c>
       <c r="H6" t="n">
-        <v>6.28290661</v>
+        <v>7.960875</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>43</v>
       </c>
       <c r="E7" t="s">
         <v>76</v>
       </c>
       <c r="F7" t="n">
-        <v>143202</v>
+        <v>132816</v>
       </c>
       <c r="G7" t="n">
-        <v>8615032.32</v>
+        <v>7611684.96</v>
       </c>
       <c r="H7" t="n">
-        <v>5.1344119</v>
+        <v>5.16130918</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>77</v>
       </c>
       <c r="F8" t="n">
-        <v>107767</v>
+        <v>99952</v>
       </c>
       <c r="G8" t="n">
-        <v>8474796.88</v>
+        <v>7149566.56</v>
       </c>
       <c r="H8" t="n">
-        <v>5.05083398</v>
+        <v>4.84795728</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>78</v>
       </c>
       <c r="F9" t="n">
-        <v>80656</v>
+        <v>79766</v>
       </c>
       <c r="G9" t="n">
-        <v>7341309.12</v>
+        <v>5725603.48</v>
       </c>
       <c r="H9" t="n">
-        <v>4.37529466</v>
+        <v>3.88240054</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>35</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
       <c r="E10" t="s">
         <v>79</v>
       </c>
       <c r="F10" t="n">
-        <v>101320</v>
+        <v>74806</v>
       </c>
       <c r="G10" t="n">
-        <v>6419635.2</v>
+        <v>5392764.54</v>
       </c>
       <c r="H10" t="n">
-        <v>3.82599277</v>
+        <v>3.65671008</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>47</v>
       </c>
       <c r="E11" t="s">
         <v>80</v>
       </c>
       <c r="F11" t="n">
-        <v>45194</v>
+        <v>151399</v>
       </c>
       <c r="G11" t="n">
-        <v>6405797.56</v>
+        <v>5295937.02</v>
       </c>
       <c r="H11" t="n">
-        <v>3.81774577</v>
+        <v>3.59105356</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>81</v>
       </c>
       <c r="F12" t="n">
-        <v>163239</v>
+        <v>45512</v>
       </c>
       <c r="G12" t="n">
-        <v>6364688.61</v>
+        <v>4551655.12</v>
       </c>
       <c r="H12" t="n">
-        <v>3.79324554</v>
+        <v>3.08637305</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
         <v>82</v>
       </c>
       <c r="F13" t="n">
-        <v>86006</v>
+        <v>41914</v>
       </c>
       <c r="G13" t="n">
-        <v>6357563.52</v>
+        <v>4481864.02</v>
       </c>
       <c r="H13" t="n">
-        <v>3.78899911</v>
+        <v>3.03904931</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>50</v>
       </c>
       <c r="E14" t="s">
         <v>83</v>
       </c>
       <c r="F14" t="n">
-        <v>49072</v>
+        <v>148298</v>
       </c>
       <c r="G14" t="n">
-        <v>6303789.12</v>
+        <v>4400001.66</v>
       </c>
       <c r="H14" t="n">
-        <v>3.75695049</v>
+        <v>2.98354031</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>51</v>
       </c>
       <c r="E15" t="s">
         <v>84</v>
       </c>
       <c r="F15" t="n">
-        <v>159895</v>
+        <v>93970</v>
       </c>
       <c r="G15" t="n">
-        <v>4899182.8</v>
+        <v>4378062.3</v>
       </c>
       <c r="H15" t="n">
-        <v>2.91982915</v>
+        <v>2.96866374</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>52</v>
       </c>
       <c r="E16" t="s">
         <v>85</v>
       </c>
       <c r="F16" t="n">
-        <v>172485</v>
+        <v>159975</v>
       </c>
       <c r="G16" t="n">
-        <v>4812331.5</v>
+        <v>4293729</v>
       </c>
       <c r="H16" t="n">
-        <v>2.86806726</v>
+        <v>2.91147926</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>86</v>
       </c>
       <c r="F17" t="n">
-        <v>51927</v>
+        <v>43430</v>
       </c>
       <c r="G17" t="n">
-        <v>4192066.71</v>
+        <v>3721082.4</v>
       </c>
       <c r="H17" t="n">
-        <v>2.49840005</v>
+        <v>2.52318072</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>35</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
       <c r="E18" t="s">
         <v>87</v>
       </c>
       <c r="F18" t="n">
-        <v>257356</v>
+        <v>48162</v>
       </c>
       <c r="G18" t="n">
-        <v>3731662</v>
+        <v>3610223.52</v>
       </c>
       <c r="H18" t="n">
-        <v>2.22400672</v>
+        <v>2.44800985</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>35</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
       <c r="E19" t="s">
         <v>88</v>
       </c>
       <c r="F19" t="n">
-        <v>46825</v>
+        <v>238690</v>
       </c>
       <c r="G19" t="n">
-        <v>3578834.75</v>
+        <v>3002720.2</v>
       </c>
       <c r="H19" t="n">
-        <v>2.13292429</v>
+        <v>2.03607577</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>35</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
         <v>89</v>
       </c>
       <c r="F20" t="n">
-        <v>85995</v>
+        <v>79758</v>
       </c>
       <c r="G20" t="n">
-        <v>3529234.8</v>
+        <v>2860121.88</v>
       </c>
       <c r="H20" t="n">
-        <v>2.10336357</v>
+        <v>1.93938312</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>35</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>90</v>
       </c>
       <c r="F21" t="n">
-        <v>66215</v>
+        <v>93283</v>
       </c>
       <c r="G21" t="n">
-        <v>2802880.95</v>
+        <v>2686550.4</v>
       </c>
       <c r="H21" t="n">
-        <v>1.6704691</v>
+        <v>1.82168827</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>35</v>
       </c>
       <c r="D22" t="s">
         <v>58</v>
       </c>
       <c r="E22" t="s">
         <v>91</v>
       </c>
       <c r="F22" t="n">
-        <v>45066</v>
+        <v>61410</v>
       </c>
       <c r="G22" t="n">
-        <v>2604364.14</v>
+        <v>2397446.4</v>
       </c>
       <c r="H22" t="n">
-        <v>1.55215648</v>
+        <v>1.62565347</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>35</v>
       </c>
       <c r="D23" t="s">
         <v>59</v>
       </c>
       <c r="E23" t="s">
         <v>92</v>
       </c>
       <c r="F23" t="n">
-        <v>100578</v>
+        <v>41796</v>
       </c>
       <c r="G23" t="n">
-        <v>2389733.28</v>
+        <v>1921780.08</v>
       </c>
       <c r="H23" t="n">
-        <v>1.42424016</v>
+        <v>1.30311504</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>35</v>
       </c>
       <c r="D24" t="s">
         <v>60</v>
       </c>
       <c r="E24" t="s">
         <v>93</v>
       </c>
       <c r="F24" t="n">
-        <v>36693</v>
+        <v>60943</v>
       </c>
       <c r="G24" t="n">
-        <v>2111682.15</v>
+        <v>1700309.7</v>
       </c>
       <c r="H24" t="n">
-        <v>1.25852644</v>
+        <v>1.15294105</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>35</v>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>94</v>
       </c>
       <c r="F25" t="n">
-        <v>65708</v>
+        <v>34033</v>
       </c>
       <c r="G25" t="n">
-        <v>1937071.84</v>
+        <v>1517531.47</v>
       </c>
       <c r="H25" t="n">
-        <v>1.15446168</v>
+        <v>1.02900332</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>35</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26" t="s">
         <v>95</v>
       </c>
       <c r="F26" t="n">
-        <v>73204</v>
+        <v>67894</v>
       </c>
       <c r="G26" t="n">
-        <v>1610488</v>
+        <v>1353806.36</v>
       </c>
       <c r="H26" t="n">
-        <v>0.9598233</v>
+        <v>0.91798507</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>35</v>
       </c>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27" t="s">
         <v>96</v>
       </c>
       <c r="F27" t="n">
-        <v>55006</v>
+        <v>51016</v>
       </c>
       <c r="G27" t="n">
-        <v>1194730.32</v>
+        <v>1116740.24</v>
       </c>
       <c r="H27" t="n">
-        <v>0.71203883</v>
+        <v>0.75723597</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>35</v>
       </c>
       <c r="D28" t="s">
         <v>64</v>
       </c>
       <c r="E28" t="s">
         <v>97</v>
       </c>
       <c r="F28" t="n">
-        <v>12235</v>
+        <v>11348</v>
       </c>
       <c r="G28" t="n">
-        <v>1134062.15</v>
+        <v>1044413.18</v>
       </c>
       <c r="H28" t="n">
-        <v>0.67588164</v>
+        <v>0.70819265</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>35</v>
       </c>
       <c r="D29" t="s">
         <v>65</v>
       </c>
       <c r="E29" t="s">
         <v>98</v>
       </c>
       <c r="F29" t="n">
-        <v>113874</v>
+        <v>105614</v>
       </c>
       <c r="G29" t="n">
-        <v>1039669.62</v>
+        <v>818508.5</v>
       </c>
       <c r="H29" t="n">
-        <v>0.61962531</v>
+        <v>0.55501186</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>35</v>
       </c>
       <c r="D30" t="s">
         <v>66</v>
       </c>
       <c r="E30" t="s">
         <v>99</v>
       </c>
       <c r="F30" t="n">
-        <v>27272</v>
+        <v>36214</v>
       </c>
       <c r="G30" t="n">
-        <v>871340.4</v>
+        <v>655111.26</v>
       </c>
       <c r="H30" t="n">
-        <v>0.51930397</v>
+        <v>0.44421594</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>35</v>
       </c>
       <c r="D31" t="s">
         <v>67</v>
       </c>
       <c r="E31" t="s">
         <v>100</v>
       </c>
       <c r="F31" t="n">
-        <v>39044</v>
+        <v>25292</v>
       </c>
       <c r="G31" t="n">
-        <v>684831.76</v>
+        <v>622436.12</v>
       </c>
       <c r="H31" t="n">
-        <v>0.40814801</v>
+        <v>0.42205967</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>35</v>
       </c>
       <c r="D32" t="s">
         <v>68</v>
       </c>
       <c r="E32" t="s">
         <v>101</v>
       </c>
       <c r="F32" t="n">
-        <v>32286</v>
+        <v>29946</v>
       </c>
       <c r="G32" t="n">
-        <v>659118.69</v>
+        <v>443799.72</v>
       </c>
       <c r="H32" t="n">
-        <v>0.39282346</v>
+        <v>0.30093042</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45947</v>
+        <v>45968</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>36</v>
       </c>
       <c r="D33" t="s">
         <v>69</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="n">
-        <v>155253.89</v>
+        <v>214955.93</v>
       </c>
       <c r="G33" t="n">
-        <v>173884.22</v>
+        <v>154164.32</v>
       </c>
       <c r="H33" t="n">
-        <v>0.10363205</v>
+        <v>0.10453529</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>