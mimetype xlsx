--- v1 (2025-11-08)
+++ v2 (2025-12-05)
@@ -12,342 +12,342 @@
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
+    <t>Kenvue</t>
+  </si>
+  <si>
+    <t>Reddit</t>
+  </si>
+  <si>
     <t>Arm Holdings</t>
   </si>
   <si>
-    <t>Kenvue</t>
-[...7 lines deleted...]
-  <si>
     <t>Astera Labs</t>
   </si>
   <si>
+    <t>Nextpower (Nextracker)</t>
+  </si>
+  <si>
     <t>Viking Holdings</t>
   </si>
   <si>
     <t>Rubrik</t>
   </si>
   <si>
+    <t>Instacart (Maplebear)</t>
+  </si>
+  <si>
     <t>Kaspi.kz</t>
   </si>
   <si>
     <t>Tempus AI</t>
   </si>
   <si>
-    <t>Instacart (Maplebear)</t>
+    <t>Amer Sports</t>
+  </si>
+  <si>
+    <t>CAVA Group</t>
+  </si>
+  <si>
+    <t>StandardAero</t>
   </si>
   <si>
     <t>Circle Internet Group</t>
   </si>
   <si>
+    <t>UL Solutions</t>
+  </si>
+  <si>
     <t>CoreWeave</t>
   </si>
   <si>
-    <t>Amer Sports</t>
-[...10 lines deleted...]
-  <si>
     <t>Loar Holdings</t>
   </si>
   <si>
+    <t>Lineage</t>
+  </si>
+  <si>
     <t>Mobileye Global</t>
   </si>
   <si>
-    <t>Lineage</t>
-[...1 lines deleted...]
-  <si>
     <t>Klaviyo</t>
   </si>
   <si>
     <t>Birkenstock Holding</t>
   </si>
   <si>
+    <t>ZEEKR Intelligent Technology Holding</t>
+  </si>
+  <si>
+    <t>Bullish</t>
+  </si>
+  <si>
     <t>Figma</t>
   </si>
   <si>
-    <t>ZEEKR Intelligent Technology Holding</t>
-[...4 lines deleted...]
-  <si>
     <t>SailPoint</t>
   </si>
   <si>
     <t>Smithfield Foods</t>
   </si>
   <si>
     <t>ServiceTitan</t>
   </si>
   <si>
+    <t>Chime Financial</t>
+  </si>
+  <si>
     <t>Venture Global</t>
   </si>
   <si>
-    <t>Chime Financial</t>
-[...1 lines deleted...]
-  <si>
     <t>Caris Life Sciences</t>
   </si>
   <si>
     <t>Pony AI</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
+    <t>KVUE</t>
+  </si>
+  <si>
+    <t>RDDT</t>
+  </si>
+  <si>
     <t>ARM</t>
   </si>
   <si>
-    <t>KVUE</t>
-[...2 lines deleted...]
-    <t>RDDT</t>
+    <t>ALAB</t>
   </si>
   <si>
     <t>NXT</t>
   </si>
   <si>
-    <t>ALAB</t>
-[...1 lines deleted...]
-  <si>
     <t>VIK</t>
   </si>
   <si>
     <t>RBRK</t>
   </si>
   <si>
+    <t>CART</t>
+  </si>
+  <si>
     <t>KSPI</t>
   </si>
   <si>
     <t>TEM</t>
   </si>
   <si>
-    <t>CART</t>
+    <t>AS</t>
+  </si>
+  <si>
+    <t>CAVA</t>
+  </si>
+  <si>
+    <t>SARO</t>
   </si>
   <si>
     <t>CRCL</t>
   </si>
   <si>
+    <t>ULS</t>
+  </si>
+  <si>
     <t>CRWV</t>
   </si>
   <si>
-    <t>AS</t>
-[...10 lines deleted...]
-  <si>
     <t>LOAR</t>
   </si>
   <si>
+    <t>LINE</t>
+  </si>
+  <si>
     <t>MBLY</t>
   </si>
   <si>
-    <t>LINE</t>
-[...1 lines deleted...]
-  <si>
     <t>KVYO</t>
   </si>
   <si>
     <t>BIRK</t>
   </si>
   <si>
+    <t>ZK</t>
+  </si>
+  <si>
+    <t>BLSH</t>
+  </si>
+  <si>
     <t>FIG</t>
   </si>
   <si>
-    <t>ZK</t>
-[...4 lines deleted...]
-  <si>
     <t>SAIL</t>
   </si>
   <si>
     <t>SFD</t>
   </si>
   <si>
     <t>TTAN</t>
   </si>
   <si>
+    <t>CHYM</t>
+  </si>
+  <si>
     <t>VG</t>
   </si>
   <si>
-    <t>CHYM</t>
-[...1 lines deleted...]
-  <si>
     <t>CAI</t>
   </si>
   <si>
     <t>PONY</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
+    <t>BQ84ZQ6</t>
+  </si>
+  <si>
+    <t>BMVNLY2</t>
+  </si>
+  <si>
     <t>BNSP5P7</t>
   </si>
   <si>
-    <t>BQ84ZQ6</t>
-[...2 lines deleted...]
-    <t>BMVNLY2</t>
+    <t>BMTQ7V2</t>
   </si>
   <si>
     <t>BR1GTS6</t>
   </si>
   <si>
-    <t>BMTQ7V2</t>
-[...1 lines deleted...]
-  <si>
     <t>BRDXKH1</t>
   </si>
   <si>
     <t>BSLQK57</t>
   </si>
   <si>
+    <t>BN4L6W3</t>
+  </si>
+  <si>
     <t>BJY21K1</t>
   </si>
   <si>
     <t>BSLSJJ0</t>
   </si>
   <si>
-    <t>BN4L6W3</t>
+    <t>BN6TZY0</t>
+  </si>
+  <si>
+    <t>BRBD9F4</t>
+  </si>
+  <si>
+    <t>BQPDNZ1</t>
   </si>
   <si>
     <t>BL6K237</t>
   </si>
   <si>
+    <t>BPW6WJ3</t>
+  </si>
+  <si>
     <t>BTTRKN7</t>
   </si>
   <si>
-    <t>BN6TZY0</t>
-[...10 lines deleted...]
-  <si>
     <t>BLDCK32</t>
   </si>
   <si>
+    <t>BP5DSY8</t>
+  </si>
+  <si>
     <t>BLFH8G4</t>
   </si>
   <si>
-    <t>BP5DSY8</t>
-[...1 lines deleted...]
-  <si>
     <t>BN4JNC6</t>
   </si>
   <si>
     <t>BS44BN3</t>
   </si>
   <si>
+    <t>BS561Z0</t>
+  </si>
+  <si>
+    <t>BV6KVT6</t>
+  </si>
+  <si>
     <t>BSML6T7</t>
   </si>
   <si>
-    <t>BS561Z0</t>
-[...4 lines deleted...]
-  <si>
     <t>BRXZ3P6</t>
   </si>
   <si>
     <t>BS893N8</t>
   </si>
   <si>
     <t>BPGN2Q7</t>
   </si>
   <si>
+    <t>BTCHBL9</t>
+  </si>
+  <si>
     <t>BSZBFJ7</t>
-  </si>
-[...1 lines deleted...]
-    <t>BTCHBL9</t>
   </si>
   <si>
     <t>BT18HP9</t>
   </si>
   <si>
     <t>BRWKBD6</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
@@ -535,868 +535,868 @@
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>34</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>37</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>70</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>102</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>103</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>35</v>
       </c>
       <c r="D2" t="s">
         <v>38</v>
       </c>
       <c r="E2" t="s">
         <v>71</v>
       </c>
       <c r="F2" t="n">
-        <v>92514</v>
+        <v>830482</v>
       </c>
       <c r="G2" t="n">
-        <v>14640340.5</v>
+        <v>14093279.54</v>
       </c>
       <c r="H2" t="n">
-        <v>9.92727946</v>
+        <v>9.97357786</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>35</v>
       </c>
       <c r="D3" t="s">
         <v>39</v>
       </c>
       <c r="E3" t="s">
         <v>72</v>
       </c>
       <c r="F3" t="n">
-        <v>871392</v>
+        <v>62019</v>
       </c>
       <c r="G3" t="n">
-        <v>14343112.32</v>
+        <v>13696275.96</v>
       </c>
       <c r="H3" t="n">
-        <v>9.72573584</v>
+        <v>9.69262507</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>35</v>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>73</v>
       </c>
       <c r="F4" t="n">
-        <v>65074</v>
+        <v>88171</v>
       </c>
       <c r="G4" t="n">
-        <v>11950189.36</v>
+        <v>12272521.49</v>
       </c>
       <c r="H4" t="n">
-        <v>8.10314961</v>
+        <v>8.68505788</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>35</v>
       </c>
       <c r="D5" t="s">
         <v>41</v>
       </c>
       <c r="E5" t="s">
         <v>74</v>
       </c>
       <c r="F5" t="n">
-        <v>111641</v>
+        <v>68716</v>
       </c>
       <c r="G5" t="n">
-        <v>11894232.14</v>
+        <v>10479190</v>
       </c>
       <c r="H5" t="n">
-        <v>8.0652063</v>
+        <v>7.41594723</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
         <v>42</v>
       </c>
       <c r="E6" t="s">
         <v>75</v>
       </c>
       <c r="F6" t="n">
-        <v>72102</v>
+        <v>106400</v>
       </c>
       <c r="G6" t="n">
-        <v>11740368.66</v>
+        <v>9244032</v>
       </c>
       <c r="H6" t="n">
-        <v>7.960875</v>
+        <v>6.5418466</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>43</v>
       </c>
       <c r="E7" t="s">
         <v>76</v>
       </c>
       <c r="F7" t="n">
-        <v>132816</v>
+        <v>126581</v>
       </c>
       <c r="G7" t="n">
-        <v>7611684.96</v>
+        <v>8549280.74</v>
       </c>
       <c r="H7" t="n">
-        <v>5.16130918</v>
+        <v>6.05018277</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>35</v>
       </c>
       <c r="D8" t="s">
         <v>44</v>
       </c>
       <c r="E8" t="s">
         <v>77</v>
       </c>
       <c r="F8" t="n">
-        <v>99952</v>
+        <v>95260</v>
       </c>
       <c r="G8" t="n">
-        <v>7149566.56</v>
+        <v>6802516.6</v>
       </c>
       <c r="H8" t="n">
-        <v>4.84795728</v>
+        <v>4.81402705</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>35</v>
       </c>
       <c r="D9" t="s">
         <v>45</v>
       </c>
       <c r="E9" t="s">
         <v>78</v>
       </c>
       <c r="F9" t="n">
-        <v>79766</v>
+        <v>144291</v>
       </c>
       <c r="G9" t="n">
-        <v>5725603.48</v>
+        <v>6149682.42</v>
       </c>
       <c r="H9" t="n">
-        <v>3.88240054</v>
+        <v>4.35202724</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>35</v>
       </c>
       <c r="D10" t="s">
         <v>46</v>
       </c>
       <c r="E10" t="s">
         <v>79</v>
       </c>
       <c r="F10" t="n">
-        <v>74806</v>
+        <v>76020</v>
       </c>
       <c r="G10" t="n">
-        <v>5392764.54</v>
+        <v>5934881.4</v>
       </c>
       <c r="H10" t="n">
-        <v>3.65671008</v>
+        <v>4.20001615</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>35</v>
       </c>
       <c r="D11" t="s">
         <v>47</v>
       </c>
       <c r="E11" t="s">
         <v>80</v>
       </c>
       <c r="F11" t="n">
-        <v>151399</v>
+        <v>71294</v>
       </c>
       <c r="G11" t="n">
-        <v>5295937.02</v>
+        <v>5340633.54</v>
       </c>
       <c r="H11" t="n">
-        <v>3.59105356</v>
+        <v>3.7794769</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>48</v>
       </c>
       <c r="E12" t="s">
         <v>81</v>
       </c>
       <c r="F12" t="n">
-        <v>45512</v>
+        <v>141336</v>
       </c>
       <c r="G12" t="n">
-        <v>4551655.12</v>
+        <v>5223778.56</v>
       </c>
       <c r="H12" t="n">
-        <v>3.08637305</v>
+        <v>3.69678058</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>35</v>
       </c>
       <c r="D13" t="s">
         <v>49</v>
       </c>
       <c r="E13" t="s">
         <v>82</v>
       </c>
       <c r="F13" t="n">
-        <v>41914</v>
+        <v>89558</v>
       </c>
       <c r="G13" t="n">
-        <v>4481864.02</v>
+        <v>4880015.42</v>
       </c>
       <c r="H13" t="n">
-        <v>3.03904931</v>
+        <v>3.45350517</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>35</v>
       </c>
       <c r="D14" t="s">
         <v>50</v>
       </c>
       <c r="E14" t="s">
         <v>83</v>
       </c>
       <c r="F14" t="n">
-        <v>148298</v>
+        <v>152465</v>
       </c>
       <c r="G14" t="n">
-        <v>4400001.66</v>
+        <v>3947318.85</v>
       </c>
       <c r="H14" t="n">
-        <v>2.98354031</v>
+        <v>2.79345143</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>51</v>
       </c>
       <c r="E15" t="s">
         <v>84</v>
       </c>
       <c r="F15" t="n">
-        <v>93970</v>
+        <v>43375</v>
       </c>
       <c r="G15" t="n">
-        <v>4378062.3</v>
+        <v>3742828.75</v>
       </c>
       <c r="H15" t="n">
-        <v>2.96866374</v>
+        <v>2.64873721</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>52</v>
       </c>
       <c r="E16" t="s">
         <v>85</v>
       </c>
       <c r="F16" t="n">
-        <v>159975</v>
+        <v>41392</v>
       </c>
       <c r="G16" t="n">
-        <v>4293729</v>
+        <v>3285696.96</v>
       </c>
       <c r="H16" t="n">
-        <v>2.91147926</v>
+        <v>2.3252327</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>35</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>86</v>
       </c>
       <c r="F17" t="n">
-        <v>43430</v>
+        <v>39945</v>
       </c>
       <c r="G17" t="n">
-        <v>3721082.4</v>
+        <v>3170035.2</v>
       </c>
       <c r="H17" t="n">
-        <v>2.52318072</v>
+        <v>2.24338081</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>35</v>
       </c>
       <c r="D18" t="s">
         <v>54</v>
       </c>
       <c r="E18" t="s">
         <v>87</v>
       </c>
       <c r="F18" t="n">
-        <v>48162</v>
+        <v>45902</v>
       </c>
       <c r="G18" t="n">
-        <v>3610223.52</v>
+        <v>3135106.6</v>
       </c>
       <c r="H18" t="n">
-        <v>2.44800985</v>
+        <v>2.21866243</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>35</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
       <c r="E19" t="s">
         <v>88</v>
       </c>
       <c r="F19" t="n">
-        <v>238690</v>
+        <v>76014</v>
       </c>
       <c r="G19" t="n">
-        <v>3002720.2</v>
+        <v>2763108.9</v>
       </c>
       <c r="H19" t="n">
-        <v>2.03607577</v>
+        <v>1.95540588</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>35</v>
       </c>
       <c r="D20" t="s">
         <v>56</v>
       </c>
       <c r="E20" t="s">
         <v>89</v>
       </c>
       <c r="F20" t="n">
-        <v>79758</v>
+        <v>227485</v>
       </c>
       <c r="G20" t="n">
-        <v>2860121.88</v>
+        <v>2720720.6</v>
       </c>
       <c r="H20" t="n">
-        <v>1.93938312</v>
+        <v>1.92540839</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>35</v>
       </c>
       <c r="D21" t="s">
         <v>57</v>
       </c>
       <c r="E21" t="s">
         <v>90</v>
       </c>
       <c r="F21" t="n">
-        <v>93283</v>
+        <v>88904</v>
       </c>
       <c r="G21" t="n">
-        <v>2686550.4</v>
+        <v>2583550.24</v>
       </c>
       <c r="H21" t="n">
-        <v>1.82168827</v>
+        <v>1.82833523</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>35</v>
       </c>
       <c r="D22" t="s">
         <v>58</v>
       </c>
       <c r="E22" t="s">
         <v>91</v>
       </c>
       <c r="F22" t="n">
-        <v>61410</v>
+        <v>58526</v>
       </c>
       <c r="G22" t="n">
-        <v>2397446.4</v>
+        <v>2561097.76</v>
       </c>
       <c r="H22" t="n">
-        <v>1.62565347</v>
+        <v>1.81244598</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>35</v>
       </c>
       <c r="D23" t="s">
         <v>59</v>
       </c>
       <c r="E23" t="s">
         <v>92</v>
       </c>
       <c r="F23" t="n">
-        <v>41796</v>
+        <v>58082</v>
       </c>
       <c r="G23" t="n">
-        <v>1921780.08</v>
+        <v>1550789.4</v>
       </c>
       <c r="H23" t="n">
-        <v>1.30311504</v>
+        <v>1.09746768</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>35</v>
       </c>
       <c r="D24" t="s">
         <v>60</v>
       </c>
       <c r="E24" t="s">
         <v>93</v>
       </c>
       <c r="F24" t="n">
-        <v>60943</v>
+        <v>32436</v>
       </c>
       <c r="G24" t="n">
-        <v>1700309.7</v>
+        <v>1504057.32</v>
       </c>
       <c r="H24" t="n">
-        <v>1.15294105</v>
+        <v>1.06439617</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>35</v>
       </c>
       <c r="D25" t="s">
         <v>61</v>
       </c>
       <c r="E25" t="s">
         <v>94</v>
       </c>
       <c r="F25" t="n">
-        <v>34033</v>
+        <v>39833</v>
       </c>
       <c r="G25" t="n">
-        <v>1517531.47</v>
+        <v>1488559.21</v>
       </c>
       <c r="H25" t="n">
-        <v>1.02900332</v>
+        <v>1.05342842</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>35</v>
       </c>
       <c r="D26" t="s">
         <v>62</v>
       </c>
       <c r="E26" t="s">
         <v>95</v>
       </c>
       <c r="F26" t="n">
-        <v>67894</v>
+        <v>64706</v>
       </c>
       <c r="G26" t="n">
-        <v>1353806.36</v>
+        <v>1256590.52</v>
       </c>
       <c r="H26" t="n">
-        <v>0.91798507</v>
+        <v>0.88926806</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>35</v>
       </c>
       <c r="D27" t="s">
         <v>63</v>
       </c>
       <c r="E27" t="s">
         <v>96</v>
       </c>
       <c r="F27" t="n">
-        <v>51016</v>
+        <v>48621</v>
       </c>
       <c r="G27" t="n">
-        <v>1116740.24</v>
+        <v>1057020.54</v>
       </c>
       <c r="H27" t="n">
-        <v>0.75723597</v>
+        <v>0.74803573</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>35</v>
       </c>
       <c r="D28" t="s">
         <v>64</v>
       </c>
       <c r="E28" t="s">
         <v>97</v>
       </c>
       <c r="F28" t="n">
-        <v>11348</v>
+        <v>10816</v>
       </c>
       <c r="G28" t="n">
-        <v>1044413.18</v>
+        <v>1009240.96</v>
       </c>
       <c r="H28" t="n">
-        <v>0.70819265</v>
+        <v>0.71422292</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>35</v>
       </c>
       <c r="D29" t="s">
         <v>65</v>
       </c>
       <c r="E29" t="s">
         <v>98</v>
       </c>
       <c r="F29" t="n">
-        <v>105614</v>
+        <v>34515</v>
       </c>
       <c r="G29" t="n">
-        <v>818508.5</v>
+        <v>777622.95</v>
       </c>
       <c r="H29" t="n">
-        <v>0.55501186</v>
+        <v>0.55031074</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>35</v>
       </c>
       <c r="D30" t="s">
         <v>66</v>
       </c>
       <c r="E30" t="s">
         <v>99</v>
       </c>
       <c r="F30" t="n">
-        <v>36214</v>
+        <v>100656</v>
       </c>
       <c r="G30" t="n">
-        <v>655111.26</v>
+        <v>693519.84</v>
       </c>
       <c r="H30" t="n">
-        <v>0.44421594</v>
+        <v>0.49079237</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>35</v>
       </c>
       <c r="D31" t="s">
         <v>67</v>
       </c>
       <c r="E31" t="s">
         <v>100</v>
       </c>
       <c r="F31" t="n">
-        <v>25292</v>
+        <v>24104</v>
       </c>
       <c r="G31" t="n">
-        <v>622436.12</v>
+        <v>656592.96</v>
       </c>
       <c r="H31" t="n">
-        <v>0.42205967</v>
+        <v>0.46465984</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>35</v>
       </c>
       <c r="D32" t="s">
         <v>68</v>
       </c>
       <c r="E32" t="s">
         <v>101</v>
       </c>
       <c r="F32" t="n">
-        <v>29946</v>
+        <v>28541</v>
       </c>
       <c r="G32" t="n">
-        <v>443799.72</v>
+        <v>404711.38</v>
       </c>
       <c r="H32" t="n">
-        <v>0.30093042</v>
+        <v>0.28640746</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45968</v>
+        <v>45995</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>36</v>
       </c>
       <c r="D33" t="s">
         <v>69</v>
       </c>
       <c r="E33"/>
       <c r="F33" t="n">
-        <v>214955.93</v>
+        <v>372172.93</v>
       </c>
       <c r="G33" t="n">
-        <v>154164.32</v>
+        <v>331899.95</v>
       </c>
       <c r="H33" t="n">
-        <v>0.10453529</v>
+        <v>0.23488005</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>