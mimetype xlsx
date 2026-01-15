--- v2 (2025-12-05)
+++ v3 (2026-01-15)
@@ -4,356 +4,428 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
+    <t>Reddit</t>
+  </si>
+  <si>
+    <t>CoreWeave</t>
+  </si>
+  <si>
     <t>Kenvue</t>
   </si>
   <si>
-    <t>Reddit</t>
+    <t>Astera Labs</t>
+  </si>
+  <si>
+    <t>Nextpower (Nextracker)</t>
   </si>
   <si>
     <t>Arm Holdings</t>
   </si>
   <si>
-    <t>Astera Labs</t>
-[...4 lines deleted...]
-  <si>
     <t>Viking Holdings</t>
   </si>
   <si>
     <t>Rubrik</t>
   </si>
   <si>
+    <t>American Healthcare REIT</t>
+  </si>
+  <si>
+    <t>Kaspi.kz</t>
+  </si>
+  <si>
+    <t>CAVA Group</t>
+  </si>
+  <si>
     <t>Instacart (Maplebear)</t>
   </si>
   <si>
-    <t>Kaspi.kz</t>
-[...1 lines deleted...]
-  <si>
     <t>Tempus AI</t>
   </si>
   <si>
+    <t>ServiceTitan</t>
+  </si>
+  <si>
+    <t>UL Solutions</t>
+  </si>
+  <si>
+    <t>Karman Holdings</t>
+  </si>
+  <si>
     <t>Amer Sports</t>
   </si>
   <si>
-    <t>CAVA Group</t>
-[...1 lines deleted...]
-  <si>
     <t>StandardAero</t>
   </si>
   <si>
+    <t>BrightSpring Health Services</t>
+  </si>
+  <si>
     <t>Circle Internet Group</t>
   </si>
   <si>
-    <t>UL Solutions</t>
-[...2 lines deleted...]
-    <t>CoreWeave</t>
+    <t>Waystar Holding</t>
+  </si>
+  <si>
+    <t>Klaviyo</t>
   </si>
   <si>
     <t>Loar Holdings</t>
   </si>
   <si>
     <t>Lineage</t>
   </si>
   <si>
-    <t>Mobileye Global</t>
-[...4 lines deleted...]
-  <si>
     <t>Birkenstock Holding</t>
   </si>
   <si>
-    <t>ZEEKR Intelligent Technology Holding</t>
+    <t>Figure Technology Solutions</t>
   </si>
   <si>
     <t>Bullish</t>
   </si>
   <si>
     <t>Figma</t>
   </si>
   <si>
     <t>SailPoint</t>
   </si>
   <si>
     <t>Smithfield Foods</t>
   </si>
   <si>
-    <t>ServiceTitan</t>
+    <t>Klarna Group</t>
+  </si>
+  <si>
+    <t>Venture Global</t>
   </si>
   <si>
     <t>Chime Financial</t>
   </si>
   <si>
-    <t>Venture Global</t>
+    <t>Netskope</t>
+  </si>
+  <si>
+    <t>BETA Technologies</t>
   </si>
   <si>
     <t>Caris Life Sciences</t>
   </si>
   <si>
     <t>Pony AI</t>
   </si>
   <si>
+    <t>BillionToOne</t>
+  </si>
+  <si>
+    <t>Fermi</t>
+  </si>
+  <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
+    <t>RDDT</t>
+  </si>
+  <si>
+    <t>CRWV</t>
+  </si>
+  <si>
     <t>KVUE</t>
   </si>
   <si>
-    <t>RDDT</t>
+    <t>ALAB</t>
+  </si>
+  <si>
+    <t>NXT</t>
   </si>
   <si>
     <t>ARM</t>
   </si>
   <si>
-    <t>ALAB</t>
-[...4 lines deleted...]
-  <si>
     <t>VIK</t>
   </si>
   <si>
     <t>RBRK</t>
   </si>
   <si>
+    <t>AHR</t>
+  </si>
+  <si>
+    <t>KSPI</t>
+  </si>
+  <si>
+    <t>CAVA</t>
+  </si>
+  <si>
     <t>CART</t>
   </si>
   <si>
-    <t>KSPI</t>
-[...1 lines deleted...]
-  <si>
     <t>TEM</t>
   </si>
   <si>
+    <t>TTAN</t>
+  </si>
+  <si>
+    <t>ULS</t>
+  </si>
+  <si>
+    <t>KRMN</t>
+  </si>
+  <si>
     <t>AS</t>
   </si>
   <si>
-    <t>CAVA</t>
-[...1 lines deleted...]
-  <si>
     <t>SARO</t>
   </si>
   <si>
+    <t>BTSG</t>
+  </si>
+  <si>
     <t>CRCL</t>
   </si>
   <si>
-    <t>ULS</t>
-[...2 lines deleted...]
-    <t>CRWV</t>
+    <t>WAY</t>
+  </si>
+  <si>
+    <t>KVYO</t>
   </si>
   <si>
     <t>LOAR</t>
   </si>
   <si>
     <t>LINE</t>
   </si>
   <si>
-    <t>MBLY</t>
-[...4 lines deleted...]
-  <si>
     <t>BIRK</t>
   </si>
   <si>
-    <t>ZK</t>
+    <t>FIGR</t>
   </si>
   <si>
     <t>BLSH</t>
   </si>
   <si>
     <t>FIG</t>
   </si>
   <si>
     <t>SAIL</t>
   </si>
   <si>
     <t>SFD</t>
   </si>
   <si>
-    <t>TTAN</t>
+    <t>KLAR</t>
+  </si>
+  <si>
+    <t>VG</t>
   </si>
   <si>
     <t>CHYM</t>
   </si>
   <si>
-    <t>VG</t>
+    <t>NTSK</t>
+  </si>
+  <si>
+    <t>BETA</t>
   </si>
   <si>
     <t>CAI</t>
   </si>
   <si>
     <t>PONY</t>
   </si>
   <si>
+    <t>BLLN</t>
+  </si>
+  <si>
+    <t>FRMI</t>
+  </si>
+  <si>
     <t/>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
+    <t>BMVNLY2</t>
+  </si>
+  <si>
+    <t>BTTRKN7</t>
+  </si>
+  <si>
     <t>BQ84ZQ6</t>
   </si>
   <si>
-    <t>BMVNLY2</t>
+    <t>BMTQ7V2</t>
+  </si>
+  <si>
+    <t>BR1GTS6</t>
   </si>
   <si>
     <t>BNSP5P7</t>
   </si>
   <si>
-    <t>BMTQ7V2</t>
-[...4 lines deleted...]
-  <si>
     <t>BRDXKH1</t>
   </si>
   <si>
     <t>BSLQK57</t>
   </si>
   <si>
+    <t>BQWNKQ4</t>
+  </si>
+  <si>
+    <t>BJY21K1</t>
+  </si>
+  <si>
+    <t>BRBD9F4</t>
+  </si>
+  <si>
     <t>BN4L6W3</t>
   </si>
   <si>
-    <t>BJY21K1</t>
-[...1 lines deleted...]
-  <si>
     <t>BSLSJJ0</t>
   </si>
   <si>
+    <t>BPGN2Q7</t>
+  </si>
+  <si>
+    <t>BPW6WJ3</t>
+  </si>
+  <si>
+    <t>BTRFVH4</t>
+  </si>
+  <si>
     <t>BN6TZY0</t>
   </si>
   <si>
-    <t>BRBD9F4</t>
-[...1 lines deleted...]
-  <si>
     <t>BQPDNZ1</t>
   </si>
   <si>
+    <t>BPJM8Q3</t>
+  </si>
+  <si>
     <t>BL6K237</t>
   </si>
   <si>
-    <t>BPW6WJ3</t>
-[...2 lines deleted...]
-    <t>BTTRKN7</t>
+    <t>BSWYNW8</t>
+  </si>
+  <si>
+    <t>BN4JNC6</t>
   </si>
   <si>
     <t>BLDCK32</t>
   </si>
   <si>
     <t>BP5DSY8</t>
   </si>
   <si>
-    <t>BLFH8G4</t>
-[...4 lines deleted...]
-  <si>
     <t>BS44BN3</t>
   </si>
   <si>
-    <t>BS561Z0</t>
+    <t>BVLD6Y0</t>
   </si>
   <si>
     <t>BV6KVT6</t>
   </si>
   <si>
     <t>BSML6T7</t>
   </si>
   <si>
     <t>BRXZ3P6</t>
   </si>
   <si>
     <t>BS893N8</t>
   </si>
   <si>
-    <t>BPGN2Q7</t>
+    <t>BMHVL51</t>
+  </si>
+  <si>
+    <t>BSZBFJ7</t>
   </si>
   <si>
     <t>BTCHBL9</t>
   </si>
   <si>
-    <t>BSZBFJ7</t>
+    <t>BQT3J26</t>
+  </si>
+  <si>
+    <t>BT3CTW0</t>
   </si>
   <si>
     <t>BT18HP9</t>
   </si>
   <si>
     <t>BRWKBD6</t>
+  </si>
+  <si>
+    <t>BMDJC90</t>
+  </si>
+  <si>
+    <t>BV2HGM9</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
       <i val="false"/>
       <u val="none"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
@@ -491,912 +563,1120 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
-    <col min="2" max="2" bestFit="true" width="38.421875" hidden="false" outlineLevel="0"/>
+    <col min="2" max="2" bestFit="true" width="30.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="7" max="7" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
-    <col min="8" max="8" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
+    <col min="8" max="8" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>102</v>
+        <v>126</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>103</v>
+        <v>127</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>104</v>
+        <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="E2" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="F2" t="n">
-        <v>830482</v>
+        <v>60897</v>
       </c>
       <c r="G2" t="n">
-        <v>14093279.54</v>
+        <v>15369184.86</v>
       </c>
       <c r="H2" t="n">
-        <v>9.97357786</v>
+        <v>10.89076367</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D3" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E3" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="F3" t="n">
-        <v>62019</v>
+        <v>162651</v>
       </c>
       <c r="G3" t="n">
-        <v>13696275.96</v>
+        <v>14606059.8</v>
       </c>
       <c r="H3" t="n">
-        <v>9.69262507</v>
+        <v>10.35000534</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="E4" t="s">
-        <v>73</v>
+        <v>89</v>
       </c>
       <c r="F4" t="n">
-        <v>88171</v>
+        <v>789863</v>
       </c>
       <c r="G4" t="n">
-        <v>12272521.49</v>
+        <v>13522454.56</v>
       </c>
       <c r="H4" t="n">
-        <v>8.68505788</v>
+        <v>9.58215144</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D5" t="s">
-        <v>41</v>
+        <v>49</v>
       </c>
       <c r="E5" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="F5" t="n">
-        <v>68716</v>
+        <v>66896</v>
       </c>
       <c r="G5" t="n">
-        <v>10479190</v>
+        <v>11515477.44</v>
       </c>
       <c r="H5" t="n">
-        <v>7.41594723</v>
+        <v>8.15998665</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="E6" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="F6" t="n">
-        <v>106400</v>
+        <v>77763</v>
       </c>
       <c r="G6" t="n">
-        <v>9244032</v>
+        <v>7364933.73</v>
       </c>
       <c r="H6" t="n">
-        <v>6.5418466</v>
+        <v>5.21886837</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D7" t="s">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="E7" t="s">
-        <v>76</v>
+        <v>92</v>
       </c>
       <c r="F7" t="n">
-        <v>126581</v>
+        <v>67547</v>
       </c>
       <c r="G7" t="n">
-        <v>8549280.74</v>
+        <v>7091759.53</v>
       </c>
       <c r="H7" t="n">
-        <v>6.05018277</v>
+        <v>5.0252943</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D8" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E8" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="F8" t="n">
-        <v>95260</v>
+        <v>89596</v>
       </c>
       <c r="G8" t="n">
-        <v>6802516.6</v>
+        <v>6364899.84</v>
       </c>
       <c r="H8" t="n">
-        <v>4.81402705</v>
+        <v>4.51023399</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="F9" t="n">
-        <v>144291</v>
+        <v>70408</v>
       </c>
       <c r="G9" t="n">
-        <v>6149682.42</v>
+        <v>4797601.12</v>
       </c>
       <c r="H9" t="n">
-        <v>4.35202724</v>
+        <v>3.39962987</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D10" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="E10" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="F10" t="n">
-        <v>76020</v>
+        <v>96951</v>
       </c>
       <c r="G10" t="n">
-        <v>5934881.4</v>
+        <v>4620684.66</v>
       </c>
       <c r="H10" t="n">
-        <v>4.20001615</v>
+        <v>3.27426504</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D11" t="s">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E11" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F11" t="n">
-        <v>71294</v>
+        <v>54377</v>
       </c>
       <c r="G11" t="n">
-        <v>5340633.54</v>
+        <v>4370823.26</v>
       </c>
       <c r="H11" t="n">
-        <v>3.7794769</v>
+        <v>3.09721066</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D12" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="E12" t="s">
-        <v>81</v>
+        <v>97</v>
       </c>
       <c r="F12" t="n">
-        <v>141336</v>
+        <v>61438</v>
       </c>
       <c r="G12" t="n">
-        <v>5223778.56</v>
+        <v>4335679.66</v>
       </c>
       <c r="H12" t="n">
-        <v>3.69678058</v>
+        <v>3.07230754</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D13" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="E13" t="s">
-        <v>82</v>
+        <v>98</v>
       </c>
       <c r="F13" t="n">
-        <v>89558</v>
+        <v>100489</v>
       </c>
       <c r="G13" t="n">
-        <v>4880015.42</v>
+        <v>4105980.54</v>
       </c>
       <c r="H13" t="n">
-        <v>3.45350517</v>
+        <v>2.90954036</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E14" t="s">
-        <v>83</v>
+        <v>99</v>
       </c>
       <c r="F14" t="n">
-        <v>152465</v>
+        <v>58691</v>
       </c>
       <c r="G14" t="n">
-        <v>3947318.85</v>
+        <v>4066112.48</v>
       </c>
       <c r="H14" t="n">
-        <v>2.79345143</v>
+        <v>2.88128944</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="E15" t="s">
-        <v>84</v>
+        <v>100</v>
       </c>
       <c r="F15" t="n">
-        <v>43375</v>
+        <v>39867</v>
       </c>
       <c r="G15" t="n">
-        <v>3742828.75</v>
+        <v>3866700.33</v>
       </c>
       <c r="H15" t="n">
-        <v>2.64873721</v>
+        <v>2.73998393</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="E16" t="s">
-        <v>85</v>
+        <v>101</v>
       </c>
       <c r="F16" t="n">
-        <v>41392</v>
+        <v>45980</v>
       </c>
       <c r="G16" t="n">
-        <v>3285696.96</v>
+        <v>3540919.8</v>
       </c>
       <c r="H16" t="n">
-        <v>2.3252327</v>
+        <v>2.50913247</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D17" t="s">
-        <v>53</v>
+        <v>61</v>
       </c>
       <c r="E17" t="s">
-        <v>86</v>
+        <v>102</v>
       </c>
       <c r="F17" t="n">
-        <v>39945</v>
+        <v>31301</v>
       </c>
       <c r="G17" t="n">
-        <v>3170035.2</v>
+        <v>3380821.01</v>
       </c>
       <c r="H17" t="n">
-        <v>2.24338081</v>
+        <v>2.3956848</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D18" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="E18" t="s">
-        <v>87</v>
+        <v>103</v>
       </c>
       <c r="F18" t="n">
-        <v>45902</v>
+        <v>91852</v>
       </c>
       <c r="G18" t="n">
-        <v>3135106.6</v>
+        <v>3374642.48</v>
       </c>
       <c r="H18" t="n">
-        <v>2.21866243</v>
+        <v>2.39130663</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="E19" t="s">
-        <v>88</v>
+        <v>104</v>
       </c>
       <c r="F19" t="n">
-        <v>76014</v>
+        <v>87223</v>
       </c>
       <c r="G19" t="n">
-        <v>2763108.9</v>
+        <v>2828641.89</v>
       </c>
       <c r="H19" t="n">
-        <v>1.95540588</v>
+        <v>2.00440496</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="E20" t="s">
-        <v>89</v>
+        <v>105</v>
       </c>
       <c r="F20" t="n">
-        <v>227485</v>
+        <v>67800</v>
       </c>
       <c r="G20" t="n">
-        <v>2720720.6</v>
+        <v>2606910</v>
       </c>
       <c r="H20" t="n">
-        <v>1.92540839</v>
+        <v>1.84728344</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D21" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="E21" t="s">
-        <v>90</v>
+        <v>106</v>
       </c>
       <c r="F21" t="n">
-        <v>88904</v>
+        <v>29059</v>
       </c>
       <c r="G21" t="n">
-        <v>2583550.24</v>
+        <v>2464203.2</v>
       </c>
       <c r="H21" t="n">
-        <v>1.82833523</v>
+        <v>1.74615992</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D22" t="s">
-        <v>58</v>
+        <v>66</v>
       </c>
       <c r="E22" t="s">
-        <v>91</v>
+        <v>107</v>
       </c>
       <c r="F22" t="n">
-        <v>58526</v>
+        <v>67111</v>
       </c>
       <c r="G22" t="n">
-        <v>2561097.76</v>
+        <v>2004605.57</v>
       </c>
       <c r="H22" t="n">
-        <v>1.81244598</v>
+        <v>1.42048428</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D23" t="s">
-        <v>59</v>
+        <v>67</v>
       </c>
       <c r="E23" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="F23" t="n">
-        <v>58082</v>
+        <v>71139</v>
       </c>
       <c r="G23" t="n">
-        <v>1550789.4</v>
+        <v>1888740.45</v>
       </c>
       <c r="H23" t="n">
-        <v>1.09746768</v>
+        <v>1.33838106</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="E24" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="F24" t="n">
-        <v>32436</v>
+        <v>26259</v>
       </c>
       <c r="G24" t="n">
-        <v>1504057.32</v>
+        <v>1879881.81</v>
       </c>
       <c r="H24" t="n">
-        <v>1.06439617</v>
+        <v>1.33210373</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D25" t="s">
-        <v>61</v>
+        <v>69</v>
       </c>
       <c r="E25" t="s">
-        <v>94</v>
+        <v>110</v>
       </c>
       <c r="F25" t="n">
-        <v>39833</v>
+        <v>43486</v>
       </c>
       <c r="G25" t="n">
-        <v>1488559.21</v>
+        <v>1605937.98</v>
       </c>
       <c r="H25" t="n">
-        <v>1.05342842</v>
+        <v>1.1379843</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D26" t="s">
-        <v>62</v>
+        <v>70</v>
       </c>
       <c r="E26" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F26" t="n">
-        <v>64706</v>
+        <v>32784</v>
       </c>
       <c r="G26" t="n">
-        <v>1256590.52</v>
+        <v>1388730.24</v>
       </c>
       <c r="H26" t="n">
-        <v>0.88926806</v>
+        <v>0.98406864</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D27" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="E27" t="s">
-        <v>96</v>
+        <v>112</v>
       </c>
       <c r="F27" t="n">
-        <v>48621</v>
+        <v>21379</v>
       </c>
       <c r="G27" t="n">
-        <v>1057020.54</v>
+        <v>1193375.78</v>
       </c>
       <c r="H27" t="n">
-        <v>0.74803573</v>
+        <v>0.84563844</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D28" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="E28" t="s">
-        <v>97</v>
+        <v>113</v>
       </c>
       <c r="F28" t="n">
-        <v>10816</v>
+        <v>20360</v>
       </c>
       <c r="G28" t="n">
-        <v>1009240.96</v>
+        <v>807477.6</v>
       </c>
       <c r="H28" t="n">
-        <v>0.71422292</v>
+        <v>0.572187</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D29" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="E29" t="s">
-        <v>98</v>
+        <v>114</v>
       </c>
       <c r="F29" t="n">
-        <v>34515</v>
+        <v>22790</v>
       </c>
       <c r="G29" t="n">
-        <v>777622.95</v>
+        <v>737484.4</v>
       </c>
       <c r="H29" t="n">
-        <v>0.55031074</v>
+        <v>0.52258909</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D30" t="s">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="E30" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="F30" t="n">
-        <v>100656</v>
+        <v>37019</v>
       </c>
       <c r="G30" t="n">
-        <v>693519.84</v>
+        <v>712985.94</v>
       </c>
       <c r="H30" t="n">
-        <v>0.49079237</v>
+        <v>0.50522923</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D31" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="E31" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="F31" t="n">
-        <v>24104</v>
+        <v>27815</v>
       </c>
       <c r="G31" t="n">
-        <v>656592.96</v>
+        <v>652261.75</v>
       </c>
       <c r="H31" t="n">
-        <v>0.46465984</v>
+        <v>0.46219944</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="D32" t="s">
-        <v>68</v>
+        <v>76</v>
       </c>
       <c r="E32" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="F32" t="n">
-        <v>28541</v>
+        <v>21169</v>
       </c>
       <c r="G32" t="n">
-        <v>404711.38</v>
+        <v>637821.97</v>
       </c>
       <c r="H32" t="n">
-        <v>0.28640746</v>
+        <v>0.45196726</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45995</v>
+        <v>46037</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
+        <v>43</v>
+      </c>
+      <c r="D33" t="s">
+        <v>77</v>
+      </c>
+      <c r="E33" t="s">
+        <v>118</v>
+      </c>
+      <c r="F33" t="n">
+        <v>68206</v>
+      </c>
+      <c r="G33" t="n">
+        <v>540191.52</v>
+      </c>
+      <c r="H33" t="n">
+        <v>0.38278531</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B34" t="s">
+        <v>34</v>
+      </c>
+      <c r="C34" t="s">
+        <v>43</v>
+      </c>
+      <c r="D34" t="s">
+        <v>78</v>
+      </c>
+      <c r="E34" t="s">
+        <v>119</v>
+      </c>
+      <c r="F34" t="n">
+        <v>20176</v>
+      </c>
+      <c r="G34" t="n">
+        <v>518321.44</v>
+      </c>
+      <c r="H34" t="n">
+        <v>0.36728794</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B35" t="s">
+        <v>35</v>
+      </c>
+      <c r="C35" t="s">
+        <v>43</v>
+      </c>
+      <c r="D35" t="s">
+        <v>79</v>
+      </c>
+      <c r="E35" t="s">
+        <v>120</v>
+      </c>
+      <c r="F35" t="n">
+        <v>29492</v>
+      </c>
+      <c r="G35" t="n">
+        <v>463319.32</v>
+      </c>
+      <c r="H35" t="n">
+        <v>0.32831287</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B36" t="s">
         <v>36</v>
       </c>
-      <c r="D33" t="s">
-[...10 lines deleted...]
-        <v>0.23488005</v>
+      <c r="C36" t="s">
+        <v>43</v>
+      </c>
+      <c r="D36" t="s">
+        <v>80</v>
+      </c>
+      <c r="E36" t="s">
+        <v>121</v>
+      </c>
+      <c r="F36" t="n">
+        <v>15425</v>
+      </c>
+      <c r="G36" t="n">
+        <v>421873.75</v>
+      </c>
+      <c r="H36" t="n">
+        <v>0.29894411</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B37" t="s">
+        <v>37</v>
+      </c>
+      <c r="C37" t="s">
+        <v>43</v>
+      </c>
+      <c r="D37" t="s">
+        <v>81</v>
+      </c>
+      <c r="E37" t="s">
+        <v>122</v>
+      </c>
+      <c r="F37" t="n">
+        <v>13955</v>
+      </c>
+      <c r="G37" t="n">
+        <v>368691.1</v>
+      </c>
+      <c r="H37" t="n">
+        <v>0.26125833</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B38" t="s">
+        <v>38</v>
+      </c>
+      <c r="C38" t="s">
+        <v>43</v>
+      </c>
+      <c r="D38" t="s">
+        <v>82</v>
+      </c>
+      <c r="E38" t="s">
+        <v>123</v>
+      </c>
+      <c r="F38" t="n">
+        <v>16325</v>
+      </c>
+      <c r="G38" t="n">
+        <v>262669.25</v>
+      </c>
+      <c r="H38" t="n">
+        <v>0.18613015</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B39" t="s">
+        <v>39</v>
+      </c>
+      <c r="C39" t="s">
+        <v>43</v>
+      </c>
+      <c r="D39" t="s">
+        <v>83</v>
+      </c>
+      <c r="E39" t="s">
+        <v>124</v>
+      </c>
+      <c r="F39" t="n">
+        <v>2374</v>
+      </c>
+      <c r="G39" t="n">
+        <v>224034.38</v>
+      </c>
+      <c r="H39" t="n">
+        <v>0.15875308</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B40" t="s">
+        <v>40</v>
+      </c>
+      <c r="C40" t="s">
+        <v>43</v>
+      </c>
+      <c r="D40" t="s">
+        <v>84</v>
+      </c>
+      <c r="E40" t="s">
+        <v>125</v>
+      </c>
+      <c r="F40" t="n">
+        <v>22054</v>
+      </c>
+      <c r="G40" t="n">
+        <v>214144.34</v>
+      </c>
+      <c r="H40" t="n">
+        <v>0.1517449</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B41" t="s">
+        <v>41</v>
+      </c>
+      <c r="C41" t="s">
+        <v>44</v>
+      </c>
+      <c r="D41" t="s">
+        <v>85</v>
+      </c>
+      <c r="E41"/>
+      <c r="F41" t="n">
+        <v>386488.16</v>
+      </c>
+      <c r="G41" t="n">
+        <v>404239.13</v>
+      </c>
+      <c r="H41" t="n">
+        <v>0.28644802</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>