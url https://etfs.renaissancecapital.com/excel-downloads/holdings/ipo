--- v3 (2026-01-15)
+++ v4 (2026-02-05)
@@ -12,411 +12,411 @@
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
+    <t>CoreWeave</t>
+  </si>
+  <si>
+    <t>Kenvue</t>
+  </si>
+  <si>
+    <t>Astera Labs</t>
+  </si>
+  <si>
     <t>Reddit</t>
   </si>
   <si>
-    <t>CoreWeave</t>
-[...7 lines deleted...]
-  <si>
     <t>Nextpower (Nextracker)</t>
   </si>
   <si>
     <t>Arm Holdings</t>
   </si>
   <si>
     <t>Viking Holdings</t>
   </si>
   <si>
+    <t>American Healthcare REIT</t>
+  </si>
+  <si>
+    <t>Kaspi.kz</t>
+  </si>
+  <si>
+    <t>CAVA Group</t>
+  </si>
+  <si>
     <t>Rubrik</t>
   </si>
   <si>
-    <t>American Healthcare REIT</t>
-[...7 lines deleted...]
-  <si>
     <t>Instacart (Maplebear)</t>
   </si>
   <si>
+    <t>Karman Holdings</t>
+  </si>
+  <si>
+    <t>Amer Sports</t>
+  </si>
+  <si>
     <t>Tempus AI</t>
   </si>
   <si>
+    <t>UL Solutions</t>
+  </si>
+  <si>
     <t>ServiceTitan</t>
   </si>
   <si>
-    <t>UL Solutions</t>
-[...7 lines deleted...]
-  <si>
     <t>StandardAero</t>
   </si>
   <si>
     <t>BrightSpring Health Services</t>
   </si>
   <si>
+    <t>Loar Holdings</t>
+  </si>
+  <si>
+    <t>Waystar Holding</t>
+  </si>
+  <si>
     <t>Circle Internet Group</t>
   </si>
   <si>
-    <t>Waystar Holding</t>
+    <t>Lineage</t>
   </si>
   <si>
     <t>Klaviyo</t>
   </si>
   <si>
-    <t>Loar Holdings</t>
-[...4 lines deleted...]
-  <si>
     <t>Birkenstock Holding</t>
   </si>
   <si>
     <t>Figure Technology Solutions</t>
   </si>
   <si>
+    <t>Smithfield Foods</t>
+  </si>
+  <si>
+    <t>Venture Global</t>
+  </si>
+  <si>
     <t>Bullish</t>
   </si>
   <si>
+    <t>SailPoint</t>
+  </si>
+  <si>
     <t>Figma</t>
   </si>
   <si>
-    <t>SailPoint</t>
-[...4 lines deleted...]
-  <si>
     <t>Klarna Group</t>
   </si>
   <si>
-    <t>Venture Global</t>
-[...1 lines deleted...]
-  <si>
     <t>Chime Financial</t>
   </si>
   <si>
     <t>Netskope</t>
   </si>
   <si>
+    <t>Caris Life Sciences</t>
+  </si>
+  <si>
     <t>BETA Technologies</t>
   </si>
   <si>
-    <t>Caris Life Sciences</t>
-[...1 lines deleted...]
-  <si>
     <t>Pony AI</t>
   </si>
   <si>
     <t>BillionToOne</t>
   </si>
   <si>
     <t>Fermi</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
+    <t>CRWV</t>
+  </si>
+  <si>
+    <t>KVUE</t>
+  </si>
+  <si>
+    <t>ALAB</t>
+  </si>
+  <si>
     <t>RDDT</t>
   </si>
   <si>
-    <t>CRWV</t>
-[...7 lines deleted...]
-  <si>
     <t>NXT</t>
   </si>
   <si>
     <t>ARM</t>
   </si>
   <si>
     <t>VIK</t>
   </si>
   <si>
+    <t>AHR</t>
+  </si>
+  <si>
+    <t>KSPI</t>
+  </si>
+  <si>
+    <t>CAVA</t>
+  </si>
+  <si>
     <t>RBRK</t>
   </si>
   <si>
-    <t>AHR</t>
-[...7 lines deleted...]
-  <si>
     <t>CART</t>
   </si>
   <si>
+    <t>KRMN</t>
+  </si>
+  <si>
+    <t>AS</t>
+  </si>
+  <si>
     <t>TEM</t>
   </si>
   <si>
+    <t>ULS</t>
+  </si>
+  <si>
     <t>TTAN</t>
   </si>
   <si>
-    <t>ULS</t>
-[...7 lines deleted...]
-  <si>
     <t>SARO</t>
   </si>
   <si>
     <t>BTSG</t>
   </si>
   <si>
+    <t>LOAR</t>
+  </si>
+  <si>
+    <t>WAY</t>
+  </si>
+  <si>
     <t>CRCL</t>
   </si>
   <si>
-    <t>WAY</t>
+    <t>LINE</t>
   </si>
   <si>
     <t>KVYO</t>
   </si>
   <si>
-    <t>LOAR</t>
-[...4 lines deleted...]
-  <si>
     <t>BIRK</t>
   </si>
   <si>
     <t>FIGR</t>
   </si>
   <si>
+    <t>SFD</t>
+  </si>
+  <si>
+    <t>VG</t>
+  </si>
+  <si>
     <t>BLSH</t>
   </si>
   <si>
+    <t>SAIL</t>
+  </si>
+  <si>
     <t>FIG</t>
   </si>
   <si>
-    <t>SAIL</t>
-[...4 lines deleted...]
-  <si>
     <t>KLAR</t>
   </si>
   <si>
-    <t>VG</t>
-[...1 lines deleted...]
-  <si>
     <t>CHYM</t>
   </si>
   <si>
     <t>NTSK</t>
   </si>
   <si>
+    <t>CAI</t>
+  </si>
+  <si>
     <t>BETA</t>
   </si>
   <si>
-    <t>CAI</t>
-[...1 lines deleted...]
-  <si>
     <t>PONY</t>
   </si>
   <si>
     <t>BLLN</t>
   </si>
   <si>
     <t>FRMI</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
+    <t>BTTRKN7</t>
+  </si>
+  <si>
+    <t>BQ84ZQ6</t>
+  </si>
+  <si>
+    <t>BMTQ7V2</t>
+  </si>
+  <si>
     <t>BMVNLY2</t>
   </si>
   <si>
-    <t>BTTRKN7</t>
-[...7 lines deleted...]
-  <si>
     <t>BR1GTS6</t>
   </si>
   <si>
     <t>BNSP5P7</t>
   </si>
   <si>
     <t>BRDXKH1</t>
   </si>
   <si>
+    <t>BQWNKQ4</t>
+  </si>
+  <si>
+    <t>BJY21K1</t>
+  </si>
+  <si>
+    <t>BRBD9F4</t>
+  </si>
+  <si>
     <t>BSLQK57</t>
   </si>
   <si>
-    <t>BQWNKQ4</t>
-[...7 lines deleted...]
-  <si>
     <t>BN4L6W3</t>
   </si>
   <si>
+    <t>BTRFVH4</t>
+  </si>
+  <si>
+    <t>BN6TZY0</t>
+  </si>
+  <si>
     <t>BSLSJJ0</t>
   </si>
   <si>
+    <t>BPW6WJ3</t>
+  </si>
+  <si>
     <t>BPGN2Q7</t>
   </si>
   <si>
-    <t>BPW6WJ3</t>
-[...7 lines deleted...]
-  <si>
     <t>BQPDNZ1</t>
   </si>
   <si>
     <t>BPJM8Q3</t>
   </si>
   <si>
+    <t>BLDCK32</t>
+  </si>
+  <si>
+    <t>BSWYNW8</t>
+  </si>
+  <si>
     <t>BL6K237</t>
   </si>
   <si>
-    <t>BSWYNW8</t>
+    <t>BP5DSY8</t>
   </si>
   <si>
     <t>BN4JNC6</t>
   </si>
   <si>
-    <t>BLDCK32</t>
-[...4 lines deleted...]
-  <si>
     <t>BS44BN3</t>
   </si>
   <si>
     <t>BVLD6Y0</t>
   </si>
   <si>
+    <t>BS893N8</t>
+  </si>
+  <si>
+    <t>BSZBFJ7</t>
+  </si>
+  <si>
     <t>BV6KVT6</t>
   </si>
   <si>
+    <t>BRXZ3P6</t>
+  </si>
+  <si>
     <t>BSML6T7</t>
   </si>
   <si>
-    <t>BRXZ3P6</t>
-[...4 lines deleted...]
-  <si>
     <t>BMHVL51</t>
   </si>
   <si>
-    <t>BSZBFJ7</t>
-[...1 lines deleted...]
-  <si>
     <t>BTCHBL9</t>
   </si>
   <si>
     <t>BQT3J26</t>
   </si>
   <si>
+    <t>BT18HP9</t>
+  </si>
+  <si>
     <t>BT3CTW0</t>
-  </si>
-[...1 lines deleted...]
-    <t>BT18HP9</t>
   </si>
   <si>
     <t>BRWKBD6</t>
   </si>
   <si>
     <t>BMDJC90</t>
   </si>
   <si>
     <t>BV2HGM9</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -569,1114 +569,1114 @@
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
+    <col min="1" max="1" bestFit="true" width="9.09375" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="30.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="7" max="7" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
     <col min="8" max="8" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
       <c r="E2" t="s">
         <v>87</v>
       </c>
       <c r="F2" t="n">
-        <v>60897</v>
+        <v>162651</v>
       </c>
       <c r="G2" t="n">
-        <v>15369184.86</v>
+        <v>14648349.06</v>
       </c>
       <c r="H2" t="n">
-        <v>10.89076367</v>
+        <v>11.31994187</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>43</v>
       </c>
       <c r="D3" t="s">
         <v>47</v>
       </c>
       <c r="E3" t="s">
         <v>88</v>
       </c>
       <c r="F3" t="n">
-        <v>162651</v>
+        <v>789863</v>
       </c>
       <c r="G3" t="n">
-        <v>14606059.8</v>
+        <v>13893690.17</v>
       </c>
       <c r="H3" t="n">
-        <v>10.35000534</v>
+        <v>10.73675705</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>48</v>
       </c>
       <c r="E4" t="s">
         <v>89</v>
       </c>
       <c r="F4" t="n">
-        <v>789863</v>
+        <v>66896</v>
       </c>
       <c r="G4" t="n">
-        <v>13522454.56</v>
+        <v>10604353.92</v>
       </c>
       <c r="H4" t="n">
-        <v>9.58215144</v>
+        <v>8.19482587</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>43</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>90</v>
       </c>
       <c r="F5" t="n">
-        <v>66896</v>
+        <v>60897</v>
       </c>
       <c r="G5" t="n">
-        <v>11515477.44</v>
+        <v>10072972.77</v>
       </c>
       <c r="H5" t="n">
-        <v>8.15998665</v>
+        <v>7.78418549</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>91</v>
       </c>
       <c r="F6" t="n">
         <v>77763</v>
       </c>
       <c r="G6" t="n">
-        <v>7364933.73</v>
+        <v>9319895.55</v>
       </c>
       <c r="H6" t="n">
-        <v>5.21886837</v>
+        <v>7.20222295</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>51</v>
       </c>
       <c r="E7" t="s">
         <v>92</v>
       </c>
       <c r="F7" t="n">
         <v>67547</v>
       </c>
       <c r="G7" t="n">
-        <v>7091759.53</v>
+        <v>7062038.85</v>
       </c>
       <c r="H7" t="n">
-        <v>5.0252943</v>
+        <v>5.45739789</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
         <v>52</v>
       </c>
       <c r="E8" t="s">
         <v>93</v>
       </c>
       <c r="F8" t="n">
         <v>89596</v>
       </c>
       <c r="G8" t="n">
-        <v>6364899.84</v>
+        <v>6613080.76</v>
       </c>
       <c r="H8" t="n">
-        <v>4.51023399</v>
+        <v>5.11045234</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>94</v>
       </c>
       <c r="F9" t="n">
-        <v>70408</v>
+        <v>96951</v>
       </c>
       <c r="G9" t="n">
-        <v>4797601.12</v>
+        <v>4671099.18</v>
       </c>
       <c r="H9" t="n">
-        <v>3.39962987</v>
+        <v>3.60972905</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>54</v>
       </c>
       <c r="E10" t="s">
         <v>95</v>
       </c>
       <c r="F10" t="n">
-        <v>96951</v>
+        <v>54377</v>
       </c>
       <c r="G10" t="n">
-        <v>4620684.66</v>
+        <v>4136730.28</v>
       </c>
       <c r="H10" t="n">
-        <v>3.27426504</v>
+        <v>3.19677979</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>96</v>
       </c>
       <c r="F11" t="n">
-        <v>54377</v>
+        <v>61438</v>
       </c>
       <c r="G11" t="n">
-        <v>4370823.26</v>
+        <v>3740959.82</v>
       </c>
       <c r="H11" t="n">
-        <v>3.09721066</v>
+        <v>2.89093655</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>56</v>
       </c>
       <c r="E12" t="s">
         <v>97</v>
       </c>
       <c r="F12" t="n">
-        <v>61438</v>
+        <v>70408</v>
       </c>
       <c r="G12" t="n">
-        <v>4335679.66</v>
+        <v>3671777.2</v>
       </c>
       <c r="H12" t="n">
-        <v>3.07230754</v>
+        <v>2.83747365</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>98</v>
       </c>
       <c r="F13" t="n">
         <v>100489</v>
       </c>
       <c r="G13" t="n">
-        <v>4105980.54</v>
+        <v>3625643.12</v>
       </c>
       <c r="H13" t="n">
-        <v>2.90954036</v>
+        <v>2.80182218</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>99</v>
       </c>
       <c r="F14" t="n">
-        <v>58691</v>
+        <v>31301</v>
       </c>
       <c r="G14" t="n">
-        <v>4066112.48</v>
+        <v>3496947.72</v>
       </c>
       <c r="H14" t="n">
-        <v>2.88128944</v>
+        <v>2.70236903</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
       <c r="E15" t="s">
         <v>100</v>
       </c>
       <c r="F15" t="n">
-        <v>39867</v>
+        <v>91852</v>
       </c>
       <c r="G15" t="n">
-        <v>3866700.33</v>
+        <v>3302079.4</v>
       </c>
       <c r="H15" t="n">
-        <v>2.73998393</v>
+        <v>2.55177882</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>60</v>
       </c>
       <c r="E16" t="s">
         <v>101</v>
       </c>
       <c r="F16" t="n">
-        <v>45980</v>
+        <v>58691</v>
       </c>
       <c r="G16" t="n">
-        <v>3540919.8</v>
+        <v>3284935.27</v>
       </c>
       <c r="H16" t="n">
-        <v>2.50913247</v>
+        <v>2.53853019</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>61</v>
       </c>
       <c r="E17" t="s">
         <v>102</v>
       </c>
       <c r="F17" t="n">
-        <v>31301</v>
+        <v>45980</v>
       </c>
       <c r="G17" t="n">
-        <v>3380821.01</v>
+        <v>3247107.6</v>
       </c>
       <c r="H17" t="n">
-        <v>2.3956848</v>
+        <v>2.50929774</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>62</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="n">
-        <v>91852</v>
+        <v>39867</v>
       </c>
       <c r="G18" t="n">
-        <v>3374642.48</v>
+        <v>2691421.17</v>
       </c>
       <c r="H18" t="n">
-        <v>2.39130663</v>
+        <v>2.07987474</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>104</v>
       </c>
       <c r="F19" t="n">
         <v>87223</v>
       </c>
       <c r="G19" t="n">
-        <v>2828641.89</v>
+        <v>2662918.19</v>
       </c>
       <c r="H19" t="n">
-        <v>2.00440496</v>
+        <v>2.05784822</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>43</v>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" t="s">
         <v>105</v>
       </c>
       <c r="F20" t="n">
         <v>67800</v>
       </c>
       <c r="G20" t="n">
-        <v>2606910</v>
+        <v>2645556</v>
       </c>
       <c r="H20" t="n">
-        <v>1.84728344</v>
+        <v>2.04443108</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>106</v>
       </c>
       <c r="F21" t="n">
-        <v>29059</v>
+        <v>26259</v>
       </c>
       <c r="G21" t="n">
-        <v>2464203.2</v>
+        <v>1764342.21</v>
       </c>
       <c r="H21" t="n">
-        <v>1.74615992</v>
+        <v>1.36344725</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
       <c r="E22" t="s">
         <v>107</v>
       </c>
       <c r="F22" t="n">
         <v>67111</v>
       </c>
       <c r="G22" t="n">
-        <v>2004605.57</v>
+        <v>1644219.5</v>
       </c>
       <c r="H22" t="n">
-        <v>1.42048428</v>
+        <v>1.2706189</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>43</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
       <c r="E23" t="s">
         <v>108</v>
       </c>
       <c r="F23" t="n">
-        <v>71139</v>
+        <v>29059</v>
       </c>
       <c r="G23" t="n">
-        <v>1888740.45</v>
+        <v>1631953.44</v>
       </c>
       <c r="H23" t="n">
-        <v>1.33838106</v>
+        <v>1.26113994</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>43</v>
       </c>
       <c r="D24" t="s">
         <v>68</v>
       </c>
       <c r="E24" t="s">
         <v>109</v>
       </c>
       <c r="F24" t="n">
-        <v>26259</v>
+        <v>43486</v>
       </c>
       <c r="G24" t="n">
-        <v>1879881.81</v>
+        <v>1526576.03</v>
       </c>
       <c r="H24" t="n">
-        <v>1.33210373</v>
+        <v>1.17970645</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>43</v>
       </c>
       <c r="D25" t="s">
         <v>69</v>
       </c>
       <c r="E25" t="s">
         <v>110</v>
       </c>
       <c r="F25" t="n">
-        <v>43486</v>
+        <v>71139</v>
       </c>
       <c r="G25" t="n">
-        <v>1605937.98</v>
+        <v>1433450.85</v>
       </c>
       <c r="H25" t="n">
-        <v>1.1379843</v>
+        <v>1.10774124</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>43</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
       <c r="E26" t="s">
         <v>111</v>
       </c>
       <c r="F26" t="n">
         <v>32784</v>
       </c>
       <c r="G26" t="n">
-        <v>1388730.24</v>
+        <v>1229072.16</v>
       </c>
       <c r="H26" t="n">
-        <v>0.98406864</v>
+        <v>0.9498016</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>43</v>
       </c>
       <c r="D27" t="s">
         <v>71</v>
       </c>
       <c r="E27" t="s">
         <v>112</v>
       </c>
       <c r="F27" t="n">
         <v>21379</v>
       </c>
       <c r="G27" t="n">
-        <v>1193375.78</v>
+        <v>952220.66</v>
       </c>
       <c r="H27" t="n">
-        <v>0.84563844</v>
+        <v>0.73585648</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>43</v>
       </c>
       <c r="D28" t="s">
         <v>72</v>
       </c>
       <c r="E28" t="s">
         <v>113</v>
       </c>
       <c r="F28" t="n">
-        <v>20360</v>
+        <v>27815</v>
       </c>
       <c r="G28" t="n">
-        <v>807477.6</v>
+        <v>670341.5</v>
       </c>
       <c r="H28" t="n">
-        <v>0.572187</v>
+        <v>0.51802608</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>43</v>
       </c>
       <c r="D29" t="s">
         <v>73</v>
       </c>
       <c r="E29" t="s">
         <v>114</v>
       </c>
       <c r="F29" t="n">
-        <v>22790</v>
+        <v>68206</v>
       </c>
       <c r="G29" t="n">
-        <v>737484.4</v>
+        <v>646592.88</v>
       </c>
       <c r="H29" t="n">
-        <v>0.52258909</v>
+        <v>0.49967363</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>43</v>
       </c>
       <c r="D30" t="s">
         <v>74</v>
       </c>
       <c r="E30" t="s">
         <v>115</v>
       </c>
       <c r="F30" t="n">
-        <v>37019</v>
+        <v>20360</v>
       </c>
       <c r="G30" t="n">
-        <v>712985.94</v>
+        <v>562750.4</v>
       </c>
       <c r="H30" t="n">
-        <v>0.50522923</v>
+        <v>0.4348819</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>43</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>116</v>
       </c>
       <c r="F31" t="n">
-        <v>27815</v>
+        <v>37019</v>
       </c>
       <c r="G31" t="n">
-        <v>652261.75</v>
+        <v>542328.35</v>
       </c>
       <c r="H31" t="n">
-        <v>0.46219944</v>
+        <v>0.41910016</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>43</v>
       </c>
       <c r="D32" t="s">
         <v>76</v>
       </c>
       <c r="E32" t="s">
         <v>117</v>
       </c>
       <c r="F32" t="n">
-        <v>21169</v>
+        <v>22790</v>
       </c>
       <c r="G32" t="n">
-        <v>637821.97</v>
+        <v>487478.1</v>
       </c>
       <c r="H32" t="n">
-        <v>0.45196726</v>
+        <v>0.37671302</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>43</v>
       </c>
       <c r="D33" t="s">
         <v>77</v>
       </c>
       <c r="E33" t="s">
         <v>118</v>
       </c>
       <c r="F33" t="n">
-        <v>68206</v>
+        <v>21169</v>
       </c>
       <c r="G33" t="n">
-        <v>540191.52</v>
+        <v>457038.71</v>
       </c>
       <c r="H33" t="n">
-        <v>0.38278531</v>
+        <v>0.35319008</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>43</v>
       </c>
       <c r="D34" t="s">
         <v>78</v>
       </c>
       <c r="E34" t="s">
         <v>119</v>
       </c>
       <c r="F34" t="n">
         <v>20176</v>
       </c>
       <c r="G34" t="n">
-        <v>518321.44</v>
+        <v>441047.36</v>
       </c>
       <c r="H34" t="n">
-        <v>0.36728794</v>
+        <v>0.3408323</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>43</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35" t="s">
         <v>120</v>
       </c>
       <c r="F35" t="n">
         <v>29492</v>
       </c>
       <c r="G35" t="n">
-        <v>463319.32</v>
+        <v>388704.56</v>
       </c>
       <c r="H35" t="n">
-        <v>0.32831287</v>
+        <v>0.30038286</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>43</v>
       </c>
       <c r="D36" t="s">
         <v>80</v>
       </c>
       <c r="E36" t="s">
         <v>121</v>
       </c>
       <c r="F36" t="n">
-        <v>15425</v>
+        <v>13955</v>
       </c>
       <c r="G36" t="n">
-        <v>421873.75</v>
+        <v>323756</v>
       </c>
       <c r="H36" t="n">
-        <v>0.29894411</v>
+        <v>0.25019196</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" t="s">
         <v>43</v>
       </c>
       <c r="D37" t="s">
         <v>81</v>
       </c>
       <c r="E37" t="s">
         <v>122</v>
       </c>
       <c r="F37" t="n">
-        <v>13955</v>
+        <v>15425</v>
       </c>
       <c r="G37" t="n">
-        <v>368691.1</v>
+        <v>296777</v>
       </c>
       <c r="H37" t="n">
-        <v>0.26125833</v>
+        <v>0.22934314</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" t="s">
         <v>43</v>
       </c>
       <c r="D38" t="s">
         <v>82</v>
       </c>
       <c r="E38" t="s">
         <v>123</v>
       </c>
       <c r="F38" t="n">
         <v>16325</v>
       </c>
       <c r="G38" t="n">
-        <v>262669.25</v>
+        <v>222836.25</v>
       </c>
       <c r="H38" t="n">
-        <v>0.18613015</v>
+        <v>0.17220326</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B39" t="s">
         <v>39</v>
       </c>
       <c r="C39" t="s">
         <v>43</v>
       </c>
       <c r="D39" t="s">
         <v>83</v>
       </c>
       <c r="E39" t="s">
         <v>124</v>
       </c>
       <c r="F39" t="n">
         <v>2374</v>
       </c>
       <c r="G39" t="n">
-        <v>224034.38</v>
+        <v>196306.06</v>
       </c>
       <c r="H39" t="n">
-        <v>0.15875308</v>
+        <v>0.15170127</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B40" t="s">
         <v>40</v>
       </c>
       <c r="C40" t="s">
         <v>43</v>
       </c>
       <c r="D40" t="s">
         <v>84</v>
       </c>
       <c r="E40" t="s">
         <v>125</v>
       </c>
       <c r="F40" t="n">
         <v>22054</v>
       </c>
       <c r="G40" t="n">
-        <v>214144.34</v>
+        <v>187900.08</v>
       </c>
       <c r="H40" t="n">
-        <v>0.1517449</v>
+        <v>0.1452053</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>46037</v>
+        <v>46057</v>
       </c>
       <c r="B41" t="s">
         <v>41</v>
       </c>
       <c r="C41" t="s">
         <v>44</v>
       </c>
       <c r="D41" t="s">
         <v>85</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="n">
-        <v>386488.16</v>
+        <v>480808.55</v>
       </c>
       <c r="G41" t="n">
-        <v>404239.13</v>
+        <v>405793.28</v>
       </c>
       <c r="H41" t="n">
-        <v>0.28644802</v>
+        <v>0.31358868</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>