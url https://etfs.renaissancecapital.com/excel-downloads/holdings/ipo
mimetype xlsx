--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -12,420 +12,420 @@
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
+    <t>Kenvue</t>
+  </si>
+  <si>
     <t>CoreWeave</t>
   </si>
   <si>
-    <t>Kenvue</t>
+    <t>Nextpower (Nextracker)</t>
+  </si>
+  <si>
+    <t>Reddit</t>
   </si>
   <si>
     <t>Astera Labs</t>
   </si>
   <si>
-    <t>Reddit</t>
-[...4 lines deleted...]
-  <si>
     <t>Arm Holdings</t>
   </si>
   <si>
     <t>Viking Holdings</t>
   </si>
   <si>
     <t>American Healthcare REIT</t>
   </si>
   <si>
+    <t>CAVA Group</t>
+  </si>
+  <si>
     <t>Kaspi.kz</t>
   </si>
   <si>
-    <t>CAVA Group</t>
+    <t>Amer Sports</t>
+  </si>
+  <si>
+    <t>StandardAero</t>
+  </si>
+  <si>
+    <t>Instacart (Maplebear)</t>
+  </si>
+  <si>
+    <t>UL Solutions</t>
+  </si>
+  <si>
+    <t>Tempus AI</t>
   </si>
   <si>
     <t>Rubrik</t>
   </si>
   <si>
-    <t>Instacart (Maplebear)</t>
+    <t>BrightSpring Health Services</t>
   </si>
   <si>
     <t>Karman Holdings</t>
   </si>
   <si>
-    <t>Amer Sports</t>
-[...7 lines deleted...]
-  <si>
     <t>ServiceTitan</t>
   </si>
   <si>
-    <t>StandardAero</t>
-[...2 lines deleted...]
-    <t>BrightSpring Health Services</t>
+    <t>Circle Internet Group</t>
   </si>
   <si>
     <t>Loar Holdings</t>
   </si>
   <si>
     <t>Waystar Holding</t>
   </si>
   <si>
-    <t>Circle Internet Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Lineage</t>
   </si>
   <si>
+    <t>Birkenstock Holding</t>
+  </si>
+  <si>
     <t>Klaviyo</t>
   </si>
   <si>
-    <t>Birkenstock Holding</t>
+    <t>Smithfield Foods</t>
   </si>
   <si>
     <t>Figure Technology Solutions</t>
   </si>
   <si>
-    <t>Smithfield Foods</t>
-[...1 lines deleted...]
-  <si>
     <t>Venture Global</t>
   </si>
   <si>
     <t>Bullish</t>
   </si>
   <si>
+    <t>Figma</t>
+  </si>
+  <si>
     <t>SailPoint</t>
   </si>
   <si>
-    <t>Figma</t>
+    <t>Chime Financial</t>
+  </si>
+  <si>
+    <t>BETA Technologies</t>
+  </si>
+  <si>
+    <t>Netskope</t>
   </si>
   <si>
     <t>Klarna Group</t>
   </si>
   <si>
-    <t>Chime Financial</t>
-[...4 lines deleted...]
-  <si>
     <t>Caris Life Sciences</t>
   </si>
   <si>
-    <t>BETA Technologies</t>
-[...1 lines deleted...]
-  <si>
     <t>Pony AI</t>
   </si>
   <si>
+    <t>Fermi</t>
+  </si>
+  <si>
     <t>BillionToOne</t>
   </si>
   <si>
-    <t>Fermi</t>
-[...1 lines deleted...]
-  <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
+    <t>KVUE</t>
+  </si>
+  <si>
     <t>CRWV</t>
   </si>
   <si>
-    <t>KVUE</t>
+    <t>NXT</t>
+  </si>
+  <si>
+    <t>RDDT</t>
   </si>
   <si>
     <t>ALAB</t>
   </si>
   <si>
-    <t>RDDT</t>
-[...4 lines deleted...]
-  <si>
     <t>ARM</t>
   </si>
   <si>
     <t>VIK</t>
   </si>
   <si>
     <t>AHR</t>
   </si>
   <si>
+    <t>CAVA</t>
+  </si>
+  <si>
     <t>KSPI</t>
   </si>
   <si>
-    <t>CAVA</t>
+    <t>AS</t>
+  </si>
+  <si>
+    <t>SARO</t>
+  </si>
+  <si>
+    <t>CART</t>
+  </si>
+  <si>
+    <t>ULS</t>
+  </si>
+  <si>
+    <t>TEM</t>
   </si>
   <si>
     <t>RBRK</t>
   </si>
   <si>
-    <t>CART</t>
+    <t>BTSG</t>
   </si>
   <si>
     <t>KRMN</t>
   </si>
   <si>
-    <t>AS</t>
-[...7 lines deleted...]
-  <si>
     <t>TTAN</t>
   </si>
   <si>
-    <t>SARO</t>
-[...2 lines deleted...]
-    <t>BTSG</t>
+    <t>CRCL</t>
   </si>
   <si>
     <t>LOAR</t>
   </si>
   <si>
     <t>WAY</t>
   </si>
   <si>
-    <t>CRCL</t>
-[...1 lines deleted...]
-  <si>
     <t>LINE</t>
   </si>
   <si>
+    <t>BIRK</t>
+  </si>
+  <si>
     <t>KVYO</t>
   </si>
   <si>
-    <t>BIRK</t>
+    <t>SFD</t>
   </si>
   <si>
     <t>FIGR</t>
   </si>
   <si>
-    <t>SFD</t>
-[...1 lines deleted...]
-  <si>
     <t>VG</t>
   </si>
   <si>
     <t>BLSH</t>
   </si>
   <si>
+    <t>FIG</t>
+  </si>
+  <si>
     <t>SAIL</t>
   </si>
   <si>
-    <t>FIG</t>
+    <t>CHYM</t>
+  </si>
+  <si>
+    <t>BETA</t>
+  </si>
+  <si>
+    <t>NTSK</t>
   </si>
   <si>
     <t>KLAR</t>
   </si>
   <si>
-    <t>CHYM</t>
-[...4 lines deleted...]
-  <si>
     <t>CAI</t>
   </si>
   <si>
-    <t>BETA</t>
-[...1 lines deleted...]
-  <si>
     <t>PONY</t>
   </si>
   <si>
+    <t>FRMI</t>
+  </si>
+  <si>
     <t>BLLN</t>
   </si>
   <si>
-    <t>FRMI</t>
-[...1 lines deleted...]
-  <si>
     <t/>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
+    <t>BQ84ZQ6</t>
+  </si>
+  <si>
     <t>BTTRKN7</t>
   </si>
   <si>
-    <t>BQ84ZQ6</t>
+    <t>BR1GTS6</t>
+  </si>
+  <si>
+    <t>BMVNLY2</t>
   </si>
   <si>
     <t>BMTQ7V2</t>
   </si>
   <si>
-    <t>BMVNLY2</t>
-[...4 lines deleted...]
-  <si>
     <t>BNSP5P7</t>
   </si>
   <si>
     <t>BRDXKH1</t>
   </si>
   <si>
     <t>BQWNKQ4</t>
   </si>
   <si>
+    <t>BRBD9F4</t>
+  </si>
+  <si>
     <t>BJY21K1</t>
   </si>
   <si>
-    <t>BRBD9F4</t>
+    <t>BN6TZY0</t>
+  </si>
+  <si>
+    <t>BQPDNZ1</t>
+  </si>
+  <si>
+    <t>BN4L6W3</t>
+  </si>
+  <si>
+    <t>BPW6WJ3</t>
+  </si>
+  <si>
+    <t>BSLSJJ0</t>
   </si>
   <si>
     <t>BSLQK57</t>
   </si>
   <si>
-    <t>BN4L6W3</t>
+    <t>BPJM8Q3</t>
   </si>
   <si>
     <t>BTRFVH4</t>
   </si>
   <si>
-    <t>BN6TZY0</t>
-[...7 lines deleted...]
-  <si>
     <t>BPGN2Q7</t>
   </si>
   <si>
-    <t>BQPDNZ1</t>
-[...2 lines deleted...]
-    <t>BPJM8Q3</t>
+    <t>BL6K237</t>
   </si>
   <si>
     <t>BLDCK32</t>
   </si>
   <si>
     <t>BSWYNW8</t>
   </si>
   <si>
-    <t>BL6K237</t>
-[...1 lines deleted...]
-  <si>
     <t>BP5DSY8</t>
   </si>
   <si>
+    <t>BS44BN3</t>
+  </si>
+  <si>
     <t>BN4JNC6</t>
   </si>
   <si>
-    <t>BS44BN3</t>
+    <t>BS893N8</t>
   </si>
   <si>
     <t>BVLD6Y0</t>
   </si>
   <si>
-    <t>BS893N8</t>
-[...1 lines deleted...]
-  <si>
     <t>BSZBFJ7</t>
   </si>
   <si>
     <t>BV6KVT6</t>
   </si>
   <si>
+    <t>BSML6T7</t>
+  </si>
+  <si>
     <t>BRXZ3P6</t>
   </si>
   <si>
-    <t>BSML6T7</t>
+    <t>BTCHBL9</t>
+  </si>
+  <si>
+    <t>BT3CTW0</t>
+  </si>
+  <si>
+    <t>BQT3J26</t>
   </si>
   <si>
     <t>BMHVL51</t>
   </si>
   <si>
-    <t>BTCHBL9</t>
-[...4 lines deleted...]
-  <si>
     <t>BT18HP9</t>
   </si>
   <si>
-    <t>BT3CTW0</t>
-[...1 lines deleted...]
-  <si>
     <t>BRWKBD6</t>
   </si>
   <si>
+    <t>BV2HGM9</t>
+  </si>
+  <si>
     <t>BMDJC90</t>
-  </si>
-[...1 lines deleted...]
-    <t>BV2HGM9</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
       <i val="false"/>
       <u val="none"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
@@ -569,1114 +569,1114 @@
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" bestFit="true" width="9.09375" hidden="false" outlineLevel="0"/>
+    <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="30.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="7" max="7" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
     <col min="8" max="8" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
       <c r="E2" t="s">
         <v>87</v>
       </c>
       <c r="F2" t="n">
-        <v>162651</v>
+        <v>798740</v>
       </c>
       <c r="G2" t="n">
-        <v>14648349.06</v>
+        <v>15136123</v>
       </c>
       <c r="H2" t="n">
-        <v>11.31994187</v>
+        <v>11.62252185</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>43</v>
       </c>
       <c r="D3" t="s">
         <v>47</v>
       </c>
       <c r="E3" t="s">
         <v>88</v>
       </c>
       <c r="F3" t="n">
-        <v>789863</v>
+        <v>164480</v>
       </c>
       <c r="G3" t="n">
-        <v>13893690.17</v>
+        <v>14941363.2</v>
       </c>
       <c r="H3" t="n">
-        <v>10.73675705</v>
+        <v>11.47297233</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>48</v>
       </c>
       <c r="E4" t="s">
         <v>89</v>
       </c>
       <c r="F4" t="n">
-        <v>66896</v>
+        <v>78637</v>
       </c>
       <c r="G4" t="n">
-        <v>10604353.92</v>
+        <v>9199742.63</v>
       </c>
       <c r="H4" t="n">
-        <v>8.19482587</v>
+        <v>7.06417421</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>43</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>90</v>
       </c>
       <c r="F5" t="n">
-        <v>60897</v>
+        <v>61581</v>
       </c>
       <c r="G5" t="n">
-        <v>10072972.77</v>
+        <v>8772829.26</v>
       </c>
       <c r="H5" t="n">
-        <v>7.78418549</v>
+        <v>6.73636173</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>91</v>
       </c>
       <c r="F6" t="n">
-        <v>77763</v>
+        <v>67648</v>
       </c>
       <c r="G6" t="n">
-        <v>9319895.55</v>
+        <v>8675179.52</v>
       </c>
       <c r="H6" t="n">
-        <v>7.20222295</v>
+        <v>6.66137977</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>51</v>
       </c>
       <c r="E7" t="s">
         <v>92</v>
       </c>
       <c r="F7" t="n">
-        <v>67547</v>
+        <v>68306</v>
       </c>
       <c r="G7" t="n">
-        <v>7062038.85</v>
+        <v>8454916.68</v>
       </c>
       <c r="H7" t="n">
-        <v>5.45739789</v>
+        <v>6.49224731</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
         <v>52</v>
       </c>
       <c r="E8" t="s">
         <v>93</v>
       </c>
       <c r="F8" t="n">
-        <v>89596</v>
+        <v>90603</v>
       </c>
       <c r="G8" t="n">
-        <v>6613080.76</v>
+        <v>6925693.32</v>
       </c>
       <c r="H8" t="n">
-        <v>5.11045234</v>
+        <v>5.31800792</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>94</v>
       </c>
       <c r="F9" t="n">
-        <v>96951</v>
+        <v>98039</v>
       </c>
       <c r="G9" t="n">
-        <v>4671099.18</v>
+        <v>5167635.69</v>
       </c>
       <c r="H9" t="n">
-        <v>3.60972905</v>
+        <v>3.96805435</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>54</v>
       </c>
       <c r="E10" t="s">
         <v>95</v>
       </c>
       <c r="F10" t="n">
-        <v>54377</v>
+        <v>62129</v>
       </c>
       <c r="G10" t="n">
-        <v>4136730.28</v>
+        <v>4246517.15</v>
       </c>
       <c r="H10" t="n">
-        <v>3.19677979</v>
+        <v>3.26075828</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>96</v>
       </c>
       <c r="F11" t="n">
-        <v>61438</v>
+        <v>54987</v>
       </c>
       <c r="G11" t="n">
-        <v>3740959.82</v>
+        <v>3945317.25</v>
       </c>
       <c r="H11" t="n">
-        <v>2.89093655</v>
+        <v>3.02947696</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>56</v>
       </c>
       <c r="E12" t="s">
         <v>97</v>
       </c>
       <c r="F12" t="n">
-        <v>70408</v>
+        <v>92884</v>
       </c>
       <c r="G12" t="n">
-        <v>3671777.2</v>
+        <v>3760873.16</v>
       </c>
       <c r="H12" t="n">
-        <v>2.83747365</v>
+        <v>2.88784853</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>98</v>
       </c>
       <c r="F13" t="n">
-        <v>100489</v>
+        <v>119369</v>
       </c>
       <c r="G13" t="n">
-        <v>3625643.12</v>
+        <v>3749380.29</v>
       </c>
       <c r="H13" t="n">
-        <v>2.80182218</v>
+        <v>2.87902354</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>99</v>
       </c>
       <c r="F14" t="n">
-        <v>31301</v>
+        <v>101617</v>
       </c>
       <c r="G14" t="n">
-        <v>3496947.72</v>
+        <v>3674470.72</v>
       </c>
       <c r="H14" t="n">
-        <v>2.70236903</v>
+        <v>2.82150299</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
       <c r="E15" t="s">
         <v>100</v>
       </c>
       <c r="F15" t="n">
-        <v>91852</v>
+        <v>46497</v>
       </c>
       <c r="G15" t="n">
-        <v>3302079.4</v>
+        <v>3639785.16</v>
       </c>
       <c r="H15" t="n">
-        <v>2.55177882</v>
+        <v>2.79486911</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>60</v>
       </c>
       <c r="E16" t="s">
         <v>101</v>
       </c>
       <c r="F16" t="n">
-        <v>58691</v>
+        <v>59351</v>
       </c>
       <c r="G16" t="n">
-        <v>3284935.27</v>
+        <v>3400218.79</v>
       </c>
       <c r="H16" t="n">
-        <v>2.53853019</v>
+        <v>2.61091412</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>61</v>
       </c>
       <c r="E17" t="s">
         <v>102</v>
       </c>
       <c r="F17" t="n">
-        <v>45980</v>
+        <v>71200</v>
       </c>
       <c r="G17" t="n">
-        <v>3247107.6</v>
+        <v>3364912</v>
       </c>
       <c r="H17" t="n">
-        <v>2.50929774</v>
+        <v>2.58380321</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>62</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="n">
-        <v>39867</v>
+        <v>68562</v>
       </c>
       <c r="G18" t="n">
-        <v>2691421.17</v>
+        <v>2741794.38</v>
       </c>
       <c r="H18" t="n">
-        <v>2.07987474</v>
+        <v>2.10533207</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>104</v>
       </c>
       <c r="F19" t="n">
-        <v>87223</v>
+        <v>31653</v>
       </c>
       <c r="G19" t="n">
-        <v>2662918.19</v>
+        <v>2572439.31</v>
       </c>
       <c r="H19" t="n">
-        <v>2.05784822</v>
+        <v>1.97528998</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>43</v>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" t="s">
         <v>105</v>
       </c>
       <c r="F20" t="n">
-        <v>67800</v>
+        <v>40316</v>
       </c>
       <c r="G20" t="n">
-        <v>2645556</v>
+        <v>2529022.68</v>
       </c>
       <c r="H20" t="n">
-        <v>2.04443108</v>
+        <v>1.9419518</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>106</v>
       </c>
       <c r="F21" t="n">
-        <v>26259</v>
+        <v>29386</v>
       </c>
       <c r="G21" t="n">
-        <v>1764342.21</v>
+        <v>1797541.62</v>
       </c>
       <c r="H21" t="n">
-        <v>1.36344725</v>
+        <v>1.380272</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
       <c r="E22" t="s">
         <v>107</v>
       </c>
       <c r="F22" t="n">
-        <v>67111</v>
+        <v>26553</v>
       </c>
       <c r="G22" t="n">
-        <v>1644219.5</v>
+        <v>1730990.07</v>
       </c>
       <c r="H22" t="n">
-        <v>1.2706189</v>
+        <v>1.32916929</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>43</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
       <c r="E23" t="s">
         <v>108</v>
       </c>
       <c r="F23" t="n">
-        <v>29059</v>
+        <v>67865</v>
       </c>
       <c r="G23" t="n">
-        <v>1631953.44</v>
+        <v>1652512.75</v>
       </c>
       <c r="H23" t="n">
-        <v>1.26113994</v>
+        <v>1.26890919</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>43</v>
       </c>
       <c r="D24" t="s">
         <v>68</v>
       </c>
       <c r="E24" t="s">
         <v>109</v>
       </c>
       <c r="F24" t="n">
-        <v>43486</v>
+        <v>43975</v>
       </c>
       <c r="G24" t="n">
-        <v>1526576.03</v>
+        <v>1631032.75</v>
       </c>
       <c r="H24" t="n">
-        <v>1.17970645</v>
+        <v>1.25241542</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>43</v>
       </c>
       <c r="D25" t="s">
         <v>69</v>
       </c>
       <c r="E25" t="s">
         <v>110</v>
       </c>
       <c r="F25" t="n">
-        <v>71139</v>
+        <v>33152</v>
       </c>
       <c r="G25" t="n">
-        <v>1433450.85</v>
+        <v>1284308.48</v>
       </c>
       <c r="H25" t="n">
-        <v>1.10774124</v>
+        <v>0.98617746</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>43</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
       <c r="E26" t="s">
         <v>111</v>
       </c>
       <c r="F26" t="n">
-        <v>32784</v>
+        <v>71937</v>
       </c>
       <c r="G26" t="n">
-        <v>1229072.16</v>
+        <v>1142359.56</v>
       </c>
       <c r="H26" t="n">
-        <v>0.9498016</v>
+        <v>0.87717964</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>43</v>
       </c>
       <c r="D27" t="s">
         <v>71</v>
       </c>
       <c r="E27" t="s">
         <v>112</v>
       </c>
       <c r="F27" t="n">
-        <v>21379</v>
+        <v>28077</v>
       </c>
       <c r="G27" t="n">
-        <v>952220.66</v>
+        <v>707259.63</v>
       </c>
       <c r="H27" t="n">
-        <v>0.73585648</v>
+        <v>0.54308098</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>43</v>
       </c>
       <c r="D28" t="s">
         <v>72</v>
       </c>
       <c r="E28" t="s">
         <v>113</v>
       </c>
       <c r="F28" t="n">
-        <v>27815</v>
+        <v>21618</v>
       </c>
       <c r="G28" t="n">
-        <v>670341.5</v>
+        <v>653187.87</v>
       </c>
       <c r="H28" t="n">
-        <v>0.51802608</v>
+        <v>0.50156109</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>43</v>
       </c>
       <c r="D29" t="s">
         <v>73</v>
       </c>
       <c r="E29" t="s">
         <v>114</v>
       </c>
       <c r="F29" t="n">
-        <v>68206</v>
+        <v>68831</v>
       </c>
       <c r="G29" t="n">
-        <v>646592.88</v>
+        <v>649076.33</v>
       </c>
       <c r="H29" t="n">
-        <v>0.49967363</v>
+        <v>0.49840397</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>43</v>
       </c>
       <c r="D30" t="s">
         <v>74</v>
       </c>
       <c r="E30" t="s">
         <v>115</v>
       </c>
       <c r="F30" t="n">
-        <v>20360</v>
+        <v>20523</v>
       </c>
       <c r="G30" t="n">
-        <v>562750.4</v>
+        <v>628619.49</v>
       </c>
       <c r="H30" t="n">
-        <v>0.4348819</v>
+        <v>0.48269585</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>43</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>116</v>
       </c>
       <c r="F31" t="n">
-        <v>37019</v>
+        <v>22941</v>
       </c>
       <c r="G31" t="n">
-        <v>542328.35</v>
+        <v>567789.75</v>
       </c>
       <c r="H31" t="n">
-        <v>0.41910016</v>
+        <v>0.43598673</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>43</v>
       </c>
       <c r="D32" t="s">
         <v>76</v>
       </c>
       <c r="E32" t="s">
         <v>117</v>
       </c>
       <c r="F32" t="n">
-        <v>22790</v>
+        <v>37303</v>
       </c>
       <c r="G32" t="n">
-        <v>487478.1</v>
+        <v>479716.58</v>
       </c>
       <c r="H32" t="n">
-        <v>0.37671302</v>
+        <v>0.36835829</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>43</v>
       </c>
       <c r="D33" t="s">
         <v>77</v>
       </c>
       <c r="E33" t="s">
         <v>118</v>
       </c>
       <c r="F33" t="n">
-        <v>21169</v>
+        <v>20517</v>
       </c>
       <c r="G33" t="n">
-        <v>457038.71</v>
+        <v>397209.12</v>
       </c>
       <c r="H33" t="n">
-        <v>0.35319008</v>
+        <v>0.30500358</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>43</v>
       </c>
       <c r="D34" t="s">
         <v>78</v>
       </c>
       <c r="E34" t="s">
         <v>119</v>
       </c>
       <c r="F34" t="n">
-        <v>20176</v>
+        <v>15686</v>
       </c>
       <c r="G34" t="n">
-        <v>441047.36</v>
+        <v>284857.76</v>
       </c>
       <c r="H34" t="n">
-        <v>0.3408323</v>
+        <v>0.21873273</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>43</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35" t="s">
         <v>120</v>
       </c>
       <c r="F35" t="n">
-        <v>29492</v>
+        <v>29990</v>
       </c>
       <c r="G35" t="n">
-        <v>388704.56</v>
+        <v>277707.4</v>
       </c>
       <c r="H35" t="n">
-        <v>0.30038286</v>
+        <v>0.21324221</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>43</v>
       </c>
       <c r="D36" t="s">
         <v>80</v>
       </c>
       <c r="E36" t="s">
         <v>121</v>
       </c>
       <c r="F36" t="n">
-        <v>13955</v>
+        <v>21295</v>
       </c>
       <c r="G36" t="n">
-        <v>323756</v>
+        <v>273001.9</v>
       </c>
       <c r="H36" t="n">
-        <v>0.25019196</v>
+        <v>0.20962901</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" t="s">
         <v>43</v>
       </c>
       <c r="D37" t="s">
         <v>81</v>
       </c>
       <c r="E37" t="s">
         <v>122</v>
       </c>
       <c r="F37" t="n">
-        <v>15425</v>
+        <v>14191</v>
       </c>
       <c r="G37" t="n">
-        <v>296777</v>
+        <v>250329.24</v>
       </c>
       <c r="H37" t="n">
-        <v>0.22934314</v>
+        <v>0.19221944</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" t="s">
         <v>43</v>
       </c>
       <c r="D38" t="s">
         <v>82</v>
       </c>
       <c r="E38" t="s">
         <v>123</v>
       </c>
       <c r="F38" t="n">
-        <v>16325</v>
+        <v>16601</v>
       </c>
       <c r="G38" t="n">
-        <v>222836.25</v>
+        <v>224279.51</v>
       </c>
       <c r="H38" t="n">
-        <v>0.17220326</v>
+        <v>0.17221672</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B39" t="s">
         <v>39</v>
       </c>
       <c r="C39" t="s">
         <v>43</v>
       </c>
       <c r="D39" t="s">
         <v>83</v>
       </c>
       <c r="E39" t="s">
         <v>124</v>
       </c>
       <c r="F39" t="n">
-        <v>2374</v>
+        <v>22427</v>
       </c>
       <c r="G39" t="n">
-        <v>196306.06</v>
+        <v>201394.46</v>
       </c>
       <c r="H39" t="n">
-        <v>0.15170127</v>
+        <v>0.15464406</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B40" t="s">
         <v>40</v>
       </c>
       <c r="C40" t="s">
         <v>43</v>
       </c>
       <c r="D40" t="s">
         <v>84</v>
       </c>
       <c r="E40" t="s">
         <v>125</v>
       </c>
       <c r="F40" t="n">
-        <v>22054</v>
+        <v>2414</v>
       </c>
       <c r="G40" t="n">
-        <v>187900.08</v>
+        <v>174049.4</v>
       </c>
       <c r="H40" t="n">
-        <v>0.1452053</v>
+        <v>0.1336467</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B41" t="s">
         <v>41</v>
       </c>
       <c r="C41" t="s">
         <v>44</v>
       </c>
       <c r="D41" t="s">
         <v>85</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="n">
-        <v>480808.55</v>
+        <v>209043.67</v>
       </c>
       <c r="G41" t="n">
-        <v>405793.28</v>
+        <v>325532.6</v>
       </c>
       <c r="H41" t="n">
-        <v>0.31358868</v>
+        <v>0.24996558</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>