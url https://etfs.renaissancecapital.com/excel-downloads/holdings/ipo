--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -21,402 +21,402 @@
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
     <t>Kenvue</t>
   </si>
   <si>
     <t>CoreWeave</t>
   </si>
   <si>
     <t>Nextpower (Nextracker)</t>
   </si>
   <si>
+    <t>Astera Labs</t>
+  </si>
+  <si>
     <t>Reddit</t>
   </si>
   <si>
-    <t>Astera Labs</t>
-[...1 lines deleted...]
-  <si>
     <t>Arm Holdings</t>
   </si>
   <si>
     <t>Viking Holdings</t>
   </si>
   <si>
+    <t>CAVA Group</t>
+  </si>
+  <si>
     <t>American Healthcare REIT</t>
   </si>
   <si>
-    <t>CAVA Group</t>
+    <t>UL Solutions</t>
   </si>
   <si>
     <t>Kaspi.kz</t>
   </si>
   <si>
+    <t>Instacart (Maplebear)</t>
+  </si>
+  <si>
+    <t>Circle Internet Group</t>
+  </si>
+  <si>
+    <t>Rubrik</t>
+  </si>
+  <si>
+    <t>Karman Holdings</t>
+  </si>
+  <si>
+    <t>StandardAero</t>
+  </si>
+  <si>
     <t>Amer Sports</t>
   </si>
   <si>
-    <t>StandardAero</t>
-[...7 lines deleted...]
-  <si>
     <t>Tempus AI</t>
   </si>
   <si>
-    <t>Rubrik</t>
-[...1 lines deleted...]
-  <si>
     <t>BrightSpring Health Services</t>
   </si>
   <si>
-    <t>Karman Holdings</t>
-[...1 lines deleted...]
-  <si>
     <t>ServiceTitan</t>
   </si>
   <si>
-    <t>Circle Internet Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Loar Holdings</t>
   </si>
   <si>
     <t>Waystar Holding</t>
   </si>
   <si>
     <t>Lineage</t>
   </si>
   <si>
+    <t>Klaviyo</t>
+  </si>
+  <si>
     <t>Birkenstock Holding</t>
   </si>
   <si>
-    <t>Klaviyo</t>
+    <t>Venture Global</t>
+  </si>
+  <si>
+    <t>Bullish</t>
+  </si>
+  <si>
+    <t>Figure Technology Solutions</t>
   </si>
   <si>
     <t>Smithfield Foods</t>
   </si>
   <si>
-    <t>Figure Technology Solutions</t>
-[...7 lines deleted...]
-  <si>
     <t>Figma</t>
   </si>
   <si>
     <t>SailPoint</t>
   </si>
   <si>
     <t>Chime Financial</t>
   </si>
   <si>
+    <t>Klarna Group</t>
+  </si>
+  <si>
+    <t>Netskope</t>
+  </si>
+  <si>
+    <t>Caris Life Sciences</t>
+  </si>
+  <si>
     <t>BETA Technologies</t>
   </si>
   <si>
-    <t>Netskope</t>
-[...7 lines deleted...]
-  <si>
     <t>Pony AI</t>
   </si>
   <si>
     <t>Fermi</t>
   </si>
   <si>
     <t>BillionToOne</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>KVUE</t>
   </si>
   <si>
     <t>CRWV</t>
   </si>
   <si>
     <t>NXT</t>
   </si>
   <si>
+    <t>ALAB</t>
+  </si>
+  <si>
     <t>RDDT</t>
   </si>
   <si>
-    <t>ALAB</t>
-[...1 lines deleted...]
-  <si>
     <t>ARM</t>
   </si>
   <si>
     <t>VIK</t>
   </si>
   <si>
+    <t>CAVA</t>
+  </si>
+  <si>
     <t>AHR</t>
   </si>
   <si>
-    <t>CAVA</t>
+    <t>ULS</t>
   </si>
   <si>
     <t>KSPI</t>
   </si>
   <si>
+    <t>CART</t>
+  </si>
+  <si>
+    <t>CRCL</t>
+  </si>
+  <si>
+    <t>RBRK</t>
+  </si>
+  <si>
+    <t>KRMN</t>
+  </si>
+  <si>
+    <t>SARO</t>
+  </si>
+  <si>
     <t>AS</t>
   </si>
   <si>
-    <t>SARO</t>
-[...7 lines deleted...]
-  <si>
     <t>TEM</t>
   </si>
   <si>
-    <t>RBRK</t>
-[...1 lines deleted...]
-  <si>
     <t>BTSG</t>
   </si>
   <si>
-    <t>KRMN</t>
-[...1 lines deleted...]
-  <si>
     <t>TTAN</t>
   </si>
   <si>
-    <t>CRCL</t>
-[...1 lines deleted...]
-  <si>
     <t>LOAR</t>
   </si>
   <si>
     <t>WAY</t>
   </si>
   <si>
     <t>LINE</t>
   </si>
   <si>
+    <t>KVYO</t>
+  </si>
+  <si>
     <t>BIRK</t>
   </si>
   <si>
-    <t>KVYO</t>
+    <t>VG</t>
+  </si>
+  <si>
+    <t>BLSH</t>
+  </si>
+  <si>
+    <t>FIGR</t>
   </si>
   <si>
     <t>SFD</t>
   </si>
   <si>
-    <t>FIGR</t>
-[...7 lines deleted...]
-  <si>
     <t>FIG</t>
   </si>
   <si>
     <t>SAIL</t>
   </si>
   <si>
     <t>CHYM</t>
   </si>
   <si>
+    <t>KLAR</t>
+  </si>
+  <si>
+    <t>NTSK</t>
+  </si>
+  <si>
+    <t>CAI</t>
+  </si>
+  <si>
     <t>BETA</t>
   </si>
   <si>
-    <t>NTSK</t>
-[...7 lines deleted...]
-  <si>
     <t>PONY</t>
   </si>
   <si>
     <t>FRMI</t>
   </si>
   <si>
     <t>BLLN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>BQ84ZQ6</t>
   </si>
   <si>
     <t>BTTRKN7</t>
   </si>
   <si>
     <t>BR1GTS6</t>
   </si>
   <si>
+    <t>BMTQ7V2</t>
+  </si>
+  <si>
     <t>BMVNLY2</t>
   </si>
   <si>
-    <t>BMTQ7V2</t>
-[...1 lines deleted...]
-  <si>
     <t>BNSP5P7</t>
   </si>
   <si>
     <t>BRDXKH1</t>
   </si>
   <si>
+    <t>BRBD9F4</t>
+  </si>
+  <si>
     <t>BQWNKQ4</t>
   </si>
   <si>
-    <t>BRBD9F4</t>
+    <t>BPW6WJ3</t>
   </si>
   <si>
     <t>BJY21K1</t>
   </si>
   <si>
+    <t>BN4L6W3</t>
+  </si>
+  <si>
+    <t>BL6K237</t>
+  </si>
+  <si>
+    <t>BSLQK57</t>
+  </si>
+  <si>
+    <t>BTRFVH4</t>
+  </si>
+  <si>
+    <t>BQPDNZ1</t>
+  </si>
+  <si>
     <t>BN6TZY0</t>
   </si>
   <si>
-    <t>BQPDNZ1</t>
-[...7 lines deleted...]
-  <si>
     <t>BSLSJJ0</t>
   </si>
   <si>
-    <t>BSLQK57</t>
-[...1 lines deleted...]
-  <si>
     <t>BPJM8Q3</t>
   </si>
   <si>
-    <t>BTRFVH4</t>
-[...1 lines deleted...]
-  <si>
     <t>BPGN2Q7</t>
   </si>
   <si>
-    <t>BL6K237</t>
-[...1 lines deleted...]
-  <si>
     <t>BLDCK32</t>
   </si>
   <si>
     <t>BSWYNW8</t>
   </si>
   <si>
     <t>BP5DSY8</t>
   </si>
   <si>
+    <t>BN4JNC6</t>
+  </si>
+  <si>
     <t>BS44BN3</t>
   </si>
   <si>
-    <t>BN4JNC6</t>
+    <t>BSZBFJ7</t>
+  </si>
+  <si>
+    <t>BV6KVT6</t>
+  </si>
+  <si>
+    <t>BVLD6Y0</t>
   </si>
   <si>
     <t>BS893N8</t>
   </si>
   <si>
-    <t>BVLD6Y0</t>
-[...7 lines deleted...]
-  <si>
     <t>BSML6T7</t>
   </si>
   <si>
     <t>BRXZ3P6</t>
   </si>
   <si>
     <t>BTCHBL9</t>
   </si>
   <si>
+    <t>BMHVL51</t>
+  </si>
+  <si>
+    <t>BQT3J26</t>
+  </si>
+  <si>
+    <t>BT18HP9</t>
+  </si>
+  <si>
     <t>BT3CTW0</t>
-  </si>
-[...7 lines deleted...]
-    <t>BT18HP9</t>
   </si>
   <si>
     <t>BRWKBD6</t>
   </si>
   <si>
     <t>BV2HGM9</t>
   </si>
   <si>
     <t>BMDJC90</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -574,1109 +574,1109 @@
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="30.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
-    <col min="6" max="6" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
+    <col min="6" max="6" bestFit="true" width="9.09375" hidden="false" outlineLevel="0"/>
     <col min="7" max="7" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
     <col min="8" max="8" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>45</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>86</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>43</v>
       </c>
       <c r="D2" t="s">
         <v>46</v>
       </c>
       <c r="E2" t="s">
         <v>87</v>
       </c>
       <c r="F2" t="n">
-        <v>798740</v>
+        <v>785451</v>
       </c>
       <c r="G2" t="n">
-        <v>15136123</v>
+        <v>13910337.21</v>
       </c>
       <c r="H2" t="n">
-        <v>11.62252185</v>
+        <v>10.73422661</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>43</v>
       </c>
       <c r="D3" t="s">
         <v>47</v>
       </c>
       <c r="E3" t="s">
         <v>88</v>
       </c>
       <c r="F3" t="n">
-        <v>164480</v>
+        <v>161743</v>
       </c>
       <c r="G3" t="n">
-        <v>14941363.2</v>
+        <v>13887253.98</v>
       </c>
       <c r="H3" t="n">
-        <v>11.47297233</v>
+        <v>10.71641392</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>43</v>
       </c>
       <c r="D4" t="s">
         <v>48</v>
       </c>
       <c r="E4" t="s">
         <v>89</v>
       </c>
       <c r="F4" t="n">
-        <v>78637</v>
+        <v>77329</v>
       </c>
       <c r="G4" t="n">
-        <v>9199742.63</v>
+        <v>9131781.61</v>
       </c>
       <c r="H4" t="n">
-        <v>7.06417421</v>
+        <v>7.04674601</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>43</v>
       </c>
       <c r="D5" t="s">
         <v>49</v>
       </c>
       <c r="E5" t="s">
         <v>90</v>
       </c>
       <c r="F5" t="n">
-        <v>61581</v>
+        <v>66523</v>
       </c>
       <c r="G5" t="n">
-        <v>8772829.26</v>
+        <v>8480352.04</v>
       </c>
       <c r="H5" t="n">
-        <v>6.73636173</v>
+        <v>6.54405563</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>43</v>
       </c>
       <c r="D6" t="s">
         <v>50</v>
       </c>
       <c r="E6" t="s">
         <v>91</v>
       </c>
       <c r="F6" t="n">
-        <v>67648</v>
+        <v>60556</v>
       </c>
       <c r="G6" t="n">
-        <v>8675179.52</v>
+        <v>8477840</v>
       </c>
       <c r="H6" t="n">
-        <v>6.66137977</v>
+        <v>6.54211716</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>43</v>
       </c>
       <c r="D7" t="s">
         <v>51</v>
       </c>
       <c r="E7" t="s">
         <v>92</v>
       </c>
       <c r="F7" t="n">
-        <v>68306</v>
+        <v>67170</v>
       </c>
       <c r="G7" t="n">
-        <v>8454916.68</v>
+        <v>8174589</v>
       </c>
       <c r="H7" t="n">
-        <v>6.49224731</v>
+        <v>6.30810666</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>43</v>
       </c>
       <c r="D8" t="s">
         <v>52</v>
       </c>
       <c r="E8" t="s">
         <v>93</v>
       </c>
       <c r="F8" t="n">
-        <v>90603</v>
+        <v>89096</v>
       </c>
       <c r="G8" t="n">
-        <v>6925693.32</v>
+        <v>6346308.08</v>
       </c>
       <c r="H8" t="n">
-        <v>5.31800792</v>
+        <v>4.8972723</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>43</v>
       </c>
       <c r="D9" t="s">
         <v>53</v>
       </c>
       <c r="E9" t="s">
         <v>94</v>
       </c>
       <c r="F9" t="n">
-        <v>98039</v>
+        <v>61095</v>
       </c>
       <c r="G9" t="n">
-        <v>5167635.69</v>
+        <v>5330538.75</v>
       </c>
       <c r="H9" t="n">
-        <v>3.96805435</v>
+        <v>4.1134309</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>43</v>
       </c>
       <c r="D10" t="s">
         <v>54</v>
       </c>
       <c r="E10" t="s">
         <v>95</v>
       </c>
       <c r="F10" t="n">
-        <v>62129</v>
+        <v>96408</v>
       </c>
       <c r="G10" t="n">
-        <v>4246517.15</v>
+        <v>5080701.6</v>
       </c>
       <c r="H10" t="n">
-        <v>3.26075828</v>
+        <v>3.92063841</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>43</v>
       </c>
       <c r="D11" t="s">
         <v>55</v>
       </c>
       <c r="E11" t="s">
         <v>96</v>
       </c>
       <c r="F11" t="n">
-        <v>54987</v>
+        <v>45723</v>
       </c>
       <c r="G11" t="n">
-        <v>3945317.25</v>
+        <v>3894685.14</v>
       </c>
       <c r="H11" t="n">
-        <v>3.02947696</v>
+        <v>3.00542196</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>43</v>
       </c>
       <c r="D12" t="s">
         <v>56</v>
       </c>
       <c r="E12" t="s">
         <v>97</v>
       </c>
       <c r="F12" t="n">
-        <v>92884</v>
+        <v>54072</v>
       </c>
       <c r="G12" t="n">
-        <v>3760873.16</v>
+        <v>3878043.84</v>
       </c>
       <c r="H12" t="n">
-        <v>2.88784853</v>
+        <v>2.99258032</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>43</v>
       </c>
       <c r="D13" t="s">
         <v>57</v>
       </c>
       <c r="E13" t="s">
         <v>98</v>
       </c>
       <c r="F13" t="n">
-        <v>119369</v>
+        <v>99926</v>
       </c>
       <c r="G13" t="n">
-        <v>3749380.29</v>
+        <v>3873131.76</v>
       </c>
       <c r="H13" t="n">
-        <v>2.87902354</v>
+        <v>2.9887898</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>43</v>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>99</v>
       </c>
       <c r="F14" t="n">
-        <v>101617</v>
+        <v>28897</v>
       </c>
       <c r="G14" t="n">
-        <v>3674470.72</v>
+        <v>3636109.51</v>
       </c>
       <c r="H14" t="n">
-        <v>2.82150299</v>
+        <v>2.80588622</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
         <v>59</v>
       </c>
       <c r="E15" t="s">
         <v>100</v>
       </c>
       <c r="F15" t="n">
-        <v>46497</v>
+        <v>70015</v>
       </c>
       <c r="G15" t="n">
-        <v>3639785.16</v>
+        <v>3617675.05</v>
       </c>
       <c r="H15" t="n">
-        <v>2.79486911</v>
+        <v>2.79166085</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>43</v>
       </c>
       <c r="D16" t="s">
         <v>60</v>
       </c>
       <c r="E16" t="s">
         <v>101</v>
       </c>
       <c r="F16" t="n">
-        <v>59351</v>
+        <v>31126</v>
       </c>
       <c r="G16" t="n">
-        <v>3400218.79</v>
+        <v>3239594.08</v>
       </c>
       <c r="H16" t="n">
-        <v>2.61091412</v>
+        <v>2.49990611</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>43</v>
       </c>
       <c r="D17" t="s">
         <v>61</v>
       </c>
       <c r="E17" t="s">
         <v>102</v>
       </c>
       <c r="F17" t="n">
-        <v>71200</v>
+        <v>117382</v>
       </c>
       <c r="G17" t="n">
-        <v>3364912</v>
+        <v>3111796.82</v>
       </c>
       <c r="H17" t="n">
-        <v>2.58380321</v>
+        <v>2.40128846</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>62</v>
       </c>
       <c r="E18" t="s">
         <v>103</v>
       </c>
       <c r="F18" t="n">
-        <v>68562</v>
+        <v>91339</v>
       </c>
       <c r="G18" t="n">
-        <v>2741794.38</v>
+        <v>3064423.45</v>
       </c>
       <c r="H18" t="n">
-        <v>2.10533207</v>
+        <v>2.36473173</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>43</v>
       </c>
       <c r="D19" t="s">
         <v>63</v>
       </c>
       <c r="E19" t="s">
         <v>104</v>
       </c>
       <c r="F19" t="n">
-        <v>31653</v>
+        <v>58364</v>
       </c>
       <c r="G19" t="n">
-        <v>2572439.31</v>
+        <v>2969560.32</v>
       </c>
       <c r="H19" t="n">
-        <v>1.97528998</v>
+        <v>2.29152845</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>43</v>
       </c>
       <c r="D20" t="s">
         <v>64</v>
       </c>
       <c r="E20" t="s">
         <v>105</v>
       </c>
       <c r="F20" t="n">
-        <v>40316</v>
+        <v>73240</v>
       </c>
       <c r="G20" t="n">
-        <v>2529022.68</v>
+        <v>2860022</v>
       </c>
       <c r="H20" t="n">
-        <v>1.9419518</v>
+        <v>2.20700072</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>43</v>
       </c>
       <c r="D21" t="s">
         <v>65</v>
       </c>
       <c r="E21" t="s">
         <v>106</v>
       </c>
       <c r="F21" t="n">
-        <v>29386</v>
+        <v>39645</v>
       </c>
       <c r="G21" t="n">
-        <v>1797541.62</v>
+        <v>2811226.95</v>
       </c>
       <c r="H21" t="n">
-        <v>1.380272</v>
+        <v>2.16934692</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
         <v>66</v>
       </c>
       <c r="E22" t="s">
         <v>107</v>
       </c>
       <c r="F22" t="n">
-        <v>26553</v>
+        <v>26111</v>
       </c>
       <c r="G22" t="n">
-        <v>1730990.07</v>
+        <v>1730898.19</v>
       </c>
       <c r="H22" t="n">
-        <v>1.32916929</v>
+        <v>1.33568677</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>43</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
       <c r="E23" t="s">
         <v>108</v>
       </c>
       <c r="F23" t="n">
-        <v>67865</v>
+        <v>66736</v>
       </c>
       <c r="G23" t="n">
-        <v>1652512.75</v>
+        <v>1642372.96</v>
       </c>
       <c r="H23" t="n">
-        <v>1.26890919</v>
+        <v>1.26737427</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>43</v>
       </c>
       <c r="D24" t="s">
         <v>68</v>
       </c>
       <c r="E24" t="s">
         <v>109</v>
       </c>
       <c r="F24" t="n">
-        <v>43975</v>
+        <v>43243</v>
       </c>
       <c r="G24" t="n">
-        <v>1631032.75</v>
+        <v>1610801.75</v>
       </c>
       <c r="H24" t="n">
-        <v>1.25241542</v>
+        <v>1.24301164</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>43</v>
       </c>
       <c r="D25" t="s">
         <v>69</v>
       </c>
       <c r="E25" t="s">
         <v>110</v>
       </c>
       <c r="F25" t="n">
-        <v>33152</v>
+        <v>70740</v>
       </c>
       <c r="G25" t="n">
-        <v>1284308.48</v>
+        <v>1358208</v>
       </c>
       <c r="H25" t="n">
-        <v>0.98617746</v>
+        <v>1.04809195</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>43</v>
       </c>
       <c r="D26" t="s">
         <v>70</v>
       </c>
       <c r="E26" t="s">
         <v>111</v>
       </c>
       <c r="F26" t="n">
-        <v>71937</v>
+        <v>32600</v>
       </c>
       <c r="G26" t="n">
-        <v>1142359.56</v>
+        <v>1232606</v>
       </c>
       <c r="H26" t="n">
-        <v>0.87717964</v>
+        <v>0.95116832</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>43</v>
       </c>
       <c r="D27" t="s">
         <v>71</v>
       </c>
       <c r="E27" t="s">
         <v>112</v>
       </c>
       <c r="F27" t="n">
-        <v>28077</v>
+        <v>67683</v>
       </c>
       <c r="G27" t="n">
-        <v>707259.63</v>
+        <v>831147.24</v>
       </c>
       <c r="H27" t="n">
-        <v>0.54308098</v>
+        <v>0.64137358</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>43</v>
       </c>
       <c r="D28" t="s">
         <v>72</v>
       </c>
       <c r="E28" t="s">
         <v>113</v>
       </c>
       <c r="F28" t="n">
-        <v>21618</v>
+        <v>20180</v>
       </c>
       <c r="G28" t="n">
-        <v>653187.87</v>
+        <v>799531.6</v>
       </c>
       <c r="H28" t="n">
-        <v>0.50156109</v>
+        <v>0.61697666</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>43</v>
       </c>
       <c r="D29" t="s">
         <v>73</v>
       </c>
       <c r="E29" t="s">
         <v>114</v>
       </c>
       <c r="F29" t="n">
-        <v>68831</v>
+        <v>21258</v>
       </c>
       <c r="G29" t="n">
-        <v>649076.33</v>
+        <v>753808.68</v>
       </c>
       <c r="H29" t="n">
-        <v>0.49840397</v>
+        <v>0.58169353</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>43</v>
       </c>
       <c r="D30" t="s">
         <v>74</v>
       </c>
       <c r="E30" t="s">
         <v>115</v>
       </c>
       <c r="F30" t="n">
-        <v>20523</v>
+        <v>27609</v>
       </c>
       <c r="G30" t="n">
-        <v>628619.49</v>
+        <v>654057.21</v>
       </c>
       <c r="H30" t="n">
-        <v>0.48269585</v>
+        <v>0.50471805</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>43</v>
       </c>
       <c r="D31" t="s">
         <v>75</v>
       </c>
       <c r="E31" t="s">
         <v>116</v>
       </c>
       <c r="F31" t="n">
-        <v>22941</v>
+        <v>22558</v>
       </c>
       <c r="G31" t="n">
-        <v>567789.75</v>
+        <v>612675.28</v>
       </c>
       <c r="H31" t="n">
-        <v>0.43598673</v>
+        <v>0.47278475</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>43</v>
       </c>
       <c r="D32" t="s">
         <v>76</v>
       </c>
       <c r="E32" t="s">
         <v>117</v>
       </c>
       <c r="F32" t="n">
-        <v>37303</v>
+        <v>36680</v>
       </c>
       <c r="G32" t="n">
-        <v>479716.58</v>
+        <v>553134.4</v>
       </c>
       <c r="H32" t="n">
-        <v>0.36835829</v>
+        <v>0.42683868</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>43</v>
       </c>
       <c r="D33" t="s">
         <v>77</v>
       </c>
       <c r="E33" t="s">
         <v>118</v>
       </c>
       <c r="F33" t="n">
-        <v>20517</v>
+        <v>20178</v>
       </c>
       <c r="G33" t="n">
-        <v>397209.12</v>
+        <v>410622.3</v>
       </c>
       <c r="H33" t="n">
-        <v>0.30500358</v>
+        <v>0.31686599</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>43</v>
       </c>
       <c r="D34" t="s">
         <v>78</v>
       </c>
       <c r="E34" t="s">
         <v>119</v>
       </c>
       <c r="F34" t="n">
-        <v>15686</v>
+        <v>20939</v>
       </c>
       <c r="G34" t="n">
-        <v>284857.76</v>
+        <v>312200.49</v>
       </c>
       <c r="H34" t="n">
-        <v>0.21873273</v>
+        <v>0.24091658</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>43</v>
       </c>
       <c r="D35" t="s">
         <v>79</v>
       </c>
       <c r="E35" t="s">
         <v>120</v>
       </c>
       <c r="F35" t="n">
-        <v>29990</v>
+        <v>29494</v>
       </c>
       <c r="G35" t="n">
-        <v>277707.4</v>
+        <v>284912.04</v>
       </c>
       <c r="H35" t="n">
-        <v>0.21324221</v>
+        <v>0.21985883</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>43</v>
       </c>
       <c r="D36" t="s">
         <v>80</v>
       </c>
       <c r="E36" t="s">
         <v>121</v>
       </c>
       <c r="F36" t="n">
-        <v>21295</v>
+        <v>13956</v>
       </c>
       <c r="G36" t="n">
-        <v>273001.9</v>
+        <v>265861.8</v>
       </c>
       <c r="H36" t="n">
-        <v>0.20962901</v>
+        <v>0.20515828</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" t="s">
         <v>43</v>
       </c>
       <c r="D37" t="s">
         <v>81</v>
       </c>
       <c r="E37" t="s">
         <v>122</v>
       </c>
       <c r="F37" t="n">
-        <v>14191</v>
+        <v>15426</v>
       </c>
       <c r="G37" t="n">
-        <v>250329.24</v>
+        <v>259928.1</v>
       </c>
       <c r="H37" t="n">
-        <v>0.19221944</v>
+        <v>0.2005794</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" t="s">
         <v>43</v>
       </c>
       <c r="D38" t="s">
         <v>82</v>
       </c>
       <c r="E38" t="s">
         <v>123</v>
       </c>
       <c r="F38" t="n">
-        <v>16601</v>
+        <v>16326</v>
       </c>
       <c r="G38" t="n">
-        <v>224279.51</v>
+        <v>187749</v>
       </c>
       <c r="H38" t="n">
-        <v>0.17221672</v>
+        <v>0.14488077</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B39" t="s">
         <v>39</v>
       </c>
       <c r="C39" t="s">
         <v>43</v>
       </c>
       <c r="D39" t="s">
         <v>83</v>
       </c>
       <c r="E39" t="s">
         <v>124</v>
       </c>
       <c r="F39" t="n">
-        <v>22427</v>
+        <v>22056</v>
       </c>
       <c r="G39" t="n">
-        <v>201394.46</v>
+        <v>178433.04</v>
       </c>
       <c r="H39" t="n">
-        <v>0.15464406</v>
+        <v>0.13769189</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B40" t="s">
         <v>40</v>
       </c>
       <c r="C40" t="s">
         <v>43</v>
       </c>
       <c r="D40" t="s">
         <v>84</v>
       </c>
       <c r="E40" t="s">
         <v>125</v>
       </c>
       <c r="F40" t="n">
-        <v>2414</v>
+        <v>2374</v>
       </c>
       <c r="G40" t="n">
-        <v>174049.4</v>
+        <v>169361.16</v>
       </c>
       <c r="H40" t="n">
-        <v>0.1336467</v>
+        <v>0.13069137</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B41" t="s">
         <v>41</v>
       </c>
       <c r="C41" t="s">
         <v>44</v>
       </c>
       <c r="D41" t="s">
         <v>85</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="n">
-        <v>209043.67</v>
+        <v>84076.03</v>
       </c>
       <c r="G41" t="n">
-        <v>325532.6</v>
+        <v>-35650.42</v>
       </c>
       <c r="H41" t="n">
-        <v>0.24996558</v>
+        <v>-0.02751045</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>