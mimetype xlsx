--- v0 (2025-10-16)
+++ v1 (2025-11-06)
@@ -21,257 +21,257 @@
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
     <t>Galderma</t>
   </si>
   <si>
     <t>Horizon Robotics</t>
   </si>
   <si>
     <t>J&amp;T Global Express</t>
   </si>
   <si>
+    <t>Kokusai Electric</t>
+  </si>
+  <si>
     <t>JX Advanced Metals</t>
   </si>
   <si>
     <t>Midea Group</t>
   </si>
   <si>
+    <t>Kioxia (Toshiba Memory)</t>
+  </si>
+  <si>
     <t>Lottomatica Group</t>
   </si>
   <si>
     <t>Contemporary Amperex Technology (CATL)</t>
   </si>
   <si>
-    <t>Kokusai Electric</t>
-[...1 lines deleted...]
-  <si>
     <t>Porsche AG</t>
   </si>
   <si>
     <t>Zhejiang Leapmotor Technology</t>
   </si>
   <si>
+    <t>Amman Mineral Internasional</t>
+  </si>
+  <si>
     <t>Renk</t>
   </si>
   <si>
-    <t>Amman Mineral Internasional</t>
-[...1 lines deleted...]
-  <si>
     <t>Rakuten Bank</t>
   </si>
   <si>
     <t>CVC Capital Partners</t>
   </si>
   <si>
-    <t>Kioxia (Toshiba Memory)</t>
+    <t>WuXi XDC Cayman</t>
+  </si>
+  <si>
+    <t>Tokyo Metro</t>
   </si>
   <si>
     <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
   </si>
   <si>
-    <t>Tokyo Metro</t>
-[...4 lines deleted...]
-  <si>
     <t>Zabka Group</t>
   </si>
   <si>
     <t>Puig Brands</t>
   </si>
   <si>
     <t>Laopu Gold</t>
   </si>
   <si>
     <t>Ionos Group</t>
   </si>
   <si>
     <t>Jiangsu Hengrui Pharmaceuticals</t>
   </si>
   <si>
     <t>Zhejiang Sanhua Intelligent Controls</t>
   </si>
   <si>
+    <t>S.F. Holding</t>
+  </si>
+  <si>
     <t>Mao Geping Cosmetics</t>
   </si>
   <si>
-    <t>S.F. Holding</t>
-[...1 lines deleted...]
-  <si>
     <t>SCHOTT Pharma</t>
   </si>
   <si>
+    <t>Lens Technology</t>
+  </si>
+  <si>
+    <t>Onewo</t>
+  </si>
+  <si>
     <t>Chifeng Jilong Gold Mining</t>
   </si>
   <si>
-    <t>Lens Technology</t>
-[...1 lines deleted...]
-  <si>
     <t>Springer Nature</t>
   </si>
   <si>
-    <t>Onewo</t>
-[...1 lines deleted...]
-  <si>
     <t>China Resources Beverage</t>
   </si>
   <si>
     <t>Foshan Haitian Flavouring and Food</t>
   </si>
   <si>
     <t>InnoScience Technology Holding</t>
   </si>
   <si>
     <t>Guming Holdings</t>
   </si>
   <si>
     <t>Pertamina Geothermal Energy</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>GALD</t>
   </si>
   <si>
     <t>9660</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
+    <t>6525</t>
+  </si>
+  <si>
     <t>5016</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
+    <t>285A</t>
+  </si>
+  <si>
     <t>LTMC</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>6525</t>
-[...1 lines deleted...]
-  <si>
     <t>P911</t>
   </si>
   <si>
     <t>9863</t>
   </si>
   <si>
+    <t>AMMN</t>
+  </si>
+  <si>
     <t>R3NK</t>
   </si>
   <si>
-    <t>AMMN</t>
-[...1 lines deleted...]
-  <si>
     <t>5838</t>
   </si>
   <si>
     <t>CVC</t>
   </si>
   <si>
-    <t>285A</t>
+    <t>2268</t>
+  </si>
+  <si>
+    <t>9023</t>
   </si>
   <si>
     <t>6990</t>
   </si>
   <si>
-    <t>9023</t>
-[...4 lines deleted...]
-  <si>
     <t>ZAB</t>
   </si>
   <si>
     <t>PUIG</t>
   </si>
   <si>
     <t>6181</t>
   </si>
   <si>
     <t>IOS</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
+    <t>6936</t>
+  </si>
+  <si>
     <t>1318</t>
   </si>
   <si>
-    <t>6936</t>
-[...1 lines deleted...]
-  <si>
     <t>1SXP</t>
   </si>
   <si>
+    <t>6613</t>
+  </si>
+  <si>
+    <t>2602</t>
+  </si>
+  <si>
     <t>6693</t>
   </si>
   <si>
-    <t>6613</t>
-[...1 lines deleted...]
-  <si>
     <t>SPG</t>
   </si>
   <si>
-    <t>2602</t>
-[...1 lines deleted...]
-  <si>
     <t>2460</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>PGEO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Listing Country</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Hong Kong</t>
@@ -288,129 +288,129 @@
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>BRC2T72</t>
   </si>
   <si>
     <t>BS5YNY7</t>
   </si>
   <si>
     <t>BRBTW19</t>
   </si>
   <si>
+    <t>BNGHNG2</t>
+  </si>
+  <si>
     <t>BQB7ZL7</t>
   </si>
   <si>
+    <t>BMGYJ02</t>
+  </si>
+  <si>
     <t>BMXPBZ7</t>
   </si>
   <si>
     <t>BT9QPW8</t>
   </si>
   <si>
-    <t>BNGHNG2</t>
-[...1 lines deleted...]
-  <si>
     <t>BJN59B8</t>
   </si>
   <si>
     <t>BJLVDM7</t>
   </si>
   <si>
+    <t>BRK2Z98</t>
+  </si>
+  <si>
     <t>BMD6RR4</t>
   </si>
   <si>
-    <t>BRK2Z98</t>
-[...1 lines deleted...]
-  <si>
     <t>BRPTWP9</t>
   </si>
   <si>
     <t>BRX9808</t>
   </si>
   <si>
-    <t>BMGYJ02</t>
+    <t>BQHNQ38</t>
+  </si>
+  <si>
+    <t>BQTY1X4</t>
   </si>
   <si>
     <t>BPXZ192</t>
   </si>
   <si>
-    <t>BQTY1X4</t>
-[...4 lines deleted...]
-  <si>
     <t>BRXWDB3</t>
   </si>
   <si>
     <t>BNTCFW4</t>
   </si>
   <si>
     <t>BS854D3</t>
   </si>
   <si>
     <t>BPRD664</t>
   </si>
   <si>
     <t>BMV9P26</t>
   </si>
   <si>
     <t>BV4K4Z5</t>
   </si>
   <si>
+    <t>BRWL0W1</t>
+  </si>
+  <si>
     <t>BPGKFW5</t>
   </si>
   <si>
-    <t>BRWL0W1</t>
-[...1 lines deleted...]
-  <si>
     <t>BRJ9MM2</t>
   </si>
   <si>
+    <t>BVMQ8J7</t>
+  </si>
+  <si>
+    <t>BPJPDT0</t>
+  </si>
+  <si>
     <t>BV0TR57</t>
   </si>
   <si>
-    <t>BVMQ8J7</t>
-[...1 lines deleted...]
-  <si>
     <t>BB22LL8</t>
-  </si>
-[...1 lines deleted...]
-    <t>BPJPDT0</t>
   </si>
   <si>
     <t>BRS8D38</t>
   </si>
   <si>
     <t>BN4Q3S3</t>
   </si>
   <si>
     <t>BRT4261</t>
   </si>
   <si>
     <t>BQPCNJ2</t>
   </si>
   <si>
     <t>BN4DH26</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
@@ -569,1149 +569,1149 @@
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I38"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
+    <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="41.57421875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="16.421875" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
-    <col min="7" max="7" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
+    <col min="7" max="7" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="8" max="8" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
-    <col min="9" max="9" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
+    <col min="9" max="9" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>90</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>40</v>
       </c>
       <c r="D2" t="s">
         <v>43</v>
       </c>
       <c r="E2" t="s">
         <v>81</v>
       </c>
       <c r="F2" t="s">
         <v>91</v>
       </c>
       <c r="G2" t="n">
-        <v>2771</v>
+        <v>3078</v>
       </c>
       <c r="H2" t="n">
-        <v>491362.62</v>
+        <v>556182.67</v>
       </c>
       <c r="I2" t="n">
-        <v>9.59012279</v>
+        <v>10.81647578</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>40</v>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="E3" t="s">
         <v>82</v>
       </c>
       <c r="F3" t="s">
         <v>92</v>
       </c>
       <c r="G3" t="n">
-        <v>345000</v>
+        <v>339000</v>
       </c>
       <c r="H3" t="n">
-        <v>393628.93</v>
+        <v>363210.39</v>
       </c>
       <c r="I3" t="n">
-        <v>7.68261487</v>
+        <v>7.06360806</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>82</v>
       </c>
       <c r="F4" t="s">
         <v>93</v>
       </c>
       <c r="G4" t="n">
-        <v>231200</v>
+        <v>227000</v>
       </c>
       <c r="H4" t="n">
-        <v>301854.85</v>
+        <v>289635.04</v>
       </c>
       <c r="I4" t="n">
-        <v>5.89142307</v>
+        <v>5.63273645</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
         <v>83</v>
       </c>
-      <c r="F5" t="n">
-        <v>6543770</v>
+      <c r="F5" t="s">
+        <v>94</v>
       </c>
       <c r="G5" t="n">
-        <v>20800</v>
+        <v>8000</v>
       </c>
       <c r="H5" t="n">
-        <v>280661.11</v>
+        <v>285510.35</v>
       </c>
       <c r="I5" t="n">
-        <v>5.47777628</v>
+        <v>5.5525207</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>40</v>
       </c>
       <c r="D6" t="s">
         <v>47</v>
       </c>
       <c r="E6" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>94</v>
+        <v>83</v>
+      </c>
+      <c r="F6" t="n">
+        <v>6543770</v>
       </c>
       <c r="G6" t="n">
-        <v>24100</v>
+        <v>20400</v>
       </c>
       <c r="H6" t="n">
-        <v>254819.79</v>
+        <v>267128.67</v>
       </c>
       <c r="I6" t="n">
-        <v>4.9734208</v>
+        <v>5.19503923</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
         <v>48</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F7" t="s">
         <v>95</v>
       </c>
       <c r="G7" t="n">
-        <v>9892</v>
+        <v>23600</v>
       </c>
       <c r="H7" t="n">
-        <v>250186.88</v>
+        <v>256345.22</v>
       </c>
       <c r="I7" t="n">
-        <v>4.88299842</v>
+        <v>4.98532589</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F8" t="s">
         <v>96</v>
       </c>
       <c r="G8" t="n">
-        <v>3400</v>
+        <v>3500</v>
       </c>
       <c r="H8" t="n">
-        <v>237040.47</v>
+        <v>239488.03</v>
       </c>
       <c r="I8" t="n">
-        <v>4.62641463</v>
+        <v>4.65749225</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>50</v>
       </c>
       <c r="E9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F9" t="s">
         <v>97</v>
       </c>
       <c r="G9" t="n">
-        <v>7700</v>
+        <v>9715</v>
       </c>
       <c r="H9" t="n">
-        <v>228210.37</v>
+        <v>235052.2</v>
       </c>
       <c r="I9" t="n">
-        <v>4.454074</v>
+        <v>4.57122555</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>40</v>
       </c>
       <c r="D10" t="s">
         <v>51</v>
       </c>
       <c r="E10" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>98</v>
       </c>
       <c r="G10" t="n">
-        <v>4469</v>
+        <v>3300</v>
       </c>
       <c r="H10" t="n">
-        <v>213933.32</v>
+        <v>232386.89</v>
       </c>
       <c r="I10" t="n">
-        <v>4.17542304</v>
+        <v>4.51939139</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>40</v>
       </c>
       <c r="D11" t="s">
         <v>52</v>
       </c>
       <c r="E11" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F11" t="s">
         <v>99</v>
       </c>
       <c r="G11" t="n">
-        <v>27637</v>
+        <v>4392</v>
       </c>
       <c r="H11" t="n">
-        <v>212942.33</v>
+        <v>231700.71</v>
       </c>
       <c r="I11" t="n">
-        <v>4.15608149</v>
+        <v>4.50604676</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>40</v>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F12" t="s">
         <v>100</v>
       </c>
       <c r="G12" t="n">
-        <v>2756</v>
+        <v>27137</v>
       </c>
       <c r="H12" t="n">
-        <v>210781.73</v>
+        <v>201047.13</v>
       </c>
       <c r="I12" t="n">
-        <v>4.11391219</v>
+        <v>3.90990502</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>54</v>
       </c>
       <c r="E13" t="s">
         <v>86</v>
       </c>
       <c r="F13" t="s">
         <v>101</v>
       </c>
       <c r="G13" t="n">
-        <v>470600</v>
+        <v>462900</v>
       </c>
       <c r="H13" t="n">
-        <v>205967.4</v>
+        <v>198128.4</v>
       </c>
       <c r="I13" t="n">
-        <v>4.01994897</v>
+        <v>3.85314242</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>102</v>
       </c>
       <c r="G14" t="n">
-        <v>3800</v>
+        <v>2706</v>
       </c>
       <c r="H14" t="n">
-        <v>199596.72</v>
+        <v>198060.81</v>
       </c>
       <c r="I14" t="n">
-        <v>3.89560983</v>
+        <v>3.85182795</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>56</v>
       </c>
       <c r="E15" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="F15" t="s">
         <v>103</v>
       </c>
       <c r="G15" t="n">
-        <v>9272</v>
+        <v>3700</v>
       </c>
       <c r="H15" t="n">
-        <v>162275.52</v>
+        <v>195263.77</v>
       </c>
       <c r="I15" t="n">
-        <v>3.16719689</v>
+        <v>3.79743195</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>57</v>
       </c>
       <c r="E16" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F16" t="s">
         <v>104</v>
       </c>
       <c r="G16" t="n">
-        <v>3500</v>
+        <v>9126</v>
       </c>
       <c r="H16" t="n">
-        <v>146238.27</v>
+        <v>149193.03</v>
       </c>
       <c r="I16" t="n">
-        <v>2.8541914</v>
+        <v>2.90146185</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>58</v>
       </c>
       <c r="E17" t="s">
         <v>82</v>
       </c>
       <c r="F17" t="s">
         <v>105</v>
       </c>
       <c r="G17" t="n">
-        <v>2300</v>
+        <v>15500</v>
       </c>
       <c r="H17" t="n">
-        <v>138635.49</v>
+        <v>141248.91</v>
       </c>
       <c r="I17" t="n">
-        <v>2.70580487</v>
+        <v>2.74696695</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18" t="s">
         <v>59</v>
       </c>
       <c r="E18" t="s">
         <v>83</v>
       </c>
       <c r="F18" t="s">
         <v>106</v>
       </c>
       <c r="G18" t="n">
-        <v>12800</v>
+        <v>12600</v>
       </c>
       <c r="H18" t="n">
-        <v>136665.34</v>
+        <v>133186.68</v>
       </c>
       <c r="I18" t="n">
-        <v>2.66735266</v>
+        <v>2.59017509</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>82</v>
       </c>
       <c r="F19" t="s">
         <v>107</v>
       </c>
       <c r="G19" t="n">
-        <v>15000</v>
+        <v>2300</v>
       </c>
       <c r="H19" t="n">
-        <v>134290.34</v>
+        <v>128449.15</v>
       </c>
       <c r="I19" t="n">
-        <v>2.62099882</v>
+        <v>2.49804101</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
         <v>88</v>
       </c>
       <c r="F20" t="s">
         <v>108</v>
       </c>
       <c r="G20" t="n">
         <v>18662</v>
       </c>
       <c r="H20" t="n">
-        <v>110845.15</v>
+        <v>108590.82</v>
       </c>
       <c r="I20" t="n">
-        <v>2.16340958</v>
+        <v>2.11184209</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>40</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21" t="s">
         <v>89</v>
       </c>
       <c r="F21" t="s">
         <v>109</v>
       </c>
       <c r="G21" t="n">
-        <v>6428</v>
+        <v>6289</v>
       </c>
       <c r="H21" t="n">
-        <v>102545.6</v>
+        <v>106787.2</v>
       </c>
       <c r="I21" t="n">
-        <v>2.00142391</v>
+        <v>2.07676583</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>40</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
       <c r="E22" t="s">
         <v>82</v>
       </c>
       <c r="F22" t="s">
         <v>110</v>
       </c>
       <c r="G22" t="n">
         <v>1000</v>
       </c>
       <c r="H22" t="n">
-        <v>97309.05</v>
+        <v>80774.3</v>
       </c>
       <c r="I22" t="n">
-        <v>1.89922005</v>
+        <v>1.57087466</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
       <c r="E23" t="s">
         <v>85</v>
       </c>
       <c r="F23" t="s">
         <v>111</v>
       </c>
       <c r="G23" t="n">
-        <v>2170</v>
+        <v>2123</v>
       </c>
       <c r="H23" t="n">
-        <v>84523.3</v>
+        <v>71828.77</v>
       </c>
       <c r="I23" t="n">
-        <v>1.6496754</v>
+        <v>1.39690464</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>40</v>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>82</v>
       </c>
       <c r="F24" t="s">
         <v>112</v>
       </c>
       <c r="G24" t="n">
-        <v>7200</v>
+        <v>7000</v>
       </c>
       <c r="H24" t="n">
-        <v>75758.28</v>
+        <v>65095.34</v>
       </c>
       <c r="I24" t="n">
-        <v>1.47860496</v>
+        <v>1.26595489</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>40</v>
       </c>
       <c r="D25" t="s">
         <v>66</v>
       </c>
       <c r="E25" t="s">
         <v>82</v>
       </c>
       <c r="F25" t="s">
         <v>113</v>
       </c>
       <c r="G25" t="n">
-        <v>12400</v>
+        <v>12144</v>
       </c>
       <c r="H25" t="n">
-        <v>63003.27</v>
+        <v>56075.06</v>
       </c>
       <c r="I25" t="n">
-        <v>1.22966028</v>
+        <v>1.09053115</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>40</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
       <c r="E26" t="s">
         <v>82</v>
       </c>
       <c r="F26" t="s">
         <v>114</v>
       </c>
       <c r="G26" t="n">
-        <v>4000</v>
+        <v>10200</v>
       </c>
       <c r="H26" t="n">
-        <v>55208.25</v>
+        <v>46311.46</v>
       </c>
       <c r="I26" t="n">
-        <v>1.07752172</v>
+        <v>0.90065155</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>40</v>
       </c>
       <c r="D27" t="s">
         <v>68</v>
       </c>
       <c r="E27" t="s">
         <v>82</v>
       </c>
       <c r="F27" t="s">
         <v>115</v>
       </c>
       <c r="G27" t="n">
-        <v>10600</v>
+        <v>3900</v>
       </c>
       <c r="H27" t="n">
-        <v>51648.79</v>
+        <v>42713.27</v>
       </c>
       <c r="I27" t="n">
-        <v>1.0080503</v>
+        <v>0.83067502</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>40</v>
       </c>
       <c r="D28" t="s">
         <v>69</v>
       </c>
       <c r="E28" t="s">
         <v>85</v>
       </c>
       <c r="F28" t="s">
         <v>116</v>
       </c>
       <c r="G28" t="n">
-        <v>1531</v>
+        <v>1486</v>
       </c>
       <c r="H28" t="n">
-        <v>35548.47</v>
+        <v>31787.89</v>
       </c>
       <c r="I28" t="n">
-        <v>0.69381385</v>
+        <v>0.61820147</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>40</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="E29" t="s">
         <v>82</v>
       </c>
       <c r="F29" t="s">
         <v>117</v>
       </c>
       <c r="G29" t="n">
-        <v>8000</v>
+        <v>9600</v>
       </c>
       <c r="H29" t="n">
-        <v>34802.29</v>
+        <v>31239.59</v>
       </c>
       <c r="I29" t="n">
-        <v>0.67925036</v>
+        <v>0.60753829</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>40</v>
       </c>
       <c r="D30" t="s">
         <v>71</v>
       </c>
       <c r="E30" t="s">
         <v>82</v>
       </c>
       <c r="F30" t="s">
         <v>118</v>
       </c>
       <c r="G30" t="n">
-        <v>9600</v>
+        <v>10300</v>
       </c>
       <c r="H30" t="n">
-        <v>32773.02</v>
+        <v>29834.53</v>
       </c>
       <c r="I30" t="n">
-        <v>0.63964427</v>
+        <v>0.5802131</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31" t="s">
         <v>72</v>
       </c>
       <c r="E31" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F31" t="s">
         <v>119</v>
       </c>
       <c r="G31" t="n">
-        <v>1178</v>
+        <v>8000</v>
       </c>
       <c r="H31" t="n">
-        <v>31138.07</v>
+        <v>28770.06</v>
       </c>
       <c r="I31" t="n">
-        <v>0.60773429</v>
+        <v>0.5595116</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
         <v>73</v>
       </c>
       <c r="E32" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F32" t="s">
         <v>120</v>
       </c>
       <c r="G32" t="n">
-        <v>10300</v>
+        <v>1139</v>
       </c>
       <c r="H32" t="n">
-        <v>30207.61</v>
+        <v>27871.89</v>
       </c>
       <c r="I32" t="n">
-        <v>0.58957413</v>
+        <v>0.54204426</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>74</v>
       </c>
       <c r="E33" t="s">
         <v>82</v>
       </c>
       <c r="F33" t="s">
         <v>121</v>
       </c>
       <c r="G33" t="n">
         <v>17600</v>
       </c>
       <c r="H33" t="n">
-        <v>25627.33</v>
+        <v>23791.89</v>
       </c>
       <c r="I33" t="n">
-        <v>0.50017895</v>
+        <v>0.46269763</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>40</v>
       </c>
       <c r="D34" t="s">
         <v>75</v>
       </c>
       <c r="E34" t="s">
         <v>82</v>
       </c>
       <c r="F34" t="s">
         <v>122</v>
       </c>
       <c r="G34" t="n">
         <v>5400</v>
       </c>
       <c r="H34" t="n">
-        <v>22810.84</v>
+        <v>22614.75</v>
       </c>
       <c r="I34" t="n">
-        <v>0.44520838</v>
+        <v>0.43980496</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>40</v>
       </c>
       <c r="D35" t="s">
         <v>76</v>
       </c>
       <c r="E35" t="s">
         <v>82</v>
       </c>
       <c r="F35" t="s">
         <v>123</v>
       </c>
       <c r="G35" t="n">
         <v>2200</v>
       </c>
       <c r="H35" t="n">
-        <v>22426.74</v>
+        <v>20996.17</v>
       </c>
       <c r="I35" t="n">
-        <v>0.43771175</v>
+        <v>0.40832729</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>40</v>
       </c>
       <c r="D36" t="s">
         <v>77</v>
       </c>
       <c r="E36" t="s">
         <v>82</v>
       </c>
       <c r="F36" t="s">
         <v>124</v>
       </c>
       <c r="G36" t="n">
         <v>6400</v>
       </c>
       <c r="H36" t="n">
-        <v>21371.2</v>
+        <v>17994.66</v>
       </c>
       <c r="I36" t="n">
-        <v>0.41711035</v>
+        <v>0.34995482</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" t="s">
         <v>40</v>
       </c>
       <c r="D37" t="s">
         <v>78</v>
       </c>
       <c r="E37" t="s">
         <v>86</v>
       </c>
       <c r="F37" t="s">
         <v>125</v>
       </c>
       <c r="G37" t="n">
         <v>188000</v>
       </c>
       <c r="H37" t="n">
-        <v>15094.48</v>
+        <v>14292.73</v>
       </c>
       <c r="I37" t="n">
-        <v>0.29460506</v>
+        <v>0.27796078</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>45946</v>
+        <v>45967</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" t="s">
         <v>41</v>
       </c>
       <c r="D38" t="s">
         <v>79</v>
       </c>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38" t="n">
-        <v>6142</v>
+        <v>5732.98</v>
       </c>
       <c r="H38" t="n">
-        <v>11898.99</v>
+        <v>13406.81</v>
       </c>
       <c r="I38" t="n">
-        <v>0.23223739</v>
+        <v>0.26073167</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>