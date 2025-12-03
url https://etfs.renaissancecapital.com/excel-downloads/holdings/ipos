--- v1 (2025-11-06)
+++ v2 (2025-12-03)
@@ -21,396 +21,396 @@
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
     <t>Galderma</t>
   </si>
   <si>
     <t>Horizon Robotics</t>
   </si>
   <si>
     <t>J&amp;T Global Express</t>
   </si>
   <si>
+    <t>Midea Group</t>
+  </si>
+  <si>
+    <t>Lottomatica Group</t>
+  </si>
+  <si>
     <t>Kokusai Electric</t>
   </si>
   <si>
+    <t>Porsche AG</t>
+  </si>
+  <si>
     <t>JX Advanced Metals</t>
   </si>
   <si>
-    <t>Midea Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Kioxia (Toshiba Memory)</t>
   </si>
   <si>
-    <t>Lottomatica Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Contemporary Amperex Technology (CATL)</t>
   </si>
   <si>
-    <t>Porsche AG</t>
+    <t>Amman Mineral Internasional</t>
   </si>
   <si>
     <t>Zhejiang Leapmotor Technology</t>
   </si>
   <si>
-    <t>Amman Mineral Internasional</t>
+    <t>Rakuten Bank</t>
   </si>
   <si>
     <t>Renk</t>
   </si>
   <si>
-    <t>Rakuten Bank</t>
-[...1 lines deleted...]
-  <si>
     <t>CVC Capital Partners</t>
   </si>
   <si>
+    <t>Zabka Group</t>
+  </si>
+  <si>
     <t>WuXi XDC Cayman</t>
   </si>
   <si>
+    <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
+  </si>
+  <si>
     <t>Tokyo Metro</t>
   </si>
   <si>
-    <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
-[...4 lines deleted...]
-  <si>
     <t>Puig Brands</t>
   </si>
   <si>
     <t>Laopu Gold</t>
   </si>
   <si>
     <t>Ionos Group</t>
   </si>
   <si>
     <t>Jiangsu Hengrui Pharmaceuticals</t>
   </si>
   <si>
     <t>Zhejiang Sanhua Intelligent Controls</t>
   </si>
   <si>
     <t>S.F. Holding</t>
   </si>
   <si>
     <t>Mao Geping Cosmetics</t>
   </si>
   <si>
     <t>SCHOTT Pharma</t>
   </si>
   <si>
+    <t>Chifeng Jilong Gold Mining</t>
+  </si>
+  <si>
     <t>Lens Technology</t>
   </si>
   <si>
+    <t>Springer Nature</t>
+  </si>
+  <si>
     <t>Onewo</t>
   </si>
   <si>
-    <t>Chifeng Jilong Gold Mining</t>
-[...4 lines deleted...]
-  <si>
     <t>China Resources Beverage</t>
   </si>
   <si>
     <t>Foshan Haitian Flavouring and Food</t>
   </si>
   <si>
     <t>InnoScience Technology Holding</t>
   </si>
   <si>
     <t>Guming Holdings</t>
   </si>
   <si>
     <t>Pertamina Geothermal Energy</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>GALD</t>
   </si>
   <si>
     <t>9660</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>LTMC</t>
+  </si>
+  <si>
     <t>6525</t>
   </si>
   <si>
+    <t>P911</t>
+  </si>
+  <si>
     <t>5016</t>
   </si>
   <si>
-    <t>300</t>
-[...1 lines deleted...]
-  <si>
     <t>285A</t>
   </si>
   <si>
-    <t>LTMC</t>
-[...1 lines deleted...]
-  <si>
     <t>3750</t>
   </si>
   <si>
-    <t>P911</t>
+    <t>AMMN</t>
   </si>
   <si>
     <t>9863</t>
   </si>
   <si>
-    <t>AMMN</t>
+    <t>5838</t>
   </si>
   <si>
     <t>R3NK</t>
   </si>
   <si>
-    <t>5838</t>
-[...1 lines deleted...]
-  <si>
     <t>CVC</t>
   </si>
   <si>
+    <t>ZAB</t>
+  </si>
+  <si>
     <t>2268</t>
   </si>
   <si>
+    <t>6990</t>
+  </si>
+  <si>
     <t>9023</t>
   </si>
   <si>
-    <t>6990</t>
-[...4 lines deleted...]
-  <si>
     <t>PUIG</t>
   </si>
   <si>
     <t>6181</t>
   </si>
   <si>
     <t>IOS</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>6936</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>1SXP</t>
   </si>
   <si>
+    <t>6693</t>
+  </si>
+  <si>
     <t>6613</t>
   </si>
   <si>
+    <t>SPG</t>
+  </si>
+  <si>
     <t>2602</t>
   </si>
   <si>
-    <t>6693</t>
-[...4 lines deleted...]
-  <si>
     <t>2460</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
     <t>2577</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>PGEO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Listing Country</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
+    <t>Italy</t>
+  </si>
+  <si>
     <t>Japan</t>
   </si>
   <si>
-    <t>Italy</t>
-[...1 lines deleted...]
-  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>BRC2T72</t>
   </si>
   <si>
     <t>BS5YNY7</t>
   </si>
   <si>
     <t>BRBTW19</t>
   </si>
   <si>
+    <t>BQB7ZL7</t>
+  </si>
+  <si>
+    <t>BMXPBZ7</t>
+  </si>
+  <si>
     <t>BNGHNG2</t>
   </si>
   <si>
-    <t>BQB7ZL7</t>
+    <t>BJN59B8</t>
   </si>
   <si>
     <t>BMGYJ02</t>
   </si>
   <si>
-    <t>BMXPBZ7</t>
-[...1 lines deleted...]
-  <si>
     <t>BT9QPW8</t>
   </si>
   <si>
-    <t>BJN59B8</t>
+    <t>BRK2Z98</t>
   </si>
   <si>
     <t>BJLVDM7</t>
   </si>
   <si>
-    <t>BRK2Z98</t>
+    <t>BRPTWP9</t>
   </si>
   <si>
     <t>BMD6RR4</t>
   </si>
   <si>
-    <t>BRPTWP9</t>
-[...1 lines deleted...]
-  <si>
     <t>BRX9808</t>
   </si>
   <si>
+    <t>BRXWDB3</t>
+  </si>
+  <si>
     <t>BQHNQ38</t>
   </si>
   <si>
+    <t>BPXZ192</t>
+  </si>
+  <si>
     <t>BQTY1X4</t>
   </si>
   <si>
-    <t>BPXZ192</t>
-[...4 lines deleted...]
-  <si>
     <t>BNTCFW4</t>
   </si>
   <si>
     <t>BS854D3</t>
   </si>
   <si>
     <t>BPRD664</t>
   </si>
   <si>
     <t>BMV9P26</t>
   </si>
   <si>
     <t>BV4K4Z5</t>
   </si>
   <si>
     <t>BRWL0W1</t>
   </si>
   <si>
     <t>BPGKFW5</t>
   </si>
   <si>
     <t>BRJ9MM2</t>
   </si>
   <si>
+    <t>BV0TR57</t>
+  </si>
+  <si>
     <t>BVMQ8J7</t>
   </si>
   <si>
+    <t>BB22LL8</t>
+  </si>
+  <si>
     <t>BPJPDT0</t>
-  </si>
-[...4 lines deleted...]
-    <t>BB22LL8</t>
   </si>
   <si>
     <t>BRS8D38</t>
   </si>
   <si>
     <t>BN4Q3S3</t>
   </si>
   <si>
     <t>BRT4261</t>
   </si>
   <si>
     <t>BQPCNJ2</t>
   </si>
   <si>
     <t>BN4DH26</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
@@ -611,1107 +611,1107 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>42</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>80</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>90</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>126</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>127</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>40</v>
       </c>
       <c r="D2" t="s">
         <v>43</v>
       </c>
       <c r="E2" t="s">
         <v>81</v>
       </c>
       <c r="F2" t="s">
         <v>91</v>
       </c>
       <c r="G2" t="n">
-        <v>3078</v>
+        <v>3060</v>
       </c>
       <c r="H2" t="n">
-        <v>556182.67</v>
+        <v>602435.71</v>
       </c>
       <c r="I2" t="n">
-        <v>10.81647578</v>
+        <v>12.18915279</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>40</v>
       </c>
       <c r="D3" t="s">
         <v>44</v>
       </c>
       <c r="E3" t="s">
         <v>82</v>
       </c>
       <c r="F3" t="s">
         <v>92</v>
       </c>
       <c r="G3" t="n">
-        <v>339000</v>
+        <v>337200</v>
       </c>
       <c r="H3" t="n">
-        <v>363210.39</v>
+        <v>346581.53</v>
       </c>
       <c r="I3" t="n">
-        <v>7.06360806</v>
+        <v>7.01242498</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>45</v>
       </c>
       <c r="E4" t="s">
         <v>82</v>
       </c>
       <c r="F4" t="s">
         <v>93</v>
       </c>
       <c r="G4" t="n">
-        <v>227000</v>
+        <v>225800</v>
       </c>
       <c r="H4" t="n">
-        <v>289635.04</v>
+        <v>298805.8</v>
       </c>
       <c r="I4" t="n">
-        <v>5.63273645</v>
+        <v>6.045773</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>40</v>
       </c>
       <c r="D5" t="s">
         <v>46</v>
       </c>
       <c r="E5" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F5" t="s">
         <v>94</v>
       </c>
       <c r="G5" t="n">
-        <v>8000</v>
+        <v>23500</v>
       </c>
       <c r="H5" t="n">
-        <v>285510.35</v>
+        <v>273089.05</v>
       </c>
       <c r="I5" t="n">
-        <v>5.5525207</v>
+        <v>5.52544297</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>40</v>
       </c>
       <c r="D6" t="s">
         <v>47</v>
       </c>
       <c r="E6" t="s">
         <v>83</v>
       </c>
-      <c r="F6" t="n">
-        <v>6543770</v>
+      <c r="F6" t="s">
+        <v>95</v>
       </c>
       <c r="G6" t="n">
-        <v>20400</v>
+        <v>9659</v>
       </c>
       <c r="H6" t="n">
-        <v>267128.67</v>
+        <v>253766.09</v>
       </c>
       <c r="I6" t="n">
-        <v>5.19503923</v>
+        <v>5.13447924</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>40</v>
       </c>
       <c r="D7" t="s">
         <v>48</v>
       </c>
       <c r="E7" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F7" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="G7" t="n">
-        <v>23600</v>
+        <v>7900</v>
       </c>
       <c r="H7" t="n">
-        <v>256345.22</v>
+        <v>224092.27</v>
       </c>
       <c r="I7" t="n">
-        <v>4.98532589</v>
+        <v>4.53408534</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>40</v>
       </c>
       <c r="D8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="G8" t="n">
-        <v>3500</v>
+        <v>4366</v>
       </c>
       <c r="H8" t="n">
-        <v>239488.03</v>
+        <v>222864.12</v>
       </c>
       <c r="I8" t="n">
-        <v>4.65749225</v>
+        <v>4.50923603</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>40</v>
       </c>
       <c r="D9" t="s">
         <v>50</v>
       </c>
       <c r="E9" t="s">
         <v>84</v>
       </c>
-      <c r="F9" t="s">
-        <v>97</v>
+      <c r="F9" t="n">
+        <v>6543770</v>
       </c>
       <c r="G9" t="n">
-        <v>9715</v>
+        <v>20300</v>
       </c>
       <c r="H9" t="n">
-        <v>235052.2</v>
+        <v>217125.53</v>
       </c>
       <c r="I9" t="n">
-        <v>4.57122555</v>
+        <v>4.39312646</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>40</v>
       </c>
       <c r="D10" t="s">
         <v>51</v>
       </c>
       <c r="E10" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F10" t="s">
         <v>98</v>
       </c>
       <c r="G10" t="n">
-        <v>3300</v>
+        <v>3500</v>
       </c>
       <c r="H10" t="n">
-        <v>232386.89</v>
+        <v>206984.06</v>
       </c>
       <c r="I10" t="n">
-        <v>4.51939139</v>
+        <v>4.1879329</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>40</v>
       </c>
       <c r="D11" t="s">
         <v>52</v>
       </c>
       <c r="E11" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F11" t="s">
         <v>99</v>
       </c>
       <c r="G11" t="n">
-        <v>4392</v>
+        <v>3300</v>
       </c>
       <c r="H11" t="n">
-        <v>231700.71</v>
+        <v>202575.98</v>
       </c>
       <c r="I11" t="n">
-        <v>4.50604676</v>
+        <v>4.0987437</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>40</v>
       </c>
       <c r="D12" t="s">
         <v>53</v>
       </c>
       <c r="E12" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F12" t="s">
         <v>100</v>
       </c>
       <c r="G12" t="n">
-        <v>27137</v>
+        <v>462900</v>
       </c>
       <c r="H12" t="n">
-        <v>201047.13</v>
+        <v>185912</v>
       </c>
       <c r="I12" t="n">
-        <v>3.90990502</v>
+        <v>3.76157943</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>40</v>
       </c>
       <c r="D13" t="s">
         <v>54</v>
       </c>
       <c r="E13" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F13" t="s">
         <v>101</v>
       </c>
       <c r="G13" t="n">
-        <v>462900</v>
+        <v>26937</v>
       </c>
       <c r="H13" t="n">
-        <v>198128.4</v>
+        <v>182038.32</v>
       </c>
       <c r="I13" t="n">
-        <v>3.85314242</v>
+        <v>3.6832028</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>55</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F14" t="s">
         <v>102</v>
       </c>
       <c r="G14" t="n">
-        <v>2706</v>
+        <v>3700</v>
       </c>
       <c r="H14" t="n">
-        <v>198060.81</v>
+        <v>171070.55</v>
       </c>
       <c r="I14" t="n">
-        <v>3.85182795</v>
+        <v>3.46129062</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>40</v>
       </c>
       <c r="D15" t="s">
         <v>56</v>
       </c>
       <c r="E15" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
         <v>103</v>
       </c>
       <c r="G15" t="n">
-        <v>3700</v>
+        <v>2690</v>
       </c>
       <c r="H15" t="n">
-        <v>195263.77</v>
+        <v>153119.69</v>
       </c>
       <c r="I15" t="n">
-        <v>3.79743195</v>
+        <v>3.09808875</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>40</v>
       </c>
       <c r="D16" t="s">
         <v>57</v>
       </c>
       <c r="E16" t="s">
         <v>87</v>
       </c>
       <c r="F16" t="s">
         <v>104</v>
       </c>
       <c r="G16" t="n">
-        <v>9126</v>
+        <v>9064</v>
       </c>
       <c r="H16" t="n">
-        <v>149193.03</v>
+        <v>145409.23</v>
       </c>
       <c r="I16" t="n">
-        <v>2.90146185</v>
+        <v>2.9420821</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>58</v>
       </c>
       <c r="E17" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="F17" t="s">
         <v>105</v>
       </c>
       <c r="G17" t="n">
-        <v>15500</v>
+        <v>22226</v>
       </c>
       <c r="H17" t="n">
-        <v>141248.91</v>
+        <v>140694.07</v>
       </c>
       <c r="I17" t="n">
-        <v>2.74696695</v>
+        <v>2.84667972</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>40</v>
       </c>
       <c r="D18" t="s">
         <v>59</v>
       </c>
       <c r="E18" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F18" t="s">
         <v>106</v>
       </c>
       <c r="G18" t="n">
-        <v>12600</v>
+        <v>15500</v>
       </c>
       <c r="H18" t="n">
-        <v>133186.68</v>
+        <v>130337.45</v>
       </c>
       <c r="I18" t="n">
-        <v>2.59017509</v>
+        <v>2.637133</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>40</v>
       </c>
       <c r="D19" t="s">
         <v>60</v>
       </c>
       <c r="E19" t="s">
         <v>82</v>
       </c>
       <c r="F19" t="s">
         <v>107</v>
       </c>
       <c r="G19" t="n">
         <v>2300</v>
       </c>
       <c r="H19" t="n">
-        <v>128449.15</v>
+        <v>129487.57</v>
       </c>
       <c r="I19" t="n">
-        <v>2.49804101</v>
+        <v>2.61993728</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>61</v>
       </c>
       <c r="E20" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F20" t="s">
         <v>108</v>
       </c>
       <c r="G20" t="n">
-        <v>18662</v>
+        <v>12500</v>
       </c>
       <c r="H20" t="n">
-        <v>108590.82</v>
+        <v>129126.43</v>
       </c>
       <c r="I20" t="n">
-        <v>2.11184209</v>
+        <v>2.61263029</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>40</v>
       </c>
       <c r="D21" t="s">
         <v>62</v>
       </c>
       <c r="E21" t="s">
         <v>89</v>
       </c>
       <c r="F21" t="s">
         <v>109</v>
       </c>
       <c r="G21" t="n">
-        <v>6289</v>
+        <v>6229</v>
       </c>
       <c r="H21" t="n">
-        <v>106787.2</v>
+        <v>104925.18</v>
       </c>
       <c r="I21" t="n">
-        <v>2.07676583</v>
+        <v>2.12296355</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>40</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
       <c r="E22" t="s">
         <v>82</v>
       </c>
       <c r="F22" t="s">
         <v>110</v>
       </c>
       <c r="G22" t="n">
         <v>1000</v>
       </c>
       <c r="H22" t="n">
-        <v>80774.3</v>
+        <v>85501.93</v>
       </c>
       <c r="I22" t="n">
-        <v>1.57087466</v>
+        <v>1.72997064</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
       <c r="E23" t="s">
         <v>85</v>
       </c>
       <c r="F23" t="s">
         <v>111</v>
       </c>
       <c r="G23" t="n">
         <v>2123</v>
       </c>
       <c r="H23" t="n">
-        <v>71828.77</v>
+        <v>65031.47</v>
       </c>
       <c r="I23" t="n">
-        <v>1.39690464</v>
+        <v>1.3157894</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>40</v>
       </c>
       <c r="D24" t="s">
         <v>65</v>
       </c>
       <c r="E24" t="s">
         <v>82</v>
       </c>
       <c r="F24" t="s">
         <v>112</v>
       </c>
       <c r="G24" t="n">
         <v>7000</v>
       </c>
       <c r="H24" t="n">
-        <v>65095.34</v>
+        <v>64572.91</v>
       </c>
       <c r="I24" t="n">
-        <v>1.26595489</v>
+        <v>1.30651131</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>40</v>
       </c>
       <c r="D25" t="s">
         <v>66</v>
       </c>
       <c r="E25" t="s">
         <v>82</v>
       </c>
       <c r="F25" t="s">
         <v>113</v>
       </c>
       <c r="G25" t="n">
         <v>12144</v>
       </c>
       <c r="H25" t="n">
-        <v>56075.06</v>
+        <v>52704.69</v>
       </c>
       <c r="I25" t="n">
-        <v>1.09053115</v>
+        <v>1.06638021</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>40</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
       <c r="E26" t="s">
         <v>82</v>
       </c>
       <c r="F26" t="s">
         <v>114</v>
       </c>
       <c r="G26" t="n">
         <v>10200</v>
       </c>
       <c r="H26" t="n">
-        <v>46311.46</v>
+        <v>46836.3</v>
       </c>
       <c r="I26" t="n">
-        <v>0.90065155</v>
+        <v>0.94764438</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>40</v>
       </c>
       <c r="D27" t="s">
         <v>68</v>
       </c>
       <c r="E27" t="s">
         <v>82</v>
       </c>
       <c r="F27" t="s">
         <v>115</v>
       </c>
       <c r="G27" t="n">
         <v>3900</v>
       </c>
       <c r="H27" t="n">
-        <v>42713.27</v>
+        <v>46072.76</v>
       </c>
       <c r="I27" t="n">
-        <v>0.83067502</v>
+        <v>0.93219559</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>40</v>
       </c>
       <c r="D28" t="s">
         <v>69</v>
       </c>
       <c r="E28" t="s">
         <v>85</v>
       </c>
       <c r="F28" t="s">
         <v>116</v>
       </c>
       <c r="G28" t="n">
         <v>1486</v>
       </c>
       <c r="H28" t="n">
-        <v>31787.89</v>
+        <v>32303.78</v>
       </c>
       <c r="I28" t="n">
-        <v>0.61820147</v>
+        <v>0.65360619</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>40</v>
       </c>
       <c r="D29" t="s">
         <v>70</v>
       </c>
       <c r="E29" t="s">
         <v>82</v>
       </c>
       <c r="F29" t="s">
         <v>117</v>
       </c>
       <c r="G29" t="n">
-        <v>9600</v>
+        <v>8000</v>
       </c>
       <c r="H29" t="n">
-        <v>31239.59</v>
+        <v>31410.24</v>
       </c>
       <c r="I29" t="n">
-        <v>0.60753829</v>
+        <v>0.63552709</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>40</v>
       </c>
       <c r="D30" t="s">
         <v>71</v>
       </c>
       <c r="E30" t="s">
         <v>82</v>
       </c>
       <c r="F30" t="s">
         <v>118</v>
       </c>
       <c r="G30" t="n">
-        <v>10300</v>
+        <v>9283</v>
       </c>
       <c r="H30" t="n">
-        <v>29834.53</v>
+        <v>29911.88</v>
       </c>
       <c r="I30" t="n">
-        <v>0.5802131</v>
+        <v>0.6052106</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>40</v>
       </c>
       <c r="D31" t="s">
         <v>72</v>
       </c>
       <c r="E31" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F31" t="s">
         <v>119</v>
       </c>
       <c r="G31" t="n">
-        <v>8000</v>
+        <v>1139</v>
       </c>
       <c r="H31" t="n">
-        <v>28770.06</v>
+        <v>27143.8</v>
       </c>
       <c r="I31" t="n">
-        <v>0.5595116</v>
+        <v>0.54920371</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>40</v>
       </c>
       <c r="D32" t="s">
         <v>73</v>
       </c>
       <c r="E32" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F32" t="s">
         <v>120</v>
       </c>
       <c r="G32" t="n">
-        <v>1139</v>
+        <v>9900</v>
       </c>
       <c r="H32" t="n">
-        <v>27871.89</v>
+        <v>25718.42</v>
       </c>
       <c r="I32" t="n">
-        <v>0.54204426</v>
+        <v>0.52036383</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>40</v>
       </c>
       <c r="D33" t="s">
         <v>74</v>
       </c>
       <c r="E33" t="s">
         <v>82</v>
       </c>
       <c r="F33" t="s">
         <v>121</v>
       </c>
       <c r="G33" t="n">
-        <v>17600</v>
+        <v>16800</v>
       </c>
       <c r="H33" t="n">
-        <v>23791.89</v>
+        <v>22598.72</v>
       </c>
       <c r="I33" t="n">
-        <v>0.46269763</v>
+        <v>0.45724257</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>40</v>
       </c>
       <c r="D34" t="s">
         <v>75</v>
       </c>
       <c r="E34" t="s">
         <v>82</v>
       </c>
       <c r="F34" t="s">
         <v>122</v>
       </c>
       <c r="G34" t="n">
         <v>5400</v>
       </c>
       <c r="H34" t="n">
-        <v>22614.75</v>
+        <v>22395.21</v>
       </c>
       <c r="I34" t="n">
-        <v>0.43980496</v>
+        <v>0.45312493</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>40</v>
       </c>
       <c r="D35" t="s">
         <v>76</v>
       </c>
       <c r="E35" t="s">
         <v>82</v>
       </c>
       <c r="F35" t="s">
         <v>123</v>
       </c>
       <c r="G35" t="n">
         <v>2200</v>
       </c>
       <c r="H35" t="n">
-        <v>20996.17</v>
+        <v>21057.5</v>
       </c>
       <c r="I35" t="n">
-        <v>0.40832729</v>
+        <v>0.42605888</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>40</v>
       </c>
       <c r="D36" t="s">
         <v>77</v>
       </c>
       <c r="E36" t="s">
         <v>82</v>
       </c>
       <c r="F36" t="s">
         <v>124</v>
       </c>
       <c r="G36" t="n">
         <v>6400</v>
       </c>
       <c r="H36" t="n">
-        <v>17994.66</v>
+        <v>20293.31</v>
       </c>
       <c r="I36" t="n">
-        <v>0.34995482</v>
+        <v>0.41059694</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" t="s">
         <v>40</v>
       </c>
       <c r="D37" t="s">
         <v>78</v>
       </c>
       <c r="E37" t="s">
         <v>86</v>
       </c>
       <c r="F37" t="s">
         <v>125</v>
       </c>
       <c r="G37" t="n">
         <v>188000</v>
       </c>
       <c r="H37" t="n">
-        <v>14292.73</v>
+        <v>13178.1</v>
       </c>
       <c r="I37" t="n">
-        <v>0.27796078</v>
+        <v>0.26663405</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>45967</v>
+        <v>45994</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" t="s">
         <v>41</v>
       </c>
       <c r="D38" t="s">
         <v>79</v>
       </c>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38" t="n">
-        <v>5732.98</v>
+        <v>7847.48</v>
       </c>
       <c r="H38" t="n">
-        <v>13406.81</v>
+        <v>15220.33</v>
       </c>
       <c r="I38" t="n">
-        <v>0.26073167</v>
+        <v>0.30795473</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>