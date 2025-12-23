--- v2 (2025-12-03)
+++ v3 (2025-12-23)
@@ -4,428 +4,422 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
     <t>Galderma</t>
   </si>
   <si>
+    <t>Kioxia (Toshiba Memory)</t>
+  </si>
+  <si>
     <t>Horizon Robotics</t>
   </si>
   <si>
     <t>J&amp;T Global Express</t>
   </si>
   <si>
     <t>Midea Group</t>
   </si>
   <si>
     <t>Lottomatica Group</t>
   </si>
   <si>
+    <t>JX Advanced Metals</t>
+  </si>
+  <si>
     <t>Kokusai Electric</t>
   </si>
   <si>
-    <t>Porsche AG</t>
-[...7 lines deleted...]
-  <si>
     <t>Contemporary Amperex Technology (CATL)</t>
   </si>
   <si>
+    <t>Renk</t>
+  </si>
+  <si>
+    <t>Laopu Gold</t>
+  </si>
+  <si>
     <t>Amman Mineral Internasional</t>
   </si>
   <si>
-    <t>Zhejiang Leapmotor Technology</t>
-[...1 lines deleted...]
-  <si>
     <t>Rakuten Bank</t>
   </si>
   <si>
-    <t>Renk</t>
-[...1 lines deleted...]
-  <si>
     <t>CVC Capital Partners</t>
   </si>
   <si>
     <t>Zabka Group</t>
   </si>
   <si>
     <t>WuXi XDC Cayman</t>
   </si>
   <si>
+    <t>Tokyo Metro</t>
+  </si>
+  <si>
     <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
   </si>
   <si>
-    <t>Tokyo Metro</t>
-[...1 lines deleted...]
-  <si>
     <t>Puig Brands</t>
   </si>
   <si>
-    <t>Laopu Gold</t>
-[...1 lines deleted...]
-  <si>
     <t>Ionos Group</t>
   </si>
   <si>
     <t>Jiangsu Hengrui Pharmaceuticals</t>
   </si>
   <si>
     <t>Zhejiang Sanhua Intelligent Controls</t>
   </si>
   <si>
     <t>S.F. Holding</t>
   </si>
   <si>
     <t>Mao Geping Cosmetics</t>
   </si>
   <si>
-    <t>SCHOTT Pharma</t>
-[...1 lines deleted...]
-  <si>
     <t>Chifeng Jilong Gold Mining</t>
   </si>
   <si>
     <t>Lens Technology</t>
   </si>
   <si>
+    <t>Guming Holdings</t>
+  </si>
+  <si>
+    <t>InnoScience Technology Holding</t>
+  </si>
+  <si>
+    <t>Foshan Haitian Flavouring and Food</t>
+  </si>
+  <si>
     <t>Springer Nature</t>
   </si>
   <si>
-    <t>Onewo</t>
-[...16 lines deleted...]
-  <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>GALD</t>
   </si>
   <si>
+    <t>285A</t>
+  </si>
+  <si>
     <t>9660</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>LTMC</t>
   </si>
   <si>
+    <t>5016</t>
+  </si>
+  <si>
     <t>6525</t>
   </si>
   <si>
-    <t>P911</t>
-[...7 lines deleted...]
-  <si>
     <t>3750</t>
   </si>
   <si>
+    <t>R3NK</t>
+  </si>
+  <si>
+    <t>6181</t>
+  </si>
+  <si>
     <t>AMMN</t>
   </si>
   <si>
-    <t>9863</t>
+    <t>VSURE</t>
+  </si>
+  <si>
+    <t>2259</t>
   </si>
   <si>
     <t>5838</t>
   </si>
   <si>
-    <t>R3NK</t>
-[...1 lines deleted...]
-  <si>
     <t>CVC</t>
   </si>
   <si>
     <t>ZAB</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
+    <t>9023</t>
+  </si>
+  <si>
     <t>6990</t>
   </si>
   <si>
-    <t>9023</t>
-[...1 lines deleted...]
-  <si>
     <t>PUIG</t>
   </si>
   <si>
-    <t>6181</t>
-[...1 lines deleted...]
-  <si>
     <t>IOS</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
+    <t>NOBA</t>
+  </si>
+  <si>
     <t>2050</t>
   </si>
   <si>
+    <t>2097</t>
+  </si>
+  <si>
     <t>6936</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>1SXP</t>
+    <t>6031</t>
   </si>
   <si>
     <t>6693</t>
   </si>
   <si>
+    <t>9927</t>
+  </si>
+  <si>
+    <t>DSTKF</t>
+  </si>
+  <si>
     <t>6613</t>
   </si>
   <si>
+    <t>1364</t>
+  </si>
+  <si>
+    <t>2577</t>
+  </si>
+  <si>
+    <t>3288</t>
+  </si>
+  <si>
     <t>SPG</t>
   </si>
   <si>
-    <t>2602</t>
-[...16 lines deleted...]
-  <si>
     <t/>
   </si>
   <si>
     <t>Listing Country</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
+    <t>Japan</t>
+  </si>
+  <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
-    <t>Japan</t>
-[...1 lines deleted...]
-  <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
+    <t>Sweden</t>
+  </si>
+  <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
+    <t>Turkey</t>
+  </si>
+  <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>BRC2T72</t>
   </si>
   <si>
+    <t>BMGYJ02</t>
+  </si>
+  <si>
     <t>BS5YNY7</t>
   </si>
   <si>
     <t>BRBTW19</t>
   </si>
   <si>
     <t>BQB7ZL7</t>
   </si>
   <si>
     <t>BMXPBZ7</t>
   </si>
   <si>
     <t>BNGHNG2</t>
   </si>
   <si>
-    <t>BJN59B8</t>
-[...4 lines deleted...]
-  <si>
     <t>BT9QPW8</t>
   </si>
   <si>
+    <t>BMD6RR4</t>
+  </si>
+  <si>
+    <t>BS854D3</t>
+  </si>
+  <si>
     <t>BRK2Z98</t>
   </si>
   <si>
-    <t>BJLVDM7</t>
+    <t>BVMN155</t>
+  </si>
+  <si>
+    <t>BSD3B20</t>
   </si>
   <si>
     <t>BRPTWP9</t>
   </si>
   <si>
-    <t>BMD6RR4</t>
-[...1 lines deleted...]
-  <si>
     <t>BRX9808</t>
   </si>
   <si>
     <t>BRXWDB3</t>
   </si>
   <si>
     <t>BQHNQ38</t>
   </si>
   <si>
+    <t>BQTY1X4</t>
+  </si>
+  <si>
     <t>BPXZ192</t>
   </si>
   <si>
-    <t>BQTY1X4</t>
-[...1 lines deleted...]
-  <si>
     <t>BNTCFW4</t>
   </si>
   <si>
-    <t>BS854D3</t>
-[...1 lines deleted...]
-  <si>
     <t>BPRD664</t>
   </si>
   <si>
     <t>BMV9P26</t>
   </si>
   <si>
+    <t>BLDCLN9</t>
+  </si>
+  <si>
     <t>BV4K4Z5</t>
   </si>
   <si>
+    <t>BV1D9W9</t>
+  </si>
+  <si>
     <t>BRWL0W1</t>
   </si>
   <si>
     <t>BPGKFW5</t>
   </si>
   <si>
-    <t>BRJ9MM2</t>
+    <t>BMHH632</t>
   </si>
   <si>
     <t>BV0TR57</t>
   </si>
   <si>
+    <t>BRDWN24</t>
+  </si>
+  <si>
+    <t>BNXJ8G6</t>
+  </si>
+  <si>
     <t>BVMQ8J7</t>
   </si>
   <si>
+    <t>BQPCNJ2</t>
+  </si>
+  <si>
+    <t>BRT4261</t>
+  </si>
+  <si>
+    <t>BN4Q3S3</t>
+  </si>
+  <si>
     <t>BB22LL8</t>
-  </si>
-[...16 lines deleted...]
-    <t>BN4DH26</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
       <i val="false"/>
       <u val="none"/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
@@ -563,1155 +557,1169 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I38"/>
+  <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
+    <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="41.57421875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="16.421875" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
-    <col min="7" max="7" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
-[...1 lines deleted...]
-    <col min="9" max="9" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
+    <col min="7" max="8" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
+    <col min="9" max="9" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="G1" s="1" t="s">
+        <v>124</v>
+      </c>
+      <c r="H1" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="I1" s="1" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="E2" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="F2" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="G2" t="n">
-        <v>3060</v>
+        <v>2462</v>
       </c>
       <c r="H2" t="n">
-        <v>602435.71</v>
+        <v>510333.14</v>
       </c>
       <c r="I2" t="n">
-        <v>12.18915279</v>
+        <v>9.95165933</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="E3" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="F3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G3" t="n">
-        <v>337200</v>
+        <v>6300</v>
       </c>
       <c r="H3" t="n">
-        <v>346581.53</v>
+        <v>406289.81</v>
       </c>
       <c r="I3" t="n">
-        <v>7.01242498</v>
+        <v>7.92278114</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="E4" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F4" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="G4" t="n">
-        <v>225800</v>
+        <v>327000</v>
       </c>
       <c r="H4" t="n">
-        <v>298805.8</v>
+        <v>383318.87</v>
       </c>
       <c r="I4" t="n">
-        <v>6.045773</v>
+        <v>7.47484047</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
         <v>40</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F5" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="G5" t="n">
-        <v>23500</v>
+        <v>223400</v>
       </c>
       <c r="H5" t="n">
-        <v>273089.05</v>
+        <v>295759.02</v>
       </c>
       <c r="I5" t="n">
-        <v>5.52544297</v>
+        <v>5.76739541</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="F6" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="G6" t="n">
-        <v>9659</v>
+        <v>23500</v>
       </c>
       <c r="H6" t="n">
-        <v>253766.09</v>
+        <v>263693.68</v>
       </c>
       <c r="I6" t="n">
-        <v>5.13447924</v>
+        <v>5.14211104</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D7" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="F7" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="G7" t="n">
-        <v>7900</v>
+        <v>9435</v>
       </c>
       <c r="H7" t="n">
-        <v>224092.27</v>
+        <v>250431.17</v>
       </c>
       <c r="I7" t="n">
-        <v>4.53408534</v>
+        <v>4.88348785</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D8" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="E8" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>77</v>
+      </c>
+      <c r="F8" t="n">
+        <v>6543770</v>
       </c>
       <c r="G8" t="n">
-        <v>4366</v>
+        <v>20400</v>
       </c>
       <c r="H8" t="n">
-        <v>222864.12</v>
+        <v>231741.4</v>
       </c>
       <c r="I8" t="n">
-        <v>4.50923603</v>
+        <v>4.51903136</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D9" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="E9" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>6543770</v>
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>94</v>
       </c>
       <c r="G9" t="n">
-        <v>20300</v>
+        <v>7100</v>
       </c>
       <c r="H9" t="n">
-        <v>217125.53</v>
+        <v>231315.29</v>
       </c>
       <c r="I9" t="n">
-        <v>4.39312646</v>
+        <v>4.51072208</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D10" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E10" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="F10" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="G10" t="n">
-        <v>3500</v>
+        <v>3000</v>
       </c>
       <c r="H10" t="n">
-        <v>206984.06</v>
+        <v>196464.03</v>
       </c>
       <c r="I10" t="n">
-        <v>4.1879329</v>
+        <v>3.83111137</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="E11" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F11" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="G11" t="n">
-        <v>3300</v>
+        <v>2945</v>
       </c>
       <c r="H11" t="n">
-        <v>202575.98</v>
+        <v>184447.2</v>
       </c>
       <c r="I11" t="n">
-        <v>4.0987437</v>
+        <v>3.59677935</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="E12" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="F12" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="G12" t="n">
-        <v>462900</v>
+        <v>2000</v>
       </c>
       <c r="H12" t="n">
-        <v>185912</v>
+        <v>180075.96</v>
       </c>
       <c r="I12" t="n">
-        <v>3.76157943</v>
+        <v>3.51153877</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D13" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="E13" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F13" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="G13" t="n">
-        <v>26937</v>
+        <v>462900</v>
       </c>
       <c r="H13" t="n">
-        <v>182038.32</v>
+        <v>179418.6</v>
       </c>
       <c r="I13" t="n">
-        <v>3.6832028</v>
+        <v>3.49872004</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45994</v>
-[...3 lines deleted...]
-      </c>
+        <v>46014</v>
+      </c>
+      <c r="B14"/>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="E14" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="G14" t="n">
-        <v>3700</v>
+        <v>10238</v>
       </c>
       <c r="H14" t="n">
-        <v>171070.55</v>
+        <v>172265.65</v>
       </c>
       <c r="I14" t="n">
-        <v>3.46129062</v>
+        <v>3.35923523</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45994</v>
-[...3 lines deleted...]
-      </c>
+        <v>46014</v>
+      </c>
+      <c r="B15"/>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D15" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="E15" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F15" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="G15" t="n">
-        <v>2690</v>
+        <v>8686</v>
       </c>
       <c r="H15" t="n">
-        <v>153119.69</v>
+        <v>169588.04</v>
       </c>
       <c r="I15" t="n">
-        <v>3.09808875</v>
+        <v>3.30702098</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B16" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C16" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D16" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="E16" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="F16" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="G16" t="n">
-        <v>9064</v>
+        <v>3400</v>
       </c>
       <c r="H16" t="n">
-        <v>145409.23</v>
+        <v>151202.55</v>
       </c>
       <c r="I16" t="n">
-        <v>2.9420821</v>
+        <v>2.94849805</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B17" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D17" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="E17" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="F17" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G17" t="n">
-        <v>22226</v>
+        <v>8070</v>
       </c>
       <c r="H17" t="n">
-        <v>140694.07</v>
+        <v>135179.53</v>
       </c>
       <c r="I17" t="n">
-        <v>2.84667972</v>
+        <v>2.63604404</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B18" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D18" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="E18" t="s">
-        <v>82</v>
+        <v>84</v>
       </c>
       <c r="F18" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G18" t="n">
-        <v>15500</v>
+        <v>19967</v>
       </c>
       <c r="H18" t="n">
-        <v>130337.45</v>
+        <v>128453.11</v>
       </c>
       <c r="I18" t="n">
-        <v>2.637133</v>
+        <v>2.5048767</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B19" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C19" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D19" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="E19" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F19" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G19" t="n">
-        <v>2300</v>
+        <v>14500</v>
       </c>
       <c r="H19" t="n">
-        <v>129487.57</v>
+        <v>124870.66</v>
       </c>
       <c r="I19" t="n">
-        <v>2.61993728</v>
+        <v>2.43501778</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B20" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C20" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D20" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="E20" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="F20" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="G20" t="n">
-        <v>12500</v>
+        <v>11100</v>
       </c>
       <c r="H20" t="n">
-        <v>129126.43</v>
+        <v>109232.48</v>
       </c>
       <c r="I20" t="n">
-        <v>2.61263029</v>
+        <v>2.13006827</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B21" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C21" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="E21" t="s">
-        <v>89</v>
+        <v>78</v>
       </c>
       <c r="F21" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G21" t="n">
-        <v>6229</v>
+        <v>2000</v>
       </c>
       <c r="H21" t="n">
-        <v>104925.18</v>
+        <v>106168.98</v>
       </c>
       <c r="I21" t="n">
-        <v>2.12296355</v>
+        <v>2.07032904</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B22" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C22" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="E22" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F22" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="G22" t="n">
-        <v>1000</v>
+        <v>5561</v>
       </c>
       <c r="H22" t="n">
-        <v>85501.93</v>
+        <v>98315.79</v>
       </c>
       <c r="I22" t="n">
-        <v>1.72997064</v>
+        <v>1.91718933</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B23" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="C23" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D23" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="E23" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="F23" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="G23" t="n">
-        <v>2123</v>
+        <v>1877</v>
       </c>
       <c r="H23" t="n">
-        <v>65031.47</v>
+        <v>58690.59</v>
       </c>
       <c r="I23" t="n">
-        <v>1.3157894</v>
+        <v>1.14448526</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B24" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C24" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D24" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E24" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F24" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="G24" t="n">
-        <v>7000</v>
+        <v>6200</v>
       </c>
       <c r="H24" t="n">
-        <v>64572.91</v>
+        <v>56222</v>
       </c>
       <c r="I24" t="n">
-        <v>1.30651131</v>
+        <v>1.09634697</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45994</v>
-[...3 lines deleted...]
-      </c>
+        <v>46014</v>
+      </c>
+      <c r="B25"/>
       <c r="C25" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="E25" t="s">
         <v>82</v>
       </c>
       <c r="F25" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="G25" t="n">
-        <v>12144</v>
+        <v>4156</v>
       </c>
       <c r="H25" t="n">
-        <v>52704.69</v>
+        <v>54154.82</v>
       </c>
       <c r="I25" t="n">
-        <v>1.06638021</v>
+        <v>1.0560363</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B26" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="C26" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D26" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="E26" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F26" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="G26" t="n">
-        <v>10200</v>
+        <v>10739</v>
       </c>
       <c r="H26" t="n">
-        <v>46836.3</v>
+        <v>48891.12</v>
       </c>
       <c r="I26" t="n">
-        <v>0.94764438</v>
+        <v>0.95339247</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45994</v>
-[...3 lines deleted...]
-      </c>
+        <v>46014</v>
+      </c>
+      <c r="B27"/>
       <c r="C27" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D27" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="E27" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F27" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="G27" t="n">
-        <v>3900</v>
+        <v>750</v>
       </c>
       <c r="H27" t="n">
-        <v>46072.76</v>
+        <v>41934.18</v>
       </c>
       <c r="I27" t="n">
-        <v>0.93219559</v>
+        <v>0.81772991</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B28" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C28" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D28" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="E28" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F28" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="G28" t="n">
-        <v>1486</v>
+        <v>9200</v>
       </c>
       <c r="H28" t="n">
-        <v>32303.78</v>
+        <v>41269.66</v>
       </c>
       <c r="I28" t="n">
-        <v>0.65360619</v>
+        <v>0.80477156</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B29" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="C29" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D29" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="E29" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F29" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="G29" t="n">
-        <v>8000</v>
+        <v>3400</v>
       </c>
       <c r="H29" t="n">
-        <v>31410.24</v>
+        <v>39134.71</v>
       </c>
       <c r="I29" t="n">
-        <v>0.63552709</v>
+        <v>0.76313935</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45994</v>
-[...3 lines deleted...]
-      </c>
+        <v>46014</v>
+      </c>
+      <c r="B30"/>
       <c r="C30" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D30" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="E30" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F30" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="G30" t="n">
-        <v>9283</v>
+        <v>13545</v>
       </c>
       <c r="H30" t="n">
-        <v>29911.88</v>
+        <v>37257.22</v>
       </c>
       <c r="I30" t="n">
-        <v>0.6052106</v>
+        <v>0.7265277</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B31" t="s">
-        <v>31</v>
+        <v>26</v>
       </c>
       <c r="C31" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D31" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="E31" t="s">
-        <v>85</v>
+        <v>78</v>
       </c>
       <c r="F31" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="G31" t="n">
-        <v>1139</v>
+        <v>8000</v>
       </c>
       <c r="H31" t="n">
-        <v>27143.8</v>
+        <v>32740.15</v>
       </c>
       <c r="I31" t="n">
-        <v>0.54920371</v>
+        <v>0.63844339</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45994</v>
-[...3 lines deleted...]
-      </c>
+        <v>46014</v>
+      </c>
+      <c r="B32"/>
       <c r="C32" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D32" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
       <c r="E32" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F32" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="G32" t="n">
-        <v>9900</v>
+        <v>2286</v>
       </c>
       <c r="H32" t="n">
-        <v>25718.42</v>
+        <v>31469.03</v>
       </c>
       <c r="I32" t="n">
-        <v>0.52036383</v>
+        <v>0.61365614</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45994</v>
-[...3 lines deleted...]
-      </c>
+        <v>46014</v>
+      </c>
+      <c r="B33"/>
       <c r="C33" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D33" t="s">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="E33" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F33" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="G33" t="n">
-        <v>16800</v>
+        <v>2305</v>
       </c>
       <c r="H33" t="n">
-        <v>22598.72</v>
+        <v>30230.83</v>
       </c>
       <c r="I33" t="n">
-        <v>0.45724257</v>
+        <v>0.58951085</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B34" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="C34" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D34" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="E34" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F34" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="G34" t="n">
-        <v>5400</v>
+        <v>8378</v>
       </c>
       <c r="H34" t="n">
-        <v>22395.21</v>
+        <v>27675.22</v>
       </c>
       <c r="I34" t="n">
-        <v>0.45312493</v>
+        <v>0.53967563</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B35" t="s">
-        <v>35</v>
+        <v>28</v>
       </c>
       <c r="C35" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D35" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="E35" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F35" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="G35" t="n">
-        <v>2200</v>
+        <v>8000</v>
       </c>
       <c r="H35" t="n">
-        <v>21057.5</v>
+        <v>26159.21</v>
       </c>
       <c r="I35" t="n">
-        <v>0.42605888</v>
+        <v>0.51011296</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B36" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="C36" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D36" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="E36" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F36" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="G36" t="n">
-        <v>6400</v>
+        <v>2200</v>
       </c>
       <c r="H36" t="n">
-        <v>20293.31</v>
+        <v>20642.54</v>
       </c>
       <c r="I36" t="n">
-        <v>0.41059694</v>
+        <v>0.40253613</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B37" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="C37" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="D37" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
       <c r="E37" t="s">
-        <v>86</v>
+        <v>78</v>
       </c>
       <c r="F37" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="G37" t="n">
-        <v>188000</v>
+        <v>4714</v>
       </c>
       <c r="H37" t="n">
-        <v>13178.1</v>
+        <v>20419.12</v>
       </c>
       <c r="I37" t="n">
-        <v>0.26663405</v>
+        <v>0.39817937</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>45994</v>
+        <v>46014</v>
       </c>
       <c r="B38" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="C38" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="D38" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-      <c r="F38"/>
+        <v>73</v>
+      </c>
+      <c r="E38" t="s">
+        <v>80</v>
+      </c>
+      <c r="F38" t="s">
+        <v>123</v>
+      </c>
       <c r="G38" t="n">
-        <v>7847.48</v>
+        <v>791</v>
       </c>
       <c r="H38" t="n">
-        <v>15220.33</v>
+        <v>17034.31</v>
       </c>
       <c r="I38" t="n">
-        <v>0.30795473</v>
+        <v>0.33217449</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>46014</v>
+      </c>
+      <c r="B39" t="s">
+        <v>32</v>
+      </c>
+      <c r="C39" t="s">
+        <v>35</v>
+      </c>
+      <c r="D39" t="s">
+        <v>74</v>
+      </c>
+      <c r="E39"/>
+      <c r="F39"/>
+      <c r="G39" t="n">
+        <v>-190732977.75</v>
+      </c>
+      <c r="H39" t="n">
+        <v>63151.82</v>
+      </c>
+      <c r="I39" t="n">
+        <v>0.69482389</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>