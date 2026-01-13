--- v3 (2025-12-23)
+++ v4 (2026-01-13)
@@ -4,271 +4,292 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="127">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
     <t>Galderma</t>
   </si>
   <si>
     <t>Kioxia (Toshiba Memory)</t>
   </si>
   <si>
     <t>Horizon Robotics</t>
   </si>
   <si>
     <t>J&amp;T Global Express</t>
   </si>
   <si>
+    <t>JX Advanced Metals</t>
+  </si>
+  <si>
+    <t>Kokusai Electric</t>
+  </si>
+  <si>
     <t>Midea Group</t>
   </si>
   <si>
     <t>Lottomatica Group</t>
   </si>
   <si>
-    <t>JX Advanced Metals</t>
-[...2 lines deleted...]
-    <t>Kokusai Electric</t>
+    <t>Renk</t>
+  </si>
+  <si>
+    <t>Amman Mineral Internasional</t>
   </si>
   <si>
     <t>Contemporary Amperex Technology (CATL)</t>
   </si>
   <si>
-    <t>Renk</t>
+    <t>Verisure</t>
   </si>
   <si>
     <t>Laopu Gold</t>
   </si>
   <si>
-    <t>Amman Mineral Internasional</t>
+    <t>Zijin Gold International</t>
+  </si>
+  <si>
+    <t>CVC Capital Partners</t>
   </si>
   <si>
     <t>Rakuten Bank</t>
   </si>
   <si>
-    <t>CVC Capital Partners</t>
+    <t>WuXi XDC Cayman</t>
   </si>
   <si>
     <t>Zabka Group</t>
   </si>
   <si>
-    <t>WuXi XDC Cayman</t>
+    <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
   </si>
   <si>
     <t>Tokyo Metro</t>
   </si>
   <si>
-    <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
-[...1 lines deleted...]
-  <si>
     <t>Puig Brands</t>
   </si>
   <si>
     <t>Ionos Group</t>
   </si>
   <si>
     <t>Jiangsu Hengrui Pharmaceuticals</t>
   </si>
   <si>
+    <t>NOBA Bank Group</t>
+  </si>
+  <si>
     <t>Zhejiang Sanhua Intelligent Controls</t>
   </si>
   <si>
+    <t>SANY Heavy Industry</t>
+  </si>
+  <si>
     <t>S.F. Holding</t>
   </si>
   <si>
+    <t>MIXUE Group</t>
+  </si>
+  <si>
     <t>Mao Geping Cosmetics</t>
   </si>
   <si>
+    <t>Destek Finans Faktoring</t>
+  </si>
+  <si>
+    <t>Lens Technology</t>
+  </si>
+  <si>
+    <t>Seres Group (Chongqing Sokon Industrial)</t>
+  </si>
+  <si>
     <t>Chifeng Jilong Gold Mining</t>
   </si>
   <si>
-    <t>Lens Technology</t>
-[...1 lines deleted...]
-  <si>
     <t>Guming Holdings</t>
   </si>
   <si>
+    <t>Foshan Haitian Flavouring and Food</t>
+  </si>
+  <si>
     <t>InnoScience Technology Holding</t>
   </si>
   <si>
-    <t>Foshan Haitian Flavouring and Food</t>
-[...1 lines deleted...]
-  <si>
     <t>Springer Nature</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>GALD</t>
   </si>
   <si>
     <t>285A</t>
   </si>
   <si>
     <t>9660</t>
   </si>
   <si>
     <t>1519</t>
   </si>
   <si>
+    <t>5016</t>
+  </si>
+  <si>
+    <t>6525</t>
+  </si>
+  <si>
     <t>300</t>
   </si>
   <si>
     <t>LTMC</t>
   </si>
   <si>
-    <t>5016</t>
-[...2 lines deleted...]
-    <t>6525</t>
+    <t>R3NK</t>
+  </si>
+  <si>
+    <t>AMMN</t>
   </si>
   <si>
     <t>3750</t>
   </si>
   <si>
-    <t>R3NK</t>
+    <t>VSURE</t>
   </si>
   <si>
     <t>6181</t>
   </si>
   <si>
-    <t>AMMN</t>
-[...4 lines deleted...]
-  <si>
     <t>2259</t>
   </si>
   <si>
+    <t>CVC</t>
+  </si>
+  <si>
     <t>5838</t>
   </si>
   <si>
-    <t>CVC</t>
+    <t>2268</t>
   </si>
   <si>
     <t>ZAB</t>
   </si>
   <si>
-    <t>2268</t>
+    <t>6990</t>
   </si>
   <si>
     <t>9023</t>
   </si>
   <si>
-    <t>6990</t>
-[...1 lines deleted...]
-  <si>
     <t>PUIG</t>
   </si>
   <si>
     <t>IOS</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>NOBA</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
+    <t>6031</t>
+  </si>
+  <si>
+    <t>6936</t>
+  </si>
+  <si>
     <t>2097</t>
   </si>
   <si>
-    <t>6936</t>
-[...1 lines deleted...]
-  <si>
     <t>1318</t>
   </si>
   <si>
-    <t>6031</t>
+    <t>DSTKF</t>
+  </si>
+  <si>
+    <t>6613</t>
+  </si>
+  <si>
+    <t>9927</t>
   </si>
   <si>
     <t>6693</t>
   </si>
   <si>
-    <t>9927</t>
-[...7 lines deleted...]
-  <si>
     <t>1364</t>
   </si>
   <si>
+    <t>3288</t>
+  </si>
+  <si>
     <t>2577</t>
   </si>
   <si>
-    <t>3288</t>
-[...1 lines deleted...]
-  <si>
     <t>SPG</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Listing Country</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>Indonesia</t>
@@ -282,141 +303,141 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>BRC2T72</t>
   </si>
   <si>
     <t>BMGYJ02</t>
   </si>
   <si>
     <t>BS5YNY7</t>
   </si>
   <si>
     <t>BRBTW19</t>
   </si>
   <si>
+    <t>BNGHNG2</t>
+  </si>
+  <si>
     <t>BQB7ZL7</t>
   </si>
   <si>
     <t>BMXPBZ7</t>
   </si>
   <si>
-    <t>BNGHNG2</t>
+    <t>BMD6RR4</t>
+  </si>
+  <si>
+    <t>BRK2Z98</t>
   </si>
   <si>
     <t>BT9QPW8</t>
   </si>
   <si>
-    <t>BMD6RR4</t>
+    <t>BVMN155</t>
   </si>
   <si>
     <t>BS854D3</t>
   </si>
   <si>
-    <t>BRK2Z98</t>
-[...4 lines deleted...]
-  <si>
     <t>BSD3B20</t>
   </si>
   <si>
+    <t>BRX9808</t>
+  </si>
+  <si>
     <t>BRPTWP9</t>
   </si>
   <si>
-    <t>BRX9808</t>
+    <t>BQHNQ38</t>
   </si>
   <si>
     <t>BRXWDB3</t>
   </si>
   <si>
-    <t>BQHNQ38</t>
+    <t>BPXZ192</t>
   </si>
   <si>
     <t>BQTY1X4</t>
   </si>
   <si>
-    <t>BPXZ192</t>
-[...1 lines deleted...]
-  <si>
     <t>BNTCFW4</t>
   </si>
   <si>
     <t>BPRD664</t>
   </si>
   <si>
     <t>BMV9P26</t>
   </si>
   <si>
     <t>BLDCLN9</t>
   </si>
   <si>
     <t>BV4K4Z5</t>
   </si>
   <si>
+    <t>BMHH632</t>
+  </si>
+  <si>
+    <t>BRWL0W1</t>
+  </si>
+  <si>
     <t>BV1D9W9</t>
   </si>
   <si>
-    <t>BRWL0W1</t>
-[...1 lines deleted...]
-  <si>
     <t>BPGKFW5</t>
   </si>
   <si>
-    <t>BMHH632</t>
+    <t>BNXJ8G6</t>
+  </si>
+  <si>
+    <t>BVMQ8J7</t>
+  </si>
+  <si>
+    <t>BRDWN24</t>
   </si>
   <si>
     <t>BV0TR57</t>
   </si>
   <si>
-    <t>BRDWN24</t>
-[...7 lines deleted...]
-  <si>
     <t>BQPCNJ2</t>
   </si>
   <si>
+    <t>BN4Q3S3</t>
+  </si>
+  <si>
     <t>BRT4261</t>
-  </si>
-[...1 lines deleted...]
-    <t>BN4Q3S3</t>
   </si>
   <si>
     <t>BB22LL8</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
       <i val="false"/>
       <u val="none"/>
       <sz val="11"/>
@@ -563,1163 +584,1178 @@
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
-    <col min="2" max="2" bestFit="true" width="41.57421875" hidden="false" outlineLevel="0"/>
+    <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
+    <col min="2" max="2" bestFit="true" width="42.61328125" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="16.421875" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
-    <col min="7" max="8" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
+    <col min="7" max="7" bestFit="true" width="9.09375" hidden="false" outlineLevel="0"/>
+    <col min="8" max="8" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
     <col min="9" max="9" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="G1" s="1" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="H1" s="1" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="I1" s="1" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D2" t="s">
-        <v>37</v>
+        <v>44</v>
       </c>
       <c r="E2" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="G2" t="n">
         <v>2462</v>
       </c>
       <c r="H2" t="n">
-        <v>510333.14</v>
+        <v>505824.88</v>
       </c>
       <c r="I2" t="n">
-        <v>9.95165933</v>
+        <v>9.24145</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D3" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="F3" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="G3" t="n">
         <v>6300</v>
       </c>
       <c r="H3" t="n">
-        <v>406289.81</v>
+        <v>505369.95</v>
       </c>
       <c r="I3" t="n">
-        <v>7.92278114</v>
+        <v>9.2331384</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="E4" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F4" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="G4" t="n">
         <v>327000</v>
       </c>
       <c r="H4" t="n">
-        <v>383318.87</v>
+        <v>383768.36</v>
       </c>
       <c r="I4" t="n">
-        <v>7.47484047</v>
+        <v>7.01147028</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D5" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F5" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="G5" t="n">
         <v>223400</v>
       </c>
       <c r="H5" t="n">
-        <v>295759.02</v>
+        <v>340694.67</v>
       </c>
       <c r="I5" t="n">
-        <v>5.76739541</v>
+        <v>6.22451145</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E6" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>92</v>
+        <v>84</v>
+      </c>
+      <c r="F6" t="n">
+        <v>6543770</v>
       </c>
       <c r="G6" t="n">
-        <v>23500</v>
+        <v>20400</v>
       </c>
       <c r="H6" t="n">
-        <v>263693.68</v>
+        <v>282281.99</v>
       </c>
       <c r="I6" t="n">
-        <v>5.14211104</v>
+        <v>5.15730839</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="F7" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="G7" t="n">
-        <v>9435</v>
+        <v>7100</v>
       </c>
       <c r="H7" t="n">
-        <v>250431.17</v>
+        <v>268210.75</v>
       </c>
       <c r="I7" t="n">
-        <v>4.88348785</v>
+        <v>4.90022602</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D8" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E8" t="s">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>6543770</v>
+        <v>85</v>
+      </c>
+      <c r="F8" t="s">
+        <v>100</v>
       </c>
       <c r="G8" t="n">
-        <v>20400</v>
+        <v>23500</v>
       </c>
       <c r="H8" t="n">
-        <v>231741.4</v>
+        <v>260725.97</v>
       </c>
       <c r="I8" t="n">
-        <v>4.51903136</v>
+        <v>4.76347865</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D9" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="E9" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="F9" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
       <c r="G9" t="n">
-        <v>7100</v>
+        <v>9435</v>
       </c>
       <c r="H9" t="n">
-        <v>231315.29</v>
+        <v>235526.94</v>
       </c>
       <c r="I9" t="n">
-        <v>4.51072208</v>
+        <v>4.3030909</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D10" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="F10" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="G10" t="n">
-        <v>3000</v>
+        <v>2945</v>
       </c>
       <c r="H10" t="n">
-        <v>196464.03</v>
+        <v>227488.47</v>
       </c>
       <c r="I10" t="n">
-        <v>3.83111137</v>
+        <v>4.15622759</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D11" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E11" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="F11" t="s">
-        <v>96</v>
+        <v>103</v>
       </c>
       <c r="G11" t="n">
-        <v>2945</v>
+        <v>462900</v>
       </c>
       <c r="H11" t="n">
-        <v>184447.2</v>
+        <v>217972.82</v>
       </c>
       <c r="I11" t="n">
-        <v>3.59677935</v>
+        <v>3.98237611</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D12" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F12" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="G12" t="n">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="H12" t="n">
-        <v>180075.96</v>
+        <v>186699.16</v>
       </c>
       <c r="I12" t="n">
-        <v>3.51153877</v>
+        <v>3.41100452</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D13" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>81</v>
+        <v>89</v>
       </c>
       <c r="F13" t="s">
-        <v>98</v>
+        <v>105</v>
       </c>
       <c r="G13" t="n">
-        <v>462900</v>
+        <v>10238</v>
       </c>
       <c r="H13" t="n">
-        <v>179418.6</v>
+        <v>180572.59</v>
       </c>
       <c r="I13" t="n">
-        <v>3.49872004</v>
+        <v>3.29907173</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>46014</v>
-[...1 lines deleted...]
-      <c r="B14"/>
+        <v>46035</v>
+      </c>
+      <c r="B14" t="s">
+        <v>14</v>
+      </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E14" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="F14" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="G14" t="n">
-        <v>10238</v>
+        <v>2000</v>
       </c>
       <c r="H14" t="n">
-        <v>172265.65</v>
+        <v>175078.56</v>
       </c>
       <c r="I14" t="n">
-        <v>3.35923523</v>
+        <v>3.19869548</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>46014</v>
-[...1 lines deleted...]
-      <c r="B15"/>
+        <v>46035</v>
+      </c>
+      <c r="B15" t="s">
+        <v>15</v>
+      </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D15" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="E15" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F15" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="G15" t="n">
         <v>8686</v>
       </c>
       <c r="H15" t="n">
-        <v>169588.04</v>
+        <v>170455.72</v>
       </c>
       <c r="I15" t="n">
-        <v>3.30702098</v>
+        <v>3.11423593</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B16" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C16" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D16" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
       <c r="E16" t="s">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="F16" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="G16" t="n">
-        <v>3400</v>
+        <v>8070</v>
       </c>
       <c r="H16" t="n">
-        <v>151202.55</v>
+        <v>144687.93</v>
       </c>
       <c r="I16" t="n">
-        <v>2.94849805</v>
+        <v>2.6434569</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B17" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C17" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D17" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E17" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F17" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="G17" t="n">
-        <v>8070</v>
+        <v>3400</v>
       </c>
       <c r="H17" t="n">
-        <v>135179.53</v>
+        <v>144214.42</v>
       </c>
       <c r="I17" t="n">
-        <v>2.63604404</v>
+        <v>2.63480585</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B18" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D18" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="E18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F18" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="G18" t="n">
-        <v>19967</v>
+        <v>14500</v>
       </c>
       <c r="H18" t="n">
-        <v>128453.11</v>
+        <v>132604.37</v>
       </c>
       <c r="I18" t="n">
-        <v>2.5048767</v>
+        <v>2.42268956</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B19" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C19" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="F19" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="G19" t="n">
-        <v>14500</v>
+        <v>19967</v>
       </c>
       <c r="H19" t="n">
-        <v>124870.66</v>
+        <v>128565.95</v>
       </c>
       <c r="I19" t="n">
-        <v>2.43501778</v>
+        <v>2.34890739</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B20" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C20" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D20" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="E20" t="s">
-        <v>77</v>
+        <v>85</v>
       </c>
       <c r="F20" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="G20" t="n">
-        <v>11100</v>
+        <v>2000</v>
       </c>
       <c r="H20" t="n">
-        <v>109232.48</v>
+        <v>125440.9</v>
       </c>
       <c r="I20" t="n">
-        <v>2.13006827</v>
+        <v>2.29181255</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B21" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C21" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E21" t="s">
-        <v>78</v>
+        <v>84</v>
       </c>
       <c r="F21" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="G21" t="n">
-        <v>2000</v>
+        <v>11100</v>
       </c>
       <c r="H21" t="n">
-        <v>106168.98</v>
+        <v>112266.51</v>
       </c>
       <c r="I21" t="n">
-        <v>2.07032904</v>
+        <v>2.05111567</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B22" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C22" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D22" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="E22" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F22" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="G22" t="n">
         <v>5561</v>
       </c>
       <c r="H22" t="n">
-        <v>98315.79</v>
+        <v>104374.36</v>
       </c>
       <c r="I22" t="n">
-        <v>1.91718933</v>
+        <v>1.90692563</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B23" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C23" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D23" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="E23" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="F23" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="G23" t="n">
         <v>1877</v>
       </c>
       <c r="H23" t="n">
-        <v>58690.59</v>
+        <v>61525.55</v>
       </c>
       <c r="I23" t="n">
-        <v>1.14448526</v>
+        <v>1.12407538</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B24" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="C24" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D24" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="E24" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F24" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="G24" t="n">
         <v>6200</v>
       </c>
       <c r="H24" t="n">
-        <v>56222</v>
+        <v>61192.84</v>
       </c>
       <c r="I24" t="n">
-        <v>1.09634697</v>
+        <v>1.11799675</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>46014</v>
-[...1 lines deleted...]
-      <c r="B25"/>
+        <v>46035</v>
+      </c>
+      <c r="B25" t="s">
+        <v>25</v>
+      </c>
       <c r="C25" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D25" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="E25" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
       <c r="F25" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="G25" t="n">
         <v>4156</v>
       </c>
       <c r="H25" t="n">
-        <v>54154.82</v>
+        <v>54905.49</v>
       </c>
       <c r="I25" t="n">
-        <v>1.0560363</v>
+        <v>1.0031265</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B26" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C26" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D26" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="E26" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F26" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="G26" t="n">
         <v>10739</v>
       </c>
       <c r="H26" t="n">
-        <v>48891.12</v>
+        <v>53443.62</v>
       </c>
       <c r="I26" t="n">
-        <v>0.95339247</v>
+        <v>0.97641805</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>46014</v>
-[...1 lines deleted...]
-      <c r="B27"/>
+        <v>46035</v>
+      </c>
+      <c r="B27" t="s">
+        <v>27</v>
+      </c>
       <c r="C27" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D27" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F27" t="s">
-        <v>112</v>
+        <v>119</v>
       </c>
       <c r="G27" t="n">
-        <v>750</v>
+        <v>13545</v>
       </c>
       <c r="H27" t="n">
-        <v>41934.18</v>
+        <v>42043.1</v>
       </c>
       <c r="I27" t="n">
-        <v>0.81772991</v>
+        <v>0.76812988</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B28" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="C28" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D28" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="E28" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F28" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="G28" t="n">
         <v>9200</v>
       </c>
       <c r="H28" t="n">
-        <v>41269.66</v>
+        <v>41796.19</v>
       </c>
       <c r="I28" t="n">
-        <v>0.80477156</v>
+        <v>0.76361882</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B29" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C29" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D29" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="E29" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F29" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="G29" t="n">
-        <v>3400</v>
+        <v>750</v>
       </c>
       <c r="H29" t="n">
-        <v>39134.71</v>
+        <v>41230.04</v>
       </c>
       <c r="I29" t="n">
-        <v>0.76313935</v>
+        <v>0.75327523</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>46014</v>
-[...1 lines deleted...]
-      <c r="B30"/>
+        <v>46035</v>
+      </c>
+      <c r="B30" t="s">
+        <v>30</v>
+      </c>
       <c r="C30" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D30" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="E30" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F30" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="G30" t="n">
-        <v>13545</v>
+        <v>3400</v>
       </c>
       <c r="H30" t="n">
-        <v>37257.22</v>
+        <v>38594.24</v>
       </c>
       <c r="I30" t="n">
-        <v>0.7265277</v>
+        <v>0.70511901</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B31" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="C31" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D31" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="E31" t="s">
-        <v>78</v>
+        <v>93</v>
       </c>
       <c r="F31" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="G31" t="n">
-        <v>8000</v>
+        <v>2305</v>
       </c>
       <c r="H31" t="n">
-        <v>32740.15</v>
+        <v>35285.52</v>
       </c>
       <c r="I31" t="n">
-        <v>0.63844339</v>
+        <v>0.6446685</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>46014</v>
-[...1 lines deleted...]
-      <c r="B32"/>
+        <v>46035</v>
+      </c>
+      <c r="B32" t="s">
+        <v>32</v>
+      </c>
       <c r="C32" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D32" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="E32" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F32" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="G32" t="n">
-        <v>2286</v>
+        <v>8378</v>
       </c>
       <c r="H32" t="n">
-        <v>31469.03</v>
+        <v>32216.05</v>
       </c>
       <c r="I32" t="n">
-        <v>0.61365614</v>
+        <v>0.58858911</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>46014</v>
-[...1 lines deleted...]
-      <c r="B33"/>
+        <v>46035</v>
+      </c>
+      <c r="B33" t="s">
+        <v>33</v>
+      </c>
       <c r="C33" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D33" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="E33" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F33" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="G33" t="n">
-        <v>2305</v>
+        <v>2286</v>
       </c>
       <c r="H33" t="n">
-        <v>30230.83</v>
+        <v>31490.59</v>
       </c>
       <c r="I33" t="n">
-        <v>0.58951085</v>
+        <v>0.57533491</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B34" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="C34" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D34" t="s">
-        <v>69</v>
+        <v>76</v>
       </c>
       <c r="E34" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F34" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="G34" t="n">
-        <v>8378</v>
+        <v>8000</v>
       </c>
       <c r="H34" t="n">
-        <v>27675.22</v>
+        <v>30988.26</v>
       </c>
       <c r="I34" t="n">
-        <v>0.53967563</v>
+        <v>0.56615731</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B35" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="C35" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D35" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="E35" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F35" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="G35" t="n">
         <v>8000</v>
       </c>
       <c r="H35" t="n">
-        <v>26159.21</v>
+        <v>26042.45</v>
       </c>
       <c r="I35" t="n">
-        <v>0.51011296</v>
+        <v>0.47579708</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B36" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="C36" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D36" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="E36" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F36" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="G36" t="n">
-        <v>2200</v>
+        <v>4714</v>
       </c>
       <c r="H36" t="n">
-        <v>20642.54</v>
+        <v>19565.836</v>
       </c>
       <c r="I36" t="n">
-        <v>0.40253613</v>
+        <v>0.35746896</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B37" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="C37" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D37" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="E37" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="F37" t="s">
-        <v>122</v>
+        <v>129</v>
       </c>
       <c r="G37" t="n">
-        <v>4714</v>
+        <v>2200</v>
       </c>
       <c r="H37" t="n">
-        <v>20419.12</v>
+        <v>19145.77</v>
       </c>
       <c r="I37" t="n">
-        <v>0.39817937</v>
+        <v>0.34979433</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B38" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="C38" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="D38" t="s">
-        <v>73</v>
+        <v>80</v>
       </c>
       <c r="E38" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="F38" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="G38" t="n">
         <v>791</v>
       </c>
       <c r="H38" t="n">
-        <v>17034.31</v>
+        <v>16811.63</v>
       </c>
       <c r="I38" t="n">
-        <v>0.33217449</v>
+        <v>0.30714946</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>46014</v>
+        <v>46035</v>
       </c>
       <c r="B39" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="C39" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="D39" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" t="n">
-        <v>-190732977.75</v>
+        <v>31030.65</v>
       </c>
       <c r="H39" t="n">
-        <v>63151.82</v>
+        <v>34333.864</v>
       </c>
       <c r="I39" t="n">
-        <v>0.69482389</v>
+        <v>0.62728172</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>