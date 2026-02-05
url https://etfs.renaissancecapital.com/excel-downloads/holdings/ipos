--- v4 (2026-01-13)
+++ v5 (2026-02-05)
@@ -12,432 +12,432 @@
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
+    <t>Kioxia (Toshiba Memory)</t>
+  </si>
+  <si>
     <t>Galderma</t>
   </si>
   <si>
-    <t>Kioxia (Toshiba Memory)</t>
-[...1 lines deleted...]
-  <si>
     <t>Horizon Robotics</t>
   </si>
   <si>
+    <t>JX Advanced Metals</t>
+  </si>
+  <si>
     <t>J&amp;T Global Express</t>
   </si>
   <si>
-    <t>JX Advanced Metals</t>
-[...1 lines deleted...]
-  <si>
     <t>Kokusai Electric</t>
   </si>
   <si>
     <t>Midea Group</t>
   </si>
   <si>
+    <t>Zijin Gold International</t>
+  </si>
+  <si>
     <t>Lottomatica Group</t>
   </si>
   <si>
+    <t>Laopu Gold</t>
+  </si>
+  <si>
+    <t>Amman Mineral Internasional</t>
+  </si>
+  <si>
     <t>Renk</t>
   </si>
   <si>
-    <t>Amman Mineral Internasional</t>
-[...1 lines deleted...]
-  <si>
     <t>Contemporary Amperex Technology (CATL)</t>
   </si>
   <si>
+    <t>Rakuten Bank</t>
+  </si>
+  <si>
     <t>Verisure</t>
   </si>
   <si>
-    <t>Laopu Gold</t>
-[...4 lines deleted...]
-  <si>
     <t>CVC Capital Partners</t>
   </si>
   <si>
-    <t>Rakuten Bank</t>
+    <t>Zabka Group</t>
+  </si>
+  <si>
+    <t>Tokyo Metro</t>
   </si>
   <si>
     <t>WuXi XDC Cayman</t>
   </si>
   <si>
-    <t>Zabka Group</t>
+    <t>Puig Brands</t>
   </si>
   <si>
     <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
   </si>
   <si>
-    <t>Tokyo Metro</t>
-[...4 lines deleted...]
-  <si>
     <t>Ionos Group</t>
   </si>
   <si>
+    <t>NOBA Bank Group</t>
+  </si>
+  <si>
     <t>Jiangsu Hengrui Pharmaceuticals</t>
   </si>
   <si>
-    <t>NOBA Bank Group</t>
-[...1 lines deleted...]
-  <si>
     <t>Zhejiang Sanhua Intelligent Controls</t>
   </si>
   <si>
+    <t>Destek Finans Faktoring</t>
+  </si>
+  <si>
     <t>SANY Heavy Industry</t>
   </si>
   <si>
     <t>S.F. Holding</t>
   </si>
   <si>
+    <t>Chifeng Jilong Gold Mining</t>
+  </si>
+  <si>
     <t>MIXUE Group</t>
   </si>
   <si>
     <t>Mao Geping Cosmetics</t>
   </si>
   <si>
-    <t>Destek Finans Faktoring</t>
-[...1 lines deleted...]
-  <si>
     <t>Lens Technology</t>
   </si>
   <si>
+    <t>Guming Holdings</t>
+  </si>
+  <si>
     <t>Seres Group (Chongqing Sokon Industrial)</t>
   </si>
   <si>
-    <t>Chifeng Jilong Gold Mining</t>
-[...2 lines deleted...]
-    <t>Guming Holdings</t>
+    <t>InnoScience Technology Holding</t>
   </si>
   <si>
     <t>Foshan Haitian Flavouring and Food</t>
   </si>
   <si>
-    <t>InnoScience Technology Holding</t>
-[...1 lines deleted...]
-  <si>
     <t>Springer Nature</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
+    <t>285A</t>
+  </si>
+  <si>
     <t>GALD</t>
   </si>
   <si>
-    <t>285A</t>
-[...1 lines deleted...]
-  <si>
     <t>9660</t>
   </si>
   <si>
+    <t>5016</t>
+  </si>
+  <si>
     <t>1519</t>
   </si>
   <si>
-    <t>5016</t>
-[...1 lines deleted...]
-  <si>
     <t>6525</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
+    <t>2259</t>
+  </si>
+  <si>
     <t>LTMC</t>
   </si>
   <si>
+    <t>6181</t>
+  </si>
+  <si>
+    <t>AMMN</t>
+  </si>
+  <si>
     <t>R3NK</t>
   </si>
   <si>
-    <t>AMMN</t>
-[...1 lines deleted...]
-  <si>
     <t>3750</t>
   </si>
   <si>
+    <t>5838</t>
+  </si>
+  <si>
     <t>VSURE</t>
   </si>
   <si>
-    <t>6181</t>
-[...4 lines deleted...]
-  <si>
     <t>CVC</t>
   </si>
   <si>
-    <t>5838</t>
+    <t>ZAB</t>
+  </si>
+  <si>
+    <t>9023</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>ZAB</t>
+    <t>PUIG</t>
   </si>
   <si>
     <t>6990</t>
   </si>
   <si>
-    <t>9023</t>
-[...4 lines deleted...]
-  <si>
     <t>IOS</t>
   </si>
   <si>
+    <t>NOBA</t>
+  </si>
+  <si>
     <t>1276</t>
   </si>
   <si>
-    <t>NOBA</t>
-[...1 lines deleted...]
-  <si>
     <t>2050</t>
   </si>
   <si>
+    <t>DSTKF</t>
+  </si>
+  <si>
     <t>6031</t>
   </si>
   <si>
     <t>6936</t>
   </si>
   <si>
+    <t>6693</t>
+  </si>
+  <si>
     <t>2097</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>DSTKF</t>
-[...1 lines deleted...]
-  <si>
     <t>6613</t>
   </si>
   <si>
+    <t>1364</t>
+  </si>
+  <si>
     <t>9927</t>
   </si>
   <si>
-    <t>6693</t>
-[...2 lines deleted...]
-    <t>1364</t>
+    <t>2577</t>
   </si>
   <si>
     <t>3288</t>
   </si>
   <si>
-    <t>2577</t>
-[...1 lines deleted...]
-  <si>
     <t>SPG</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Listing Country</t>
   </si>
   <si>
+    <t>Japan</t>
+  </si>
+  <si>
     <t>Switzerland</t>
   </si>
   <si>
-    <t>Japan</t>
-[...1 lines deleted...]
-  <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
     <t>Germany</t>
   </si>
   <si>
-    <t>Indonesia</t>
-[...1 lines deleted...]
-  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
+    <t>BMGYJ02</t>
+  </si>
+  <si>
     <t>BRC2T72</t>
   </si>
   <si>
-    <t>BMGYJ02</t>
-[...1 lines deleted...]
-  <si>
     <t>BS5YNY7</t>
   </si>
   <si>
     <t>BRBTW19</t>
   </si>
   <si>
     <t>BNGHNG2</t>
   </si>
   <si>
     <t>BQB7ZL7</t>
   </si>
   <si>
+    <t>BSD3B20</t>
+  </si>
+  <si>
     <t>BMXPBZ7</t>
   </si>
   <si>
+    <t>BS854D3</t>
+  </si>
+  <si>
+    <t>BRK2Z98</t>
+  </si>
+  <si>
     <t>BMD6RR4</t>
   </si>
   <si>
-    <t>BRK2Z98</t>
-[...1 lines deleted...]
-  <si>
     <t>BT9QPW8</t>
   </si>
   <si>
+    <t>BRPTWP9</t>
+  </si>
+  <si>
     <t>BVMN155</t>
   </si>
   <si>
-    <t>BS854D3</t>
-[...4 lines deleted...]
-  <si>
     <t>BRX9808</t>
   </si>
   <si>
-    <t>BRPTWP9</t>
+    <t>BRXWDB3</t>
+  </si>
+  <si>
+    <t>BQTY1X4</t>
   </si>
   <si>
     <t>BQHNQ38</t>
   </si>
   <si>
-    <t>BRXWDB3</t>
+    <t>BNTCFW4</t>
   </si>
   <si>
     <t>BPXZ192</t>
   </si>
   <si>
-    <t>BQTY1X4</t>
-[...4 lines deleted...]
-  <si>
     <t>BPRD664</t>
   </si>
   <si>
+    <t>BLDCLN9</t>
+  </si>
+  <si>
     <t>BMV9P26</t>
   </si>
   <si>
-    <t>BLDCLN9</t>
-[...1 lines deleted...]
-  <si>
     <t>BV4K4Z5</t>
   </si>
   <si>
+    <t>BNXJ8G6</t>
+  </si>
+  <si>
     <t>BMHH632</t>
   </si>
   <si>
     <t>BRWL0W1</t>
   </si>
   <si>
+    <t>BV0TR57</t>
+  </si>
+  <si>
     <t>BV1D9W9</t>
   </si>
   <si>
     <t>BPGKFW5</t>
   </si>
   <si>
-    <t>BNXJ8G6</t>
-[...1 lines deleted...]
-  <si>
     <t>BVMQ8J7</t>
   </si>
   <si>
+    <t>BQPCNJ2</t>
+  </si>
+  <si>
     <t>BRDWN24</t>
   </si>
   <si>
-    <t>BV0TR57</t>
-[...2 lines deleted...]
-    <t>BQPCNJ2</t>
+    <t>BRT4261</t>
   </si>
   <si>
     <t>BN4Q3S3</t>
-  </si>
-[...1 lines deleted...]
-    <t>BRT4261</t>
   </si>
   <si>
     <t>BB22LL8</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
       <i val="false"/>
       <u val="none"/>
       <sz val="11"/>
@@ -584,1178 +584,1178 @@
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
+    <col min="1" max="1" bestFit="true" width="9.09375" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="42.61328125" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="16.421875" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
     <col min="7" max="7" bestFit="true" width="9.09375" hidden="false" outlineLevel="0"/>
     <col min="8" max="8" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
-    <col min="9" max="9" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
+    <col min="9" max="9" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>94</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>41</v>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>95</v>
       </c>
       <c r="G2" t="n">
-        <v>2462</v>
+        <v>6400</v>
       </c>
       <c r="H2" t="n">
-        <v>505824.88</v>
+        <v>854251.22</v>
       </c>
       <c r="I2" t="n">
-        <v>9.24145</v>
+        <v>15.00307233</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>45</v>
       </c>
       <c r="E3" t="s">
         <v>84</v>
       </c>
       <c r="F3" t="s">
         <v>96</v>
       </c>
       <c r="G3" t="n">
-        <v>6300</v>
+        <v>2462</v>
       </c>
       <c r="H3" t="n">
-        <v>505369.95</v>
+        <v>462617.23</v>
       </c>
       <c r="I3" t="n">
-        <v>9.2331384</v>
+        <v>8.12486959</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>46</v>
       </c>
       <c r="E4" t="s">
         <v>85</v>
       </c>
       <c r="F4" t="s">
         <v>97</v>
       </c>
       <c r="G4" t="n">
         <v>327000</v>
       </c>
       <c r="H4" t="n">
-        <v>383768.36</v>
+        <v>338591.2</v>
       </c>
       <c r="I4" t="n">
-        <v>7.01147028</v>
+        <v>5.94662102</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>83</v>
+      </c>
+      <c r="F5" t="n">
+        <v>6543770</v>
       </c>
       <c r="G5" t="n">
-        <v>223400</v>
+        <v>20400</v>
       </c>
       <c r="H5" t="n">
-        <v>340694.67</v>
+        <v>324956.33</v>
       </c>
       <c r="I5" t="n">
-        <v>6.22451145</v>
+        <v>5.70715406</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>6543770</v>
+        <v>85</v>
+      </c>
+      <c r="F6" t="s">
+        <v>98</v>
       </c>
       <c r="G6" t="n">
-        <v>20400</v>
+        <v>223400</v>
       </c>
       <c r="H6" t="n">
-        <v>282281.99</v>
+        <v>305947.1</v>
       </c>
       <c r="I6" t="n">
-        <v>5.15730839</v>
+        <v>5.37329811</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
         <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="F7" t="s">
         <v>99</v>
       </c>
       <c r="G7" t="n">
         <v>7100</v>
       </c>
       <c r="H7" t="n">
-        <v>268210.75</v>
+        <v>295909.32</v>
       </c>
       <c r="I7" t="n">
-        <v>4.90022602</v>
+        <v>5.19700625</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>50</v>
       </c>
       <c r="E8" t="s">
         <v>85</v>
       </c>
       <c r="F8" t="s">
         <v>100</v>
       </c>
       <c r="G8" t="n">
         <v>23500</v>
       </c>
       <c r="H8" t="n">
-        <v>260725.97</v>
+        <v>261827.97</v>
       </c>
       <c r="I8" t="n">
-        <v>4.76347865</v>
+        <v>4.59844116</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>51</v>
       </c>
       <c r="E9" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>101</v>
       </c>
       <c r="G9" t="n">
-        <v>9435</v>
+        <v>8686</v>
       </c>
       <c r="H9" t="n">
-        <v>235526.94</v>
+        <v>241467.7</v>
       </c>
       <c r="I9" t="n">
-        <v>4.3030909</v>
+        <v>4.24085712</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F10" t="s">
         <v>102</v>
       </c>
       <c r="G10" t="n">
-        <v>2945</v>
+        <v>9435</v>
       </c>
       <c r="H10" t="n">
-        <v>227488.47</v>
+        <v>228425.52</v>
       </c>
       <c r="I10" t="n">
-        <v>4.15622759</v>
+        <v>4.01179948</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>41</v>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="F11" t="s">
         <v>103</v>
       </c>
       <c r="G11" t="n">
-        <v>462900</v>
+        <v>2000</v>
       </c>
       <c r="H11" t="n">
-        <v>217972.82</v>
+        <v>193906.35</v>
       </c>
       <c r="I11" t="n">
-        <v>3.98237611</v>
+        <v>3.40554503</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F12" t="s">
         <v>104</v>
       </c>
       <c r="G12" t="n">
-        <v>3000</v>
+        <v>462900</v>
       </c>
       <c r="H12" t="n">
-        <v>186699.16</v>
+        <v>189882.91</v>
       </c>
       <c r="I12" t="n">
-        <v>3.41100452</v>
+        <v>3.33488202</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F13" t="s">
         <v>105</v>
       </c>
       <c r="G13" t="n">
-        <v>10238</v>
+        <v>2945</v>
       </c>
       <c r="H13" t="n">
-        <v>180572.59</v>
+        <v>185560.39</v>
       </c>
       <c r="I13" t="n">
-        <v>3.29907173</v>
+        <v>3.25896632</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>56</v>
       </c>
       <c r="E14" t="s">
         <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>106</v>
       </c>
       <c r="G14" t="n">
-        <v>2000</v>
+        <v>3000</v>
       </c>
       <c r="H14" t="n">
-        <v>175078.56</v>
+        <v>184921.38</v>
       </c>
       <c r="I14" t="n">
-        <v>3.19869548</v>
+        <v>3.24774349</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>57</v>
       </c>
       <c r="E15" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F15" t="s">
         <v>107</v>
       </c>
       <c r="G15" t="n">
-        <v>8686</v>
+        <v>3400</v>
       </c>
       <c r="H15" t="n">
-        <v>170455.72</v>
+        <v>159475.98</v>
       </c>
       <c r="I15" t="n">
-        <v>3.11423593</v>
+        <v>2.80085016</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>58</v>
       </c>
       <c r="E16" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F16" t="s">
         <v>108</v>
       </c>
       <c r="G16" t="n">
-        <v>8070</v>
+        <v>10238</v>
       </c>
       <c r="H16" t="n">
-        <v>144687.93</v>
+        <v>155521.71</v>
       </c>
       <c r="I16" t="n">
-        <v>2.6434569</v>
+        <v>2.73140197</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>59</v>
       </c>
       <c r="E17" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F17" t="s">
         <v>109</v>
       </c>
       <c r="G17" t="n">
-        <v>3400</v>
+        <v>8070</v>
       </c>
       <c r="H17" t="n">
-        <v>144214.42</v>
+        <v>130888.17</v>
       </c>
       <c r="I17" t="n">
-        <v>2.63480585</v>
+        <v>2.2987672</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="F18" t="s">
         <v>110</v>
       </c>
       <c r="G18" t="n">
-        <v>14500</v>
+        <v>19967</v>
       </c>
       <c r="H18" t="n">
-        <v>132604.37</v>
+        <v>123223.76</v>
       </c>
       <c r="I18" t="n">
-        <v>2.42268956</v>
+        <v>2.16415844</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="F19" t="s">
         <v>111</v>
       </c>
       <c r="G19" t="n">
-        <v>19967</v>
+        <v>11100</v>
       </c>
       <c r="H19" t="n">
-        <v>128565.95</v>
+        <v>117044.7</v>
       </c>
       <c r="I19" t="n">
-        <v>2.34890739</v>
+        <v>2.05563663</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>85</v>
       </c>
       <c r="F20" t="s">
         <v>112</v>
       </c>
       <c r="G20" t="n">
-        <v>2000</v>
+        <v>14500</v>
       </c>
       <c r="H20" t="n">
-        <v>125440.9</v>
+        <v>112465.68</v>
       </c>
       <c r="I20" t="n">
-        <v>2.29181255</v>
+        <v>1.97521606</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
       <c r="E21" t="s">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="F21" t="s">
         <v>113</v>
       </c>
       <c r="G21" t="n">
-        <v>11100</v>
+        <v>5561</v>
       </c>
       <c r="H21" t="n">
-        <v>112266.51</v>
+        <v>110310.69</v>
       </c>
       <c r="I21" t="n">
-        <v>2.05111567</v>
+        <v>1.93736833</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
       <c r="E22" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="F22" t="s">
         <v>114</v>
       </c>
       <c r="G22" t="n">
-        <v>5561</v>
+        <v>2000</v>
       </c>
       <c r="H22" t="n">
-        <v>104374.36</v>
+        <v>102802.36</v>
       </c>
       <c r="I22" t="n">
-        <v>1.90692563</v>
+        <v>1.80550078</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>41</v>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
       <c r="E23" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F23" t="s">
         <v>115</v>
       </c>
       <c r="G23" t="n">
         <v>1877</v>
       </c>
       <c r="H23" t="n">
-        <v>61525.55</v>
+        <v>58800.76</v>
       </c>
       <c r="I23" t="n">
-        <v>1.12407538</v>
+        <v>1.03270798</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>41</v>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="F24" t="s">
         <v>116</v>
       </c>
       <c r="G24" t="n">
-        <v>6200</v>
+        <v>4156</v>
       </c>
       <c r="H24" t="n">
-        <v>61192.84</v>
+        <v>55464.68</v>
       </c>
       <c r="I24" t="n">
-        <v>1.11799675</v>
+        <v>0.97411696</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>41</v>
       </c>
       <c r="D25" t="s">
         <v>67</v>
       </c>
       <c r="E25" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F25" t="s">
         <v>117</v>
       </c>
       <c r="G25" t="n">
-        <v>4156</v>
+        <v>6200</v>
       </c>
       <c r="H25" t="n">
-        <v>54905.49</v>
+        <v>53167.46</v>
       </c>
       <c r="I25" t="n">
-        <v>1.0031265</v>
+        <v>0.93377127</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>41</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26" t="s">
         <v>85</v>
       </c>
       <c r="F26" t="s">
         <v>118</v>
       </c>
       <c r="G26" t="n">
         <v>10739</v>
       </c>
       <c r="H26" t="n">
-        <v>53443.62</v>
+        <v>48519.68</v>
       </c>
       <c r="I26" t="n">
-        <v>0.97641805</v>
+        <v>0.85214308</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>41</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="F27" t="s">
         <v>119</v>
       </c>
       <c r="G27" t="n">
-        <v>13545</v>
+        <v>2305</v>
       </c>
       <c r="H27" t="n">
-        <v>42043.1</v>
+        <v>43919.66</v>
       </c>
       <c r="I27" t="n">
-        <v>0.76812988</v>
+        <v>0.7713537</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>41</v>
       </c>
       <c r="D28" t="s">
         <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>85</v>
       </c>
       <c r="F28" t="s">
         <v>120</v>
       </c>
       <c r="G28" t="n">
-        <v>9200</v>
+        <v>13545</v>
       </c>
       <c r="H28" t="n">
-        <v>41796.19</v>
+        <v>43653</v>
       </c>
       <c r="I28" t="n">
-        <v>0.76361882</v>
+        <v>0.76667039</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>41</v>
       </c>
       <c r="D29" t="s">
         <v>71</v>
       </c>
       <c r="E29" t="s">
         <v>85</v>
       </c>
       <c r="F29" t="s">
         <v>121</v>
       </c>
       <c r="G29" t="n">
-        <v>750</v>
+        <v>9200</v>
       </c>
       <c r="H29" t="n">
-        <v>41230.04</v>
+        <v>41236.65</v>
       </c>
       <c r="I29" t="n">
-        <v>0.75327523</v>
+        <v>0.72423244</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>41</v>
       </c>
       <c r="D30" t="s">
         <v>72</v>
       </c>
       <c r="E30" t="s">
         <v>85</v>
       </c>
       <c r="F30" t="s">
         <v>122</v>
       </c>
       <c r="G30" t="n">
-        <v>3400</v>
+        <v>8000</v>
       </c>
       <c r="H30" t="n">
-        <v>38594.24</v>
+        <v>38438.25</v>
       </c>
       <c r="I30" t="n">
-        <v>0.70511901</v>
+        <v>0.6750846</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>41</v>
       </c>
       <c r="D31" t="s">
         <v>73</v>
       </c>
       <c r="E31" t="s">
-        <v>93</v>
+        <v>85</v>
       </c>
       <c r="F31" t="s">
         <v>123</v>
       </c>
       <c r="G31" t="n">
-        <v>2305</v>
+        <v>750</v>
       </c>
       <c r="H31" t="n">
-        <v>35285.52</v>
+        <v>37341.37</v>
       </c>
       <c r="I31" t="n">
-        <v>0.6446685</v>
+        <v>0.65582028</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="D32" t="s">
         <v>74</v>
       </c>
       <c r="E32" t="s">
         <v>85</v>
       </c>
       <c r="F32" t="s">
         <v>124</v>
       </c>
       <c r="G32" t="n">
-        <v>8378</v>
+        <v>3400</v>
       </c>
       <c r="H32" t="n">
-        <v>32216.05</v>
+        <v>36467.19</v>
       </c>
       <c r="I32" t="n">
-        <v>0.58858911</v>
+        <v>0.6404672</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>41</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>85</v>
       </c>
       <c r="F33" t="s">
         <v>125</v>
       </c>
       <c r="G33" t="n">
-        <v>2286</v>
+        <v>8378</v>
       </c>
       <c r="H33" t="n">
-        <v>31490.59</v>
+        <v>31096.95</v>
       </c>
       <c r="I33" t="n">
-        <v>0.57533491</v>
+        <v>0.54615057</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>41</v>
       </c>
       <c r="D34" t="s">
         <v>76</v>
       </c>
       <c r="E34" t="s">
         <v>85</v>
       </c>
       <c r="F34" t="s">
         <v>126</v>
       </c>
       <c r="G34" t="n">
         <v>8000</v>
       </c>
       <c r="H34" t="n">
-        <v>30988.26</v>
+        <v>29181.95</v>
       </c>
       <c r="I34" t="n">
-        <v>0.56615731</v>
+        <v>0.51251774</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>41</v>
       </c>
       <c r="D35" t="s">
         <v>77</v>
       </c>
       <c r="E35" t="s">
         <v>85</v>
       </c>
       <c r="F35" t="s">
         <v>127</v>
       </c>
       <c r="G35" t="n">
-        <v>8000</v>
+        <v>2286</v>
       </c>
       <c r="H35" t="n">
-        <v>26042.45</v>
+        <v>28380.98</v>
       </c>
       <c r="I35" t="n">
-        <v>0.47579708</v>
+        <v>0.49845044</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>41</v>
       </c>
       <c r="D36" t="s">
         <v>78</v>
       </c>
       <c r="E36" t="s">
         <v>85</v>
       </c>
       <c r="F36" t="s">
         <v>128</v>
       </c>
       <c r="G36" t="n">
-        <v>4714</v>
+        <v>3300</v>
       </c>
       <c r="H36" t="n">
-        <v>19565.836</v>
+        <v>22723.52</v>
       </c>
       <c r="I36" t="n">
-        <v>0.35746896</v>
+        <v>0.39908941</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" t="s">
         <v>41</v>
       </c>
       <c r="D37" t="s">
         <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>85</v>
       </c>
       <c r="F37" t="s">
         <v>129</v>
       </c>
       <c r="G37" t="n">
-        <v>2200</v>
+        <v>4714</v>
       </c>
       <c r="H37" t="n">
-        <v>19145.77</v>
+        <v>19053.78</v>
       </c>
       <c r="I37" t="n">
-        <v>0.34979433</v>
+        <v>0.33463837</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" t="s">
         <v>41</v>
       </c>
       <c r="D38" t="s">
         <v>80</v>
       </c>
       <c r="E38" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F38" t="s">
         <v>130</v>
       </c>
       <c r="G38" t="n">
         <v>791</v>
       </c>
       <c r="H38" t="n">
-        <v>16811.63</v>
+        <v>15728.06</v>
       </c>
       <c r="I38" t="n">
-        <v>0.30714946</v>
+        <v>0.27622931</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>46035</v>
+        <v>46057</v>
       </c>
       <c r="B39" t="s">
         <v>39</v>
       </c>
       <c r="C39" t="s">
         <v>42</v>
       </c>
       <c r="D39" t="s">
         <v>81</v>
       </c>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" t="n">
-        <v>31030.65</v>
+        <v>10700.39</v>
       </c>
       <c r="H39" t="n">
-        <v>34333.864</v>
+        <v>10670.3</v>
       </c>
       <c r="I39" t="n">
-        <v>0.62728172</v>
+        <v>0.18740071</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>