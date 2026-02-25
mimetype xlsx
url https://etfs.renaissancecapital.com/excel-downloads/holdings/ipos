--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -18,423 +18,423 @@
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
     <t>Kioxia (Toshiba Memory)</t>
   </si>
   <si>
     <t>Galderma</t>
   </si>
   <si>
+    <t>JX Advanced Metals</t>
+  </si>
+  <si>
     <t>Horizon Robotics</t>
   </si>
   <si>
-    <t>JX Advanced Metals</t>
-[...1 lines deleted...]
-  <si>
     <t>J&amp;T Global Express</t>
   </si>
   <si>
     <t>Kokusai Electric</t>
   </si>
   <si>
     <t>Midea Group</t>
   </si>
   <si>
     <t>Zijin Gold International</t>
   </si>
   <si>
     <t>Lottomatica Group</t>
   </si>
   <si>
+    <t>Amman Mineral Internasional</t>
+  </si>
+  <si>
+    <t>Contemporary Amperex Technology (CATL)</t>
+  </si>
+  <si>
+    <t>Renk</t>
+  </si>
+  <si>
     <t>Laopu Gold</t>
   </si>
   <si>
-    <t>Amman Mineral Internasional</t>
-[...7 lines deleted...]
-  <si>
     <t>Rakuten Bank</t>
   </si>
   <si>
+    <t>WuXi XDC Cayman</t>
+  </si>
+  <si>
+    <t>Zabka Group</t>
+  </si>
+  <si>
+    <t>Tokyo Metro</t>
+  </si>
+  <si>
     <t>Verisure</t>
   </si>
   <si>
     <t>CVC Capital Partners</t>
   </si>
   <si>
-    <t>Zabka Group</t>
-[...7 lines deleted...]
-  <si>
     <t>Puig Brands</t>
   </si>
   <si>
     <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
   </si>
   <si>
+    <t>Destek Finans Faktoring</t>
+  </si>
+  <si>
+    <t>Jiangsu Hengrui Pharmaceuticals</t>
+  </si>
+  <si>
+    <t>Zhejiang Sanhua Intelligent Controls</t>
+  </si>
+  <si>
     <t>Ionos Group</t>
   </si>
   <si>
     <t>NOBA Bank Group</t>
   </si>
   <si>
-    <t>Jiangsu Hengrui Pharmaceuticals</t>
-[...7 lines deleted...]
-  <si>
     <t>SANY Heavy Industry</t>
   </si>
   <si>
     <t>S.F. Holding</t>
   </si>
   <si>
     <t>Chifeng Jilong Gold Mining</t>
   </si>
   <si>
+    <t>Mao Geping Cosmetics</t>
+  </si>
+  <si>
     <t>MIXUE Group</t>
   </si>
   <si>
-    <t>Mao Geping Cosmetics</t>
-[...1 lines deleted...]
-  <si>
     <t>Lens Technology</t>
   </si>
   <si>
     <t>Guming Holdings</t>
   </si>
   <si>
+    <t>InnoScience Technology Holding</t>
+  </si>
+  <si>
     <t>Seres Group (Chongqing Sokon Industrial)</t>
   </si>
   <si>
-    <t>InnoScience Technology Holding</t>
-[...1 lines deleted...]
-  <si>
     <t>Foshan Haitian Flavouring and Food</t>
   </si>
   <si>
     <t>Springer Nature</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>285A</t>
   </si>
   <si>
     <t>GALD</t>
   </si>
   <si>
+    <t>5016</t>
+  </si>
+  <si>
     <t>9660</t>
   </si>
   <si>
-    <t>5016</t>
-[...1 lines deleted...]
-  <si>
     <t>1519</t>
   </si>
   <si>
     <t>6525</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>LTMC</t>
   </si>
   <si>
+    <t>AMMN</t>
+  </si>
+  <si>
+    <t>3750</t>
+  </si>
+  <si>
+    <t>R3NK</t>
+  </si>
+  <si>
     <t>6181</t>
   </si>
   <si>
-    <t>AMMN</t>
-[...7 lines deleted...]
-  <si>
     <t>5838</t>
   </si>
   <si>
+    <t>2268</t>
+  </si>
+  <si>
+    <t>ZAB</t>
+  </si>
+  <si>
+    <t>9023</t>
+  </si>
+  <si>
     <t>VSURE</t>
   </si>
   <si>
     <t>CVC</t>
   </si>
   <si>
-    <t>ZAB</t>
-[...7 lines deleted...]
-  <si>
     <t>PUIG</t>
   </si>
   <si>
     <t>6990</t>
   </si>
   <si>
+    <t>DSTKF</t>
+  </si>
+  <si>
+    <t>1276</t>
+  </si>
+  <si>
+    <t>2050</t>
+  </si>
+  <si>
     <t>IOS</t>
   </si>
   <si>
     <t>NOBA</t>
   </si>
   <si>
-    <t>1276</t>
-[...7 lines deleted...]
-  <si>
     <t>6031</t>
   </si>
   <si>
     <t>6936</t>
   </si>
   <si>
     <t>6693</t>
   </si>
   <si>
+    <t>1318</t>
+  </si>
+  <si>
     <t>2097</t>
   </si>
   <si>
-    <t>1318</t>
-[...1 lines deleted...]
-  <si>
     <t>6613</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
+    <t>2577</t>
+  </si>
+  <si>
     <t>9927</t>
   </si>
   <si>
-    <t>2577</t>
-[...1 lines deleted...]
-  <si>
     <t>3288</t>
   </si>
   <si>
     <t>SPG</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Listing Country</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
+    <t>Poland</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
-    <t>Poland</t>
-[...1 lines deleted...]
-  <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>BMGYJ02</t>
   </si>
   <si>
     <t>BRC2T72</t>
   </si>
   <si>
     <t>BS5YNY7</t>
   </si>
   <si>
     <t>BRBTW19</t>
   </si>
   <si>
     <t>BNGHNG2</t>
   </si>
   <si>
     <t>BQB7ZL7</t>
   </si>
   <si>
     <t>BSD3B20</t>
   </si>
   <si>
     <t>BMXPBZ7</t>
   </si>
   <si>
+    <t>BRK2Z98</t>
+  </si>
+  <si>
+    <t>BT9QPW8</t>
+  </si>
+  <si>
+    <t>BMD6RR4</t>
+  </si>
+  <si>
     <t>BS854D3</t>
   </si>
   <si>
-    <t>BRK2Z98</t>
-[...7 lines deleted...]
-  <si>
     <t>BRPTWP9</t>
   </si>
   <si>
+    <t>BQHNQ38</t>
+  </si>
+  <si>
+    <t>BRXWDB3</t>
+  </si>
+  <si>
+    <t>BQTY1X4</t>
+  </si>
+  <si>
     <t>BVMN155</t>
   </si>
   <si>
     <t>BRX9808</t>
   </si>
   <si>
-    <t>BRXWDB3</t>
-[...7 lines deleted...]
-  <si>
     <t>BNTCFW4</t>
   </si>
   <si>
     <t>BPXZ192</t>
   </si>
   <si>
+    <t>BNXJ8G6</t>
+  </si>
+  <si>
+    <t>BMV9P26</t>
+  </si>
+  <si>
+    <t>BV4K4Z5</t>
+  </si>
+  <si>
     <t>BPRD664</t>
   </si>
   <si>
     <t>BLDCLN9</t>
   </si>
   <si>
-    <t>BMV9P26</t>
-[...7 lines deleted...]
-  <si>
     <t>BMHH632</t>
   </si>
   <si>
     <t>BRWL0W1</t>
   </si>
   <si>
     <t>BV0TR57</t>
   </si>
   <si>
+    <t>BPGKFW5</t>
+  </si>
+  <si>
     <t>BV1D9W9</t>
   </si>
   <si>
-    <t>BPGKFW5</t>
-[...1 lines deleted...]
-  <si>
     <t>BVMQ8J7</t>
   </si>
   <si>
     <t>BQPCNJ2</t>
   </si>
   <si>
+    <t>BRT4261</t>
+  </si>
+  <si>
     <t>BRDWN24</t>
-  </si>
-[...1 lines deleted...]
-    <t>BRT4261</t>
   </si>
   <si>
     <t>BN4Q3S3</t>
   </si>
   <si>
     <t>BB22LL8</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
@@ -584,1178 +584,1178 @@
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I39"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" bestFit="true" width="9.09375" hidden="false" outlineLevel="0"/>
+    <col min="1" max="1" bestFit="true" width="10.140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="42.61328125" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="7.00390625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="16.421875" hidden="false" outlineLevel="0"/>
     <col min="6" max="6" bestFit="true" width="10.7109375" hidden="false" outlineLevel="0"/>
-    <col min="7" max="7" bestFit="true" width="9.09375" hidden="false" outlineLevel="0"/>
+    <col min="7" max="7" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="8" max="8" bestFit="true" width="14.33203125" hidden="false" outlineLevel="0"/>
     <col min="9" max="9" bestFit="true" width="12.23046875" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>94</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>41</v>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>95</v>
       </c>
       <c r="G2" t="n">
-        <v>6400</v>
+        <v>7500</v>
       </c>
       <c r="H2" t="n">
-        <v>854251.22</v>
+        <v>996703.51</v>
       </c>
       <c r="I2" t="n">
-        <v>15.00307233</v>
+        <v>14.29581316</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>45</v>
       </c>
       <c r="E3" t="s">
         <v>84</v>
       </c>
       <c r="F3" t="s">
         <v>96</v>
       </c>
       <c r="G3" t="n">
-        <v>2462</v>
+        <v>2871</v>
       </c>
       <c r="H3" t="n">
-        <v>462617.23</v>
+        <v>550953.19</v>
       </c>
       <c r="I3" t="n">
-        <v>8.12486959</v>
+        <v>7.90237396</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>46</v>
       </c>
       <c r="E4" t="s">
-        <v>85</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>83</v>
+      </c>
+      <c r="F4" t="n">
+        <v>6543770</v>
       </c>
       <c r="G4" t="n">
-        <v>327000</v>
+        <v>23800</v>
       </c>
       <c r="H4" t="n">
-        <v>338591.2</v>
+        <v>521350.91</v>
       </c>
       <c r="I4" t="n">
-        <v>5.94662102</v>
+        <v>7.47778564</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>6543770</v>
+        <v>85</v>
+      </c>
+      <c r="F5" t="s">
+        <v>97</v>
       </c>
       <c r="G5" t="n">
-        <v>20400</v>
+        <v>381600</v>
       </c>
       <c r="H5" t="n">
-        <v>324956.33</v>
+        <v>438716.05</v>
       </c>
       <c r="I5" t="n">
-        <v>5.70715406</v>
+        <v>6.29254599</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
         <v>85</v>
       </c>
       <c r="F6" t="s">
         <v>98</v>
       </c>
       <c r="G6" t="n">
-        <v>223400</v>
+        <v>260600</v>
       </c>
       <c r="H6" t="n">
-        <v>305947.1</v>
+        <v>352594.51</v>
       </c>
       <c r="I6" t="n">
-        <v>5.37329811</v>
+        <v>5.05729656</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
         <v>49</v>
       </c>
       <c r="E7" t="s">
         <v>83</v>
       </c>
       <c r="F7" t="s">
         <v>99</v>
       </c>
       <c r="G7" t="n">
-        <v>7100</v>
+        <v>8300</v>
       </c>
       <c r="H7" t="n">
-        <v>295909.32</v>
+        <v>341796.26</v>
       </c>
       <c r="I7" t="n">
-        <v>5.19700625</v>
+        <v>4.90241624</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>50</v>
       </c>
       <c r="E8" t="s">
         <v>85</v>
       </c>
       <c r="F8" t="s">
         <v>100</v>
       </c>
       <c r="G8" t="n">
-        <v>23500</v>
+        <v>27400</v>
       </c>
       <c r="H8" t="n">
-        <v>261827.97</v>
+        <v>327625.45</v>
       </c>
       <c r="I8" t="n">
-        <v>4.59844116</v>
+        <v>4.69916296</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>51</v>
       </c>
       <c r="E9" t="s">
         <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>101</v>
       </c>
       <c r="G9" t="n">
-        <v>8686</v>
+        <v>10129</v>
       </c>
       <c r="H9" t="n">
-        <v>241467.7</v>
+        <v>296372.6</v>
       </c>
       <c r="I9" t="n">
-        <v>4.24085712</v>
+        <v>4.25090036</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>52</v>
       </c>
       <c r="E10" t="s">
         <v>86</v>
       </c>
       <c r="F10" t="s">
         <v>102</v>
       </c>
       <c r="G10" t="n">
-        <v>9435</v>
+        <v>11003</v>
       </c>
       <c r="H10" t="n">
-        <v>228425.52</v>
+        <v>260499.73</v>
       </c>
       <c r="I10" t="n">
-        <v>4.01179948</v>
+        <v>3.73637238</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>41</v>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F11" t="s">
         <v>103</v>
       </c>
       <c r="G11" t="n">
-        <v>2000</v>
+        <v>539600</v>
       </c>
       <c r="H11" t="n">
-        <v>193906.35</v>
+        <v>250677.78</v>
       </c>
       <c r="I11" t="n">
-        <v>3.40554503</v>
+        <v>3.59549522</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F12" t="s">
         <v>104</v>
       </c>
       <c r="G12" t="n">
-        <v>462900</v>
+        <v>3500</v>
       </c>
       <c r="H12" t="n">
-        <v>189882.91</v>
+        <v>242819.33</v>
       </c>
       <c r="I12" t="n">
-        <v>3.33488202</v>
+        <v>3.48278072</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>55</v>
       </c>
       <c r="E13" t="s">
         <v>88</v>
       </c>
       <c r="F13" t="s">
         <v>105</v>
       </c>
       <c r="G13" t="n">
-        <v>2945</v>
+        <v>3434</v>
       </c>
       <c r="H13" t="n">
-        <v>185560.39</v>
+        <v>238194.43</v>
       </c>
       <c r="I13" t="n">
-        <v>3.25896632</v>
+        <v>3.41644534</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>56</v>
       </c>
       <c r="E14" t="s">
         <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>106</v>
       </c>
       <c r="G14" t="n">
-        <v>3000</v>
+        <v>2300</v>
       </c>
       <c r="H14" t="n">
-        <v>184921.38</v>
+        <v>232364.83</v>
       </c>
       <c r="I14" t="n">
-        <v>3.24774349</v>
+        <v>3.33283084</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>57</v>
       </c>
       <c r="E15" t="s">
         <v>83</v>
       </c>
       <c r="F15" t="s">
         <v>107</v>
       </c>
       <c r="G15" t="n">
-        <v>3400</v>
+        <v>4000</v>
       </c>
       <c r="H15" t="n">
-        <v>159475.98</v>
+        <v>231710.94</v>
       </c>
       <c r="I15" t="n">
-        <v>2.80085016</v>
+        <v>3.32345203</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>58</v>
       </c>
       <c r="E16" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F16" t="s">
         <v>108</v>
       </c>
       <c r="G16" t="n">
-        <v>10238</v>
+        <v>17000</v>
       </c>
       <c r="H16" t="n">
-        <v>155521.71</v>
+        <v>145550.92</v>
       </c>
       <c r="I16" t="n">
-        <v>2.73140197</v>
+        <v>2.08765068</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>59</v>
       </c>
       <c r="E17" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F17" t="s">
         <v>109</v>
       </c>
       <c r="G17" t="n">
-        <v>8070</v>
+        <v>23285</v>
       </c>
       <c r="H17" t="n">
-        <v>130888.17</v>
+        <v>143313.33</v>
       </c>
       <c r="I17" t="n">
-        <v>2.2987672</v>
+        <v>2.05555671</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
-        <v>91</v>
+        <v>83</v>
       </c>
       <c r="F18" t="s">
         <v>110</v>
       </c>
       <c r="G18" t="n">
-        <v>19967</v>
+        <v>12900</v>
       </c>
       <c r="H18" t="n">
-        <v>123223.76</v>
+        <v>138413.81</v>
       </c>
       <c r="I18" t="n">
-        <v>2.16415844</v>
+        <v>1.98528243</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="F19" t="s">
         <v>111</v>
       </c>
       <c r="G19" t="n">
-        <v>11100</v>
+        <v>11939</v>
       </c>
       <c r="H19" t="n">
-        <v>117044.7</v>
+        <v>135417.71</v>
       </c>
       <c r="I19" t="n">
-        <v>2.05563663</v>
+        <v>1.94230908</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="F20" t="s">
         <v>112</v>
       </c>
       <c r="G20" t="n">
-        <v>14500</v>
+        <v>9411</v>
       </c>
       <c r="H20" t="n">
-        <v>112465.68</v>
+        <v>131266.22</v>
       </c>
       <c r="I20" t="n">
-        <v>1.97521606</v>
+        <v>1.88276387</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
       <c r="E21" t="s">
         <v>92</v>
       </c>
       <c r="F21" t="s">
         <v>113</v>
       </c>
       <c r="G21" t="n">
-        <v>5561</v>
+        <v>6485</v>
       </c>
       <c r="H21" t="n">
-        <v>110310.69</v>
+        <v>125549.67</v>
       </c>
       <c r="I21" t="n">
-        <v>1.93736833</v>
+        <v>1.80077085</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
       <c r="E22" t="s">
         <v>85</v>
       </c>
       <c r="F22" t="s">
         <v>114</v>
       </c>
       <c r="G22" t="n">
-        <v>2000</v>
+        <v>2300</v>
       </c>
       <c r="H22" t="n">
-        <v>102802.36</v>
+        <v>122359.2</v>
       </c>
       <c r="I22" t="n">
-        <v>1.80550078</v>
+        <v>1.75500963</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>41</v>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
       <c r="E23" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="F23" t="s">
         <v>115</v>
       </c>
       <c r="G23" t="n">
-        <v>1877</v>
+        <v>2688</v>
       </c>
       <c r="H23" t="n">
-        <v>58800.76</v>
+        <v>85971.85</v>
       </c>
       <c r="I23" t="n">
-        <v>1.03270798</v>
+        <v>1.23310241</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>41</v>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F24" t="s">
         <v>116</v>
       </c>
       <c r="G24" t="n">
-        <v>4156</v>
+        <v>7200</v>
       </c>
       <c r="H24" t="n">
-        <v>55464.68</v>
+        <v>64131.16</v>
       </c>
       <c r="I24" t="n">
-        <v>0.97411696</v>
+        <v>0.91983932</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>41</v>
       </c>
       <c r="D25" t="s">
         <v>67</v>
       </c>
       <c r="E25" t="s">
         <v>85</v>
       </c>
       <c r="F25" t="s">
         <v>117</v>
       </c>
       <c r="G25" t="n">
-        <v>6200</v>
+        <v>12523</v>
       </c>
       <c r="H25" t="n">
-        <v>53167.46</v>
+        <v>61401.07</v>
       </c>
       <c r="I25" t="n">
-        <v>0.93377127</v>
+        <v>0.88068138</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>41</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="F26" t="s">
         <v>118</v>
       </c>
       <c r="G26" t="n">
-        <v>10739</v>
+        <v>2189</v>
       </c>
       <c r="H26" t="n">
-        <v>48519.68</v>
+        <v>58845.47</v>
       </c>
       <c r="I26" t="n">
-        <v>0.85214308</v>
+        <v>0.84402617</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>41</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F27" t="s">
         <v>119</v>
       </c>
       <c r="G27" t="n">
-        <v>2305</v>
+        <v>5164</v>
       </c>
       <c r="H27" t="n">
-        <v>43919.66</v>
+        <v>55638.33</v>
       </c>
       <c r="I27" t="n">
-        <v>0.7713537</v>
+        <v>0.79802585</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>41</v>
       </c>
       <c r="D28" t="s">
         <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>85</v>
       </c>
       <c r="F28" t="s">
         <v>120</v>
       </c>
       <c r="G28" t="n">
-        <v>13545</v>
+        <v>15745</v>
       </c>
       <c r="H28" t="n">
-        <v>43653</v>
+        <v>52553.14</v>
       </c>
       <c r="I28" t="n">
-        <v>0.76667039</v>
+        <v>0.75377468</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>41</v>
       </c>
       <c r="D29" t="s">
         <v>71</v>
       </c>
       <c r="E29" t="s">
         <v>85</v>
       </c>
       <c r="F29" t="s">
         <v>121</v>
       </c>
       <c r="G29" t="n">
-        <v>9200</v>
+        <v>10800</v>
       </c>
       <c r="H29" t="n">
-        <v>41236.65</v>
+        <v>49942.2</v>
       </c>
       <c r="I29" t="n">
-        <v>0.72423244</v>
+        <v>0.71632572</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>41</v>
       </c>
       <c r="D30" t="s">
         <v>72</v>
       </c>
       <c r="E30" t="s">
         <v>85</v>
       </c>
       <c r="F30" t="s">
         <v>122</v>
       </c>
       <c r="G30" t="n">
-        <v>8000</v>
+        <v>9200</v>
       </c>
       <c r="H30" t="n">
-        <v>38438.25</v>
+        <v>46920.05</v>
       </c>
       <c r="I30" t="n">
-        <v>0.6750846</v>
+        <v>0.67297874</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>41</v>
       </c>
       <c r="D31" t="s">
         <v>73</v>
       </c>
       <c r="E31" t="s">
         <v>85</v>
       </c>
       <c r="F31" t="s">
         <v>123</v>
       </c>
       <c r="G31" t="n">
-        <v>750</v>
+        <v>4000</v>
       </c>
       <c r="H31" t="n">
-        <v>37341.37</v>
+        <v>45168.55</v>
       </c>
       <c r="I31" t="n">
-        <v>0.65582028</v>
+        <v>0.6478568</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="D32" t="s">
         <v>74</v>
       </c>
       <c r="E32" t="s">
         <v>85</v>
       </c>
       <c r="F32" t="s">
         <v>124</v>
       </c>
       <c r="G32" t="n">
-        <v>3400</v>
+        <v>850</v>
       </c>
       <c r="H32" t="n">
-        <v>36467.19</v>
+        <v>41980.41</v>
       </c>
       <c r="I32" t="n">
-        <v>0.6404672</v>
+        <v>0.60212901</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>41</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>85</v>
       </c>
       <c r="F33" t="s">
         <v>125</v>
       </c>
       <c r="G33" t="n">
-        <v>8378</v>
+        <v>9770</v>
       </c>
       <c r="H33" t="n">
-        <v>31096.95</v>
+        <v>35483.66</v>
       </c>
       <c r="I33" t="n">
-        <v>0.54615057</v>
+        <v>0.50894551</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>41</v>
       </c>
       <c r="D34" t="s">
         <v>76</v>
       </c>
       <c r="E34" t="s">
         <v>85</v>
       </c>
       <c r="F34" t="s">
         <v>126</v>
       </c>
       <c r="G34" t="n">
-        <v>8000</v>
+        <v>9200</v>
       </c>
       <c r="H34" t="n">
-        <v>29181.95</v>
+        <v>35295.92</v>
       </c>
       <c r="I34" t="n">
-        <v>0.51251774</v>
+        <v>0.50625273</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>41</v>
       </c>
       <c r="D35" t="s">
         <v>77</v>
       </c>
       <c r="E35" t="s">
         <v>85</v>
       </c>
       <c r="F35" t="s">
         <v>127</v>
       </c>
       <c r="G35" t="n">
-        <v>2286</v>
+        <v>3800</v>
       </c>
       <c r="H35" t="n">
-        <v>28380.98</v>
+        <v>32947.98</v>
       </c>
       <c r="I35" t="n">
-        <v>0.49845044</v>
+        <v>0.47257601</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>41</v>
       </c>
       <c r="D36" t="s">
         <v>78</v>
       </c>
       <c r="E36" t="s">
         <v>85</v>
       </c>
       <c r="F36" t="s">
         <v>128</v>
       </c>
       <c r="G36" t="n">
-        <v>3300</v>
+        <v>2666</v>
       </c>
       <c r="H36" t="n">
-        <v>22723.52</v>
+        <v>32644.83</v>
       </c>
       <c r="I36" t="n">
-        <v>0.39908941</v>
+        <v>0.4682279</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" t="s">
         <v>41</v>
       </c>
       <c r="D37" t="s">
         <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>85</v>
       </c>
       <c r="F37" t="s">
         <v>129</v>
       </c>
       <c r="G37" t="n">
-        <v>4714</v>
+        <v>5497</v>
       </c>
       <c r="H37" t="n">
-        <v>19053.78</v>
+        <v>23676.27</v>
       </c>
       <c r="I37" t="n">
-        <v>0.33463837</v>
+        <v>0.33959099</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" t="s">
         <v>41</v>
       </c>
       <c r="D38" t="s">
         <v>80</v>
       </c>
       <c r="E38" t="s">
         <v>88</v>
       </c>
       <c r="F38" t="s">
         <v>130</v>
       </c>
       <c r="G38" t="n">
-        <v>791</v>
+        <v>922</v>
       </c>
       <c r="H38" t="n">
-        <v>15728.06</v>
+        <v>16741.1</v>
       </c>
       <c r="I38" t="n">
-        <v>0.27622931</v>
+        <v>0.24011919</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>46057</v>
+        <v>46077</v>
       </c>
       <c r="B39" t="s">
         <v>39</v>
       </c>
       <c r="C39" t="s">
         <v>42</v>
       </c>
       <c r="D39" t="s">
         <v>81</v>
       </c>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" t="n">
-        <v>10700.39</v>
+        <v>8244.31</v>
       </c>
       <c r="H39" t="n">
-        <v>10670.3</v>
+        <v>8403.55</v>
       </c>
       <c r="I39" t="n">
-        <v>0.18740071</v>
+        <v>0.12053294</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>