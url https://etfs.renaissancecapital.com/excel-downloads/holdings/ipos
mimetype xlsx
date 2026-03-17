--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -15,426 +15,426 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheets>
     <sheet sheetId="1" name="Holdings" state="visible" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0" hidden="false">Holdings!$A:$H,Holdings!$1:$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134">
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Holding Name</t>
   </si>
   <si>
     <t>Kioxia (Toshiba Memory)</t>
   </si>
   <si>
+    <t>JX Advanced Metals</t>
+  </si>
+  <si>
     <t>Galderma</t>
   </si>
   <si>
-    <t>JX Advanced Metals</t>
-[...1 lines deleted...]
-  <si>
     <t>Horizon Robotics</t>
   </si>
   <si>
+    <t>Lottomatica Group</t>
+  </si>
+  <si>
     <t>J&amp;T Global Express</t>
   </si>
   <si>
+    <t>Contemporary Amperex Technology (CATL)</t>
+  </si>
+  <si>
     <t>Kokusai Electric</t>
   </si>
   <si>
     <t>Midea Group</t>
   </si>
   <si>
     <t>Zijin Gold International</t>
   </si>
   <si>
-    <t>Lottomatica Group</t>
+    <t>Renk</t>
+  </si>
+  <si>
+    <t>Laopu Gold</t>
+  </si>
+  <si>
+    <t>Rakuten Bank</t>
   </si>
   <si>
     <t>Amman Mineral Internasional</t>
   </si>
   <si>
-    <t>Contemporary Amperex Technology (CATL)</t>
-[...8 lines deleted...]
-    <t>Rakuten Bank</t>
+    <t>Tokyo Metro</t>
+  </si>
+  <si>
+    <t>Zabka Group</t>
+  </si>
+  <si>
+    <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
+  </si>
+  <si>
+    <t>CVC Capital Partners</t>
+  </si>
+  <si>
+    <t>Verisure</t>
   </si>
   <si>
     <t>WuXi XDC Cayman</t>
   </si>
   <si>
-    <t>Zabka Group</t>
-[...10 lines deleted...]
-  <si>
     <t>Puig Brands</t>
   </si>
   <si>
-    <t>Sichuan Kelun-Biotech Biopharmaceutical</t>
-[...1 lines deleted...]
-  <si>
     <t>Destek Finans Faktoring</t>
   </si>
   <si>
     <t>Jiangsu Hengrui Pharmaceuticals</t>
   </si>
   <si>
+    <t>NOBA Bank Group</t>
+  </si>
+  <si>
+    <t>Ionos Group</t>
+  </si>
+  <si>
     <t>Zhejiang Sanhua Intelligent Controls</t>
   </si>
   <si>
-    <t>Ionos Group</t>
-[...2 lines deleted...]
-    <t>NOBA Bank Group</t>
+    <t>S.F. Holding</t>
   </si>
   <si>
     <t>SANY Heavy Industry</t>
   </si>
   <si>
-    <t>S.F. Holding</t>
+    <t>Mao Geping Cosmetics</t>
   </si>
   <si>
     <t>Chifeng Jilong Gold Mining</t>
   </si>
   <si>
-    <t>Mao Geping Cosmetics</t>
-[...1 lines deleted...]
-  <si>
     <t>MIXUE Group</t>
   </si>
   <si>
+    <t>Guming Holdings</t>
+  </si>
+  <si>
+    <t>Seres Group (Chongqing Sokon Industrial)</t>
+  </si>
+  <si>
+    <t>InnoScience Technology Holding</t>
+  </si>
+  <si>
     <t>Lens Technology</t>
   </si>
   <si>
-    <t>Guming Holdings</t>
-[...7 lines deleted...]
-  <si>
     <t>Foshan Haitian Flavouring and Food</t>
   </si>
   <si>
     <t>Springer Nature</t>
   </si>
   <si>
     <t>Cash/Other</t>
   </si>
   <si>
     <t>Asset Class</t>
   </si>
   <si>
     <t>Equity</t>
   </si>
   <si>
     <t>Cash</t>
   </si>
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>285A</t>
   </si>
   <si>
+    <t>5016</t>
+  </si>
+  <si>
     <t>GALD</t>
   </si>
   <si>
-    <t>5016</t>
-[...1 lines deleted...]
-  <si>
     <t>9660</t>
   </si>
   <si>
+    <t>LTMC</t>
+  </si>
+  <si>
     <t>1519</t>
   </si>
   <si>
+    <t>3750</t>
+  </si>
+  <si>
     <t>6525</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
-    <t>LTMC</t>
+    <t>R3NK</t>
+  </si>
+  <si>
+    <t>6181</t>
+  </si>
+  <si>
+    <t>5838</t>
   </si>
   <si>
     <t>AMMN</t>
   </si>
   <si>
-    <t>3750</t>
-[...8 lines deleted...]
-    <t>5838</t>
+    <t>9023</t>
+  </si>
+  <si>
+    <t>ZAB</t>
+  </si>
+  <si>
+    <t>6990</t>
+  </si>
+  <si>
+    <t>CVC</t>
+  </si>
+  <si>
+    <t>VSURE</t>
   </si>
   <si>
     <t>2268</t>
   </si>
   <si>
-    <t>ZAB</t>
-[...10 lines deleted...]
-  <si>
     <t>PUIG</t>
   </si>
   <si>
-    <t>6990</t>
-[...1 lines deleted...]
-  <si>
     <t>DSTKF</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
+    <t>NOBA</t>
+  </si>
+  <si>
+    <t>IOS</t>
+  </si>
+  <si>
     <t>2050</t>
   </si>
   <si>
-    <t>IOS</t>
-[...2 lines deleted...]
-    <t>NOBA</t>
+    <t>6936</t>
   </si>
   <si>
     <t>6031</t>
   </si>
   <si>
-    <t>6936</t>
+    <t>1318</t>
   </si>
   <si>
     <t>6693</t>
   </si>
   <si>
-    <t>1318</t>
-[...1 lines deleted...]
-  <si>
     <t>2097</t>
   </si>
   <si>
+    <t>1364</t>
+  </si>
+  <si>
+    <t>9927</t>
+  </si>
+  <si>
+    <t>2577</t>
+  </si>
+  <si>
     <t>6613</t>
   </si>
   <si>
-    <t>1364</t>
-[...7 lines deleted...]
-  <si>
     <t>3288</t>
   </si>
   <si>
     <t>SPG</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Listing Country</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>Switzerland</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
+    <t>Germany</t>
+  </si>
+  <si>
     <t>Indonesia</t>
   </si>
   <si>
-    <t>Germany</t>
-[...1 lines deleted...]
-  <si>
     <t>Poland</t>
   </si>
   <si>
+    <t>Netherlands</t>
+  </si>
+  <si>
     <t>Sweden</t>
   </si>
   <si>
-    <t>Netherlands</t>
-[...1 lines deleted...]
-  <si>
     <t>Spain</t>
   </si>
   <si>
     <t>Turkey</t>
   </si>
   <si>
     <t>SEDOL</t>
   </si>
   <si>
     <t>BMGYJ02</t>
   </si>
   <si>
     <t>BRC2T72</t>
   </si>
   <si>
     <t>BS5YNY7</t>
   </si>
   <si>
+    <t>BMXPBZ7</t>
+  </si>
+  <si>
     <t>BRBTW19</t>
   </si>
   <si>
+    <t>BT9QPW8</t>
+  </si>
+  <si>
     <t>BNGHNG2</t>
   </si>
   <si>
     <t>BQB7ZL7</t>
   </si>
   <si>
     <t>BSD3B20</t>
   </si>
   <si>
-    <t>BMXPBZ7</t>
+    <t>BMD6RR4</t>
+  </si>
+  <si>
+    <t>BS854D3</t>
+  </si>
+  <si>
+    <t>BRPTWP9</t>
   </si>
   <si>
     <t>BRK2Z98</t>
   </si>
   <si>
-    <t>BT9QPW8</t>
-[...8 lines deleted...]
-    <t>BRPTWP9</t>
+    <t>BQTY1X4</t>
+  </si>
+  <si>
+    <t>BRXWDB3</t>
+  </si>
+  <si>
+    <t>BPXZ192</t>
+  </si>
+  <si>
+    <t>BRX9808</t>
+  </si>
+  <si>
+    <t>BVMN155</t>
   </si>
   <si>
     <t>BQHNQ38</t>
   </si>
   <si>
-    <t>BRXWDB3</t>
-[...10 lines deleted...]
-  <si>
     <t>BNTCFW4</t>
   </si>
   <si>
-    <t>BPXZ192</t>
-[...1 lines deleted...]
-  <si>
     <t>BNXJ8G6</t>
   </si>
   <si>
     <t>BMV9P26</t>
   </si>
   <si>
+    <t>BLDCLN9</t>
+  </si>
+  <si>
+    <t>BPRD664</t>
+  </si>
+  <si>
     <t>BV4K4Z5</t>
   </si>
   <si>
-    <t>BPRD664</t>
-[...2 lines deleted...]
-    <t>BLDCLN9</t>
+    <t>BRWL0W1</t>
   </si>
   <si>
     <t>BMHH632</t>
   </si>
   <si>
-    <t>BRWL0W1</t>
+    <t>BPGKFW5</t>
   </si>
   <si>
     <t>BV0TR57</t>
   </si>
   <si>
-    <t>BPGKFW5</t>
-[...1 lines deleted...]
-  <si>
     <t>BV1D9W9</t>
   </si>
   <si>
+    <t>BQPCNJ2</t>
+  </si>
+  <si>
+    <t>BRDWN24</t>
+  </si>
+  <si>
+    <t>BRT4261</t>
+  </si>
+  <si>
     <t>BVMQ8J7</t>
-  </si>
-[...7 lines deleted...]
-    <t>BRDWN24</t>
   </si>
   <si>
     <t>BN4Q3S3</t>
   </si>
   <si>
     <t>BB22LL8</t>
   </si>
   <si>
     <t>Shares</t>
   </si>
   <si>
     <t>Holding Value</t>
   </si>
   <si>
     <t>Weight</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="false"/>
@@ -626,1136 +626,1136 @@
       </c>
       <c r="C1" s="1" t="s">
         <v>40</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>43</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>82</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>94</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>132</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
       </c>
       <c r="C2" t="s">
         <v>41</v>
       </c>
       <c r="D2" t="s">
         <v>44</v>
       </c>
       <c r="E2" t="s">
         <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>95</v>
       </c>
       <c r="G2" t="n">
-        <v>7500</v>
+        <v>9600</v>
       </c>
       <c r="H2" t="n">
-        <v>996703.51</v>
+        <v>1364189.89</v>
       </c>
       <c r="I2" t="n">
-        <v>14.29581316</v>
+        <v>16.12413855</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B3" t="s">
         <v>3</v>
       </c>
       <c r="C3" t="s">
         <v>41</v>
       </c>
       <c r="D3" t="s">
         <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>96</v>
+        <v>83</v>
+      </c>
+      <c r="F3" t="n">
+        <v>6543770</v>
       </c>
       <c r="G3" t="n">
-        <v>2871</v>
+        <v>30400</v>
       </c>
       <c r="H3" t="n">
-        <v>550953.19</v>
+        <v>765038.17</v>
       </c>
       <c r="I3" t="n">
-        <v>7.90237396</v>
+        <v>9.04242257</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B4" t="s">
         <v>4</v>
       </c>
       <c r="C4" t="s">
         <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>46</v>
       </c>
       <c r="E4" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>6543770</v>
+        <v>84</v>
+      </c>
+      <c r="F4" t="s">
+        <v>96</v>
       </c>
       <c r="G4" t="n">
-        <v>23800</v>
+        <v>3690</v>
       </c>
       <c r="H4" t="n">
-        <v>521350.91</v>
+        <v>680704.63</v>
       </c>
       <c r="I4" t="n">
-        <v>7.47778564</v>
+        <v>8.04563635</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>47</v>
       </c>
       <c r="E5" t="s">
         <v>85</v>
       </c>
       <c r="F5" t="s">
         <v>97</v>
       </c>
       <c r="G5" t="n">
-        <v>381600</v>
+        <v>489000</v>
       </c>
       <c r="H5" t="n">
-        <v>438716.05</v>
+        <v>477103.63</v>
       </c>
       <c r="I5" t="n">
-        <v>6.29254599</v>
+        <v>5.63915998</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B6" t="s">
         <v>6</v>
       </c>
       <c r="C6" t="s">
         <v>41</v>
       </c>
       <c r="D6" t="s">
         <v>48</v>
       </c>
       <c r="E6" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F6" t="s">
         <v>98</v>
       </c>
       <c r="G6" t="n">
-        <v>260600</v>
+        <v>14142</v>
       </c>
       <c r="H6" t="n">
-        <v>352594.51</v>
+        <v>405220.5</v>
       </c>
       <c r="I6" t="n">
-        <v>5.05729656</v>
+        <v>4.78953226</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B7" t="s">
         <v>7</v>
       </c>
       <c r="C7" t="s">
         <v>41</v>
       </c>
       <c r="D7" t="s">
         <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F7" t="s">
         <v>99</v>
       </c>
       <c r="G7" t="n">
-        <v>8300</v>
+        <v>333600</v>
       </c>
       <c r="H7" t="n">
-        <v>341796.26</v>
+        <v>401316.9</v>
       </c>
       <c r="I7" t="n">
-        <v>4.90241624</v>
+        <v>4.74339338</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B8" t="s">
         <v>8</v>
       </c>
       <c r="C8" t="s">
         <v>41</v>
       </c>
       <c r="D8" t="s">
         <v>50</v>
       </c>
       <c r="E8" t="s">
         <v>85</v>
       </c>
       <c r="F8" t="s">
         <v>100</v>
       </c>
       <c r="G8" t="n">
-        <v>27400</v>
+        <v>4500</v>
       </c>
       <c r="H8" t="n">
-        <v>327625.45</v>
+        <v>385032.88</v>
       </c>
       <c r="I8" t="n">
-        <v>4.69916296</v>
+        <v>4.55092326</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
         <v>41</v>
       </c>
       <c r="D9" t="s">
         <v>51</v>
       </c>
       <c r="E9" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F9" t="s">
         <v>101</v>
       </c>
       <c r="G9" t="n">
-        <v>10129</v>
+        <v>11300</v>
       </c>
       <c r="H9" t="n">
-        <v>296372.6</v>
+        <v>382074.84</v>
       </c>
       <c r="I9" t="n">
-        <v>4.25090036</v>
+        <v>4.5159605</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B10" t="s">
         <v>10</v>
       </c>
       <c r="C10" t="s">
         <v>41</v>
       </c>
       <c r="D10" t="s">
         <v>52</v>
       </c>
       <c r="E10" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
         <v>102</v>
       </c>
       <c r="G10" t="n">
-        <v>11003</v>
+        <v>34900</v>
       </c>
       <c r="H10" t="n">
-        <v>260499.73</v>
+        <v>380399.08</v>
       </c>
       <c r="I10" t="n">
-        <v>3.73637238</v>
+        <v>4.49615374</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
         <v>41</v>
       </c>
       <c r="D11" t="s">
         <v>53</v>
       </c>
       <c r="E11" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F11" t="s">
         <v>103</v>
       </c>
       <c r="G11" t="n">
-        <v>539600</v>
+        <v>12923</v>
       </c>
       <c r="H11" t="n">
-        <v>250677.78</v>
+        <v>299537</v>
       </c>
       <c r="I11" t="n">
-        <v>3.59549522</v>
+        <v>3.54039868</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B12" t="s">
         <v>12</v>
       </c>
       <c r="C12" t="s">
         <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>54</v>
       </c>
       <c r="E12" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="F12" t="s">
         <v>104</v>
       </c>
       <c r="G12" t="n">
-        <v>3500</v>
+        <v>4414</v>
       </c>
       <c r="H12" t="n">
-        <v>242819.33</v>
+        <v>286021.76</v>
       </c>
       <c r="I12" t="n">
-        <v>3.48278072</v>
+        <v>3.38065435</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" t="s">
         <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="F13" t="s">
         <v>105</v>
       </c>
       <c r="G13" t="n">
-        <v>3434</v>
+        <v>2900</v>
       </c>
       <c r="H13" t="n">
-        <v>238194.43</v>
+        <v>239614.33</v>
       </c>
       <c r="I13" t="n">
-        <v>3.41644534</v>
+        <v>2.83213846</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B14" t="s">
         <v>14</v>
       </c>
       <c r="C14" t="s">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>56</v>
       </c>
       <c r="E14" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F14" t="s">
         <v>106</v>
       </c>
       <c r="G14" t="n">
-        <v>2300</v>
+        <v>5100</v>
       </c>
       <c r="H14" t="n">
-        <v>232364.83</v>
+        <v>195482.11</v>
       </c>
       <c r="I14" t="n">
-        <v>3.33283084</v>
+        <v>2.31051458</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B15" t="s">
         <v>15</v>
       </c>
       <c r="C15" t="s">
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>57</v>
       </c>
       <c r="E15" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F15" t="s">
         <v>107</v>
       </c>
       <c r="G15" t="n">
-        <v>4000</v>
+        <v>693200</v>
       </c>
       <c r="H15" t="n">
-        <v>231710.94</v>
+        <v>184010.12</v>
       </c>
       <c r="I15" t="n">
-        <v>3.32345203</v>
+        <v>2.17492058</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>58</v>
       </c>
       <c r="E16" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F16" t="s">
         <v>108</v>
       </c>
       <c r="G16" t="n">
-        <v>17000</v>
+        <v>16600</v>
       </c>
       <c r="H16" t="n">
-        <v>145550.92</v>
+        <v>169603.82</v>
       </c>
       <c r="I16" t="n">
-        <v>2.08765068</v>
+        <v>2.0046443</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B17" t="s">
         <v>17</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>59</v>
       </c>
       <c r="E17" t="s">
         <v>89</v>
       </c>
       <c r="F17" t="s">
         <v>109</v>
       </c>
       <c r="G17" t="n">
-        <v>23285</v>
+        <v>29928</v>
       </c>
       <c r="H17" t="n">
-        <v>143313.33</v>
+        <v>165439.47</v>
       </c>
       <c r="I17" t="n">
-        <v>2.05555671</v>
+        <v>1.95542348</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B18" t="s">
         <v>18</v>
       </c>
       <c r="C18" t="s">
         <v>41</v>
       </c>
       <c r="D18" t="s">
         <v>60</v>
       </c>
       <c r="E18" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="F18" t="s">
         <v>110</v>
       </c>
       <c r="G18" t="n">
-        <v>12900</v>
+        <v>3000</v>
       </c>
       <c r="H18" t="n">
-        <v>138413.81</v>
+        <v>159300.17</v>
       </c>
       <c r="I18" t="n">
-        <v>1.98528243</v>
+        <v>1.88285959</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B19" t="s">
         <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>61</v>
       </c>
       <c r="E19" t="s">
         <v>90</v>
       </c>
       <c r="F19" t="s">
         <v>111</v>
       </c>
       <c r="G19" t="n">
-        <v>11939</v>
+        <v>12095</v>
       </c>
       <c r="H19" t="n">
-        <v>135417.71</v>
+        <v>154493.45</v>
       </c>
       <c r="I19" t="n">
-        <v>1.94230908</v>
+        <v>1.82604622</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B20" t="s">
         <v>20</v>
       </c>
       <c r="C20" t="s">
         <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>62</v>
       </c>
       <c r="E20" t="s">
         <v>91</v>
       </c>
       <c r="F20" t="s">
         <v>112</v>
       </c>
       <c r="G20" t="n">
-        <v>9411</v>
+        <v>15346</v>
       </c>
       <c r="H20" t="n">
-        <v>131266.22</v>
+        <v>153107.16</v>
       </c>
       <c r="I20" t="n">
-        <v>1.88276387</v>
+        <v>1.80966087</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B21" t="s">
         <v>21</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21" t="s">
         <v>63</v>
       </c>
       <c r="E21" t="s">
-        <v>92</v>
+        <v>85</v>
       </c>
       <c r="F21" t="s">
         <v>113</v>
       </c>
       <c r="G21" t="n">
-        <v>6485</v>
+        <v>22000</v>
       </c>
       <c r="H21" t="n">
-        <v>125549.67</v>
+        <v>152557.31</v>
       </c>
       <c r="I21" t="n">
-        <v>1.80077085</v>
+        <v>1.80316188</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B22" t="s">
         <v>22</v>
       </c>
       <c r="C22" t="s">
         <v>41</v>
       </c>
       <c r="D22" t="s">
         <v>64</v>
       </c>
       <c r="E22" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F22" t="s">
         <v>114</v>
       </c>
       <c r="G22" t="n">
-        <v>2300</v>
+        <v>8335</v>
       </c>
       <c r="H22" t="n">
-        <v>122359.2</v>
+        <v>147901.03</v>
       </c>
       <c r="I22" t="n">
-        <v>1.75500963</v>
+        <v>1.74812665</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B23" t="s">
         <v>23</v>
       </c>
       <c r="C23" t="s">
         <v>41</v>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
       <c r="E23" t="s">
         <v>93</v>
       </c>
       <c r="F23" t="s">
         <v>115</v>
       </c>
       <c r="G23" t="n">
-        <v>2688</v>
+        <v>3455</v>
       </c>
       <c r="H23" t="n">
-        <v>85971.85</v>
+        <v>136115.25</v>
       </c>
       <c r="I23" t="n">
-        <v>1.23310241</v>
+        <v>1.60882379</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>41</v>
       </c>
       <c r="D24" t="s">
         <v>66</v>
       </c>
       <c r="E24" t="s">
         <v>85</v>
       </c>
       <c r="F24" t="s">
         <v>116</v>
       </c>
       <c r="G24" t="n">
-        <v>7200</v>
+        <v>9200</v>
       </c>
       <c r="H24" t="n">
-        <v>64131.16</v>
+        <v>76191.81</v>
       </c>
       <c r="I24" t="n">
-        <v>0.91983932</v>
+        <v>0.90055447</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B25" t="s">
         <v>25</v>
       </c>
       <c r="C25" t="s">
         <v>41</v>
       </c>
       <c r="D25" t="s">
         <v>67</v>
       </c>
       <c r="E25" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="F25" t="s">
         <v>117</v>
       </c>
       <c r="G25" t="n">
-        <v>12523</v>
+        <v>8183</v>
       </c>
       <c r="H25" t="n">
-        <v>61401.07</v>
+        <v>76190.99</v>
       </c>
       <c r="I25" t="n">
-        <v>0.88068138</v>
+        <v>0.90054478</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B26" t="s">
         <v>26</v>
       </c>
       <c r="C26" t="s">
         <v>41</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
       <c r="E26" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F26" t="s">
         <v>118</v>
       </c>
       <c r="G26" t="n">
-        <v>2189</v>
+        <v>2814</v>
       </c>
       <c r="H26" t="n">
-        <v>58845.47</v>
+        <v>71402.58</v>
       </c>
       <c r="I26" t="n">
-        <v>0.84402617</v>
+        <v>0.84394783</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B27" t="s">
         <v>27</v>
       </c>
       <c r="C27" t="s">
         <v>41</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
       <c r="E27" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="F27" t="s">
         <v>119</v>
       </c>
       <c r="G27" t="n">
-        <v>5164</v>
+        <v>16032</v>
       </c>
       <c r="H27" t="n">
-        <v>55638.33</v>
+        <v>62199.37</v>
       </c>
       <c r="I27" t="n">
-        <v>0.79802585</v>
+        <v>0.73516984</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B28" t="s">
         <v>28</v>
       </c>
       <c r="C28" t="s">
         <v>41</v>
       </c>
       <c r="D28" t="s">
         <v>70</v>
       </c>
       <c r="E28" t="s">
         <v>85</v>
       </c>
       <c r="F28" t="s">
         <v>120</v>
       </c>
       <c r="G28" t="n">
-        <v>15745</v>
+        <v>13800</v>
       </c>
       <c r="H28" t="n">
-        <v>52553.14</v>
+        <v>61646.64</v>
       </c>
       <c r="I28" t="n">
-        <v>0.75377468</v>
+        <v>0.72863681</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B29" t="s">
         <v>29</v>
       </c>
       <c r="C29" t="s">
         <v>41</v>
       </c>
       <c r="D29" t="s">
         <v>71</v>
       </c>
       <c r="E29" t="s">
         <v>85</v>
       </c>
       <c r="F29" t="s">
         <v>121</v>
       </c>
       <c r="G29" t="n">
-        <v>10800</v>
+        <v>20145</v>
       </c>
       <c r="H29" t="n">
-        <v>49942.2</v>
+        <v>58604.57</v>
       </c>
       <c r="I29" t="n">
-        <v>0.71632572</v>
+        <v>0.69268085</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B30" t="s">
         <v>30</v>
       </c>
       <c r="C30" t="s">
         <v>41</v>
       </c>
       <c r="D30" t="s">
         <v>72</v>
       </c>
       <c r="E30" t="s">
         <v>85</v>
       </c>
       <c r="F30" t="s">
         <v>122</v>
       </c>
       <c r="G30" t="n">
-        <v>9200</v>
+        <v>5200</v>
       </c>
       <c r="H30" t="n">
-        <v>46920.05</v>
+        <v>54088.5</v>
       </c>
       <c r="I30" t="n">
-        <v>0.67297874</v>
+        <v>0.63930284</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B31" t="s">
         <v>31</v>
       </c>
       <c r="C31" t="s">
         <v>41</v>
       </c>
       <c r="D31" t="s">
         <v>73</v>
       </c>
       <c r="E31" t="s">
         <v>85</v>
       </c>
       <c r="F31" t="s">
         <v>123</v>
       </c>
       <c r="G31" t="n">
-        <v>4000</v>
+        <v>11200</v>
       </c>
       <c r="H31" t="n">
-        <v>45168.55</v>
+        <v>53893.88</v>
       </c>
       <c r="I31" t="n">
-        <v>0.6478568</v>
+        <v>0.63700251</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B32" t="s">
         <v>32</v>
       </c>
       <c r="C32" t="s">
         <v>41</v>
       </c>
       <c r="D32" t="s">
         <v>74</v>
       </c>
       <c r="E32" t="s">
         <v>85</v>
       </c>
       <c r="F32" t="s">
         <v>124</v>
       </c>
       <c r="G32" t="n">
-        <v>850</v>
+        <v>1050</v>
       </c>
       <c r="H32" t="n">
-        <v>41980.41</v>
+        <v>47146.41</v>
       </c>
       <c r="I32" t="n">
-        <v>0.60212901</v>
+        <v>0.55725032</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B33" t="s">
         <v>33</v>
       </c>
       <c r="C33" t="s">
         <v>41</v>
       </c>
       <c r="D33" t="s">
         <v>75</v>
       </c>
       <c r="E33" t="s">
         <v>85</v>
       </c>
       <c r="F33" t="s">
         <v>125</v>
       </c>
       <c r="G33" t="n">
-        <v>9770</v>
+        <v>11600</v>
       </c>
       <c r="H33" t="n">
-        <v>35483.66</v>
+        <v>42160.27</v>
       </c>
       <c r="I33" t="n">
-        <v>0.50894551</v>
+        <v>0.49831628</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B34" t="s">
         <v>34</v>
       </c>
       <c r="C34" t="s">
         <v>41</v>
       </c>
       <c r="D34" t="s">
         <v>76</v>
       </c>
       <c r="E34" t="s">
         <v>85</v>
       </c>
       <c r="F34" t="s">
         <v>126</v>
       </c>
       <c r="G34" t="n">
-        <v>9200</v>
+        <v>3413</v>
       </c>
       <c r="H34" t="n">
-        <v>35295.92</v>
+        <v>40360.62</v>
       </c>
       <c r="I34" t="n">
-        <v>0.50625273</v>
+        <v>0.47704519</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B35" t="s">
         <v>35</v>
       </c>
       <c r="C35" t="s">
         <v>41</v>
       </c>
       <c r="D35" t="s">
         <v>77</v>
       </c>
       <c r="E35" t="s">
         <v>85</v>
       </c>
       <c r="F35" t="s">
         <v>127</v>
       </c>
       <c r="G35" t="n">
-        <v>3800</v>
+        <v>4800</v>
       </c>
       <c r="H35" t="n">
-        <v>32947.98</v>
+        <v>38618.22</v>
       </c>
       <c r="I35" t="n">
-        <v>0.47257601</v>
+        <v>0.45645077</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B36" t="s">
         <v>36</v>
       </c>
       <c r="C36" t="s">
         <v>41</v>
       </c>
       <c r="D36" t="s">
         <v>78</v>
       </c>
       <c r="E36" t="s">
         <v>85</v>
       </c>
       <c r="F36" t="s">
         <v>128</v>
       </c>
       <c r="G36" t="n">
-        <v>2666</v>
+        <v>12505</v>
       </c>
       <c r="H36" t="n">
-        <v>32644.83</v>
+        <v>36314.88</v>
       </c>
       <c r="I36" t="n">
-        <v>0.4682279</v>
+        <v>0.42922628</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B37" t="s">
         <v>37</v>
       </c>
       <c r="C37" t="s">
         <v>41</v>
       </c>
       <c r="D37" t="s">
         <v>79</v>
       </c>
       <c r="E37" t="s">
         <v>85</v>
       </c>
       <c r="F37" t="s">
         <v>129</v>
       </c>
       <c r="G37" t="n">
-        <v>5497</v>
+        <v>7033</v>
       </c>
       <c r="H37" t="n">
-        <v>23676.27</v>
+        <v>31650.97</v>
       </c>
       <c r="I37" t="n">
-        <v>0.33959099</v>
+        <v>0.37410087</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B38" t="s">
         <v>38</v>
       </c>
       <c r="C38" t="s">
         <v>41</v>
       </c>
       <c r="D38" t="s">
         <v>80</v>
       </c>
       <c r="E38" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F38" t="s">
         <v>130</v>
       </c>
       <c r="G38" t="n">
-        <v>922</v>
+        <v>1185</v>
       </c>
       <c r="H38" t="n">
-        <v>16741.1</v>
+        <v>20536.41</v>
       </c>
       <c r="I38" t="n">
-        <v>0.24011919</v>
+        <v>0.24273155</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>46077</v>
+        <v>46098</v>
       </c>
       <c r="B39" t="s">
         <v>39</v>
       </c>
       <c r="C39" t="s">
         <v>42</v>
       </c>
       <c r="D39" t="s">
         <v>81</v>
       </c>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" t="n">
-        <v>8244.31</v>
+        <v>4400.46</v>
       </c>
       <c r="H39" t="n">
-        <v>8403.55</v>
+        <v>5274.71</v>
       </c>
       <c r="I39" t="n">
-        <v>0.12053294</v>
+        <v>0.06234479</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Holdings</oddHeader>
     <oddFooter>&amp;CHoldings&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Holdings</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>