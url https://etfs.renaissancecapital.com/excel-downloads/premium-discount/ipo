--- v0 (2025-10-01)
+++ v1 (2025-10-22)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E439"/>
+  <dimension ref="A1:E453"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -7669,40 +7669,278 @@
       </c>
       <c r="D438" t="n">
         <v>0.0235</v>
       </c>
       <c r="E438" t="n">
         <v>0.0004721103331893564</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="2" t="n">
         <v>45930</v>
       </c>
       <c r="B439" t="n">
         <v>49.6208</v>
       </c>
       <c r="C439" t="n">
         <v>49.56</v>
       </c>
       <c r="D439" t="n">
         <v>-0.0608</v>
       </c>
       <c r="E439" t="n">
         <v>-0.0012252926192241964</v>
       </c>
     </row>
+    <row r="440">
+      <c r="A440" s="2" t="n">
+        <v>45931</v>
+      </c>
+      <c r="B440" t="n">
+        <v>49.3033</v>
+      </c>
+      <c r="C440" t="n">
+        <v>49.27</v>
+      </c>
+      <c r="D440" t="n">
+        <v>-0.0333</v>
+      </c>
+      <c r="E440" t="n">
+        <v>-0.0006754111793733888</v>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="2" t="n">
+        <v>45932</v>
+      </c>
+      <c r="B441" t="n">
+        <v>50.4509</v>
+      </c>
+      <c r="C441" t="n">
+        <v>50.44</v>
+      </c>
+      <c r="D441" t="n">
+        <v>-0.0109</v>
+      </c>
+      <c r="E441" t="n">
+        <v>-0.0002160516462540808</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="2" t="n">
+        <v>45933</v>
+      </c>
+      <c r="B442" t="n">
+        <v>50.1518</v>
+      </c>
+      <c r="C442" t="n">
+        <v>50.12</v>
+      </c>
+      <c r="D442" t="n">
+        <v>-0.0318</v>
+      </c>
+      <c r="E442" t="n">
+        <v>-0.0006340749484564862</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="2" t="n">
+        <v>45936</v>
+      </c>
+      <c r="B443" t="n">
+        <v>50.7101</v>
+      </c>
+      <c r="C443" t="n">
+        <v>50.67</v>
+      </c>
+      <c r="D443" t="n">
+        <v>-0.0401</v>
+      </c>
+      <c r="E443" t="n">
+        <v>-0.0007907694916791724</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="2" t="n">
+        <v>45937</v>
+      </c>
+      <c r="B444" t="n">
+        <v>50.3721</v>
+      </c>
+      <c r="C444" t="n">
+        <v>50.36</v>
+      </c>
+      <c r="D444" t="n">
+        <v>-0.0121</v>
+      </c>
+      <c r="E444" t="n">
+        <v>-0.0002402123397674507</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="2" t="n">
+        <v>45938</v>
+      </c>
+      <c r="B445" t="n">
+        <v>51.7152</v>
+      </c>
+      <c r="C445" t="n">
+        <v>51.67</v>
+      </c>
+      <c r="D445" t="n">
+        <v>-0.0452</v>
+      </c>
+      <c r="E445" t="n">
+        <v>-0.0008740176969246953</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="2" t="n">
+        <v>45939</v>
+      </c>
+      <c r="B446" t="n">
+        <v>52.2417</v>
+      </c>
+      <c r="C446" t="n">
+        <v>52.21</v>
+      </c>
+      <c r="D446" t="n">
+        <v>-0.0317</v>
+      </c>
+      <c r="E446" t="n">
+        <v>-0.0006067949549880651</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="2" t="n">
+        <v>45940</v>
+      </c>
+      <c r="B447" t="n">
+        <v>49.6526</v>
+      </c>
+      <c r="C447" t="n">
+        <v>49.59</v>
+      </c>
+      <c r="D447" t="n">
+        <v>-0.0626</v>
+      </c>
+      <c r="E447" t="n">
+        <v>-0.0012607597588041714</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="2" t="n">
+        <v>45943</v>
+      </c>
+      <c r="B448" t="n">
+        <v>50.5522</v>
+      </c>
+      <c r="C448" t="n">
+        <v>50.48</v>
+      </c>
+      <c r="D448" t="n">
+        <v>-0.0722</v>
+      </c>
+      <c r="E448" t="n">
+        <v>-0.0014282266647148887</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="2" t="n">
+        <v>45944</v>
+      </c>
+      <c r="B449" t="n">
+        <v>49.2729</v>
+      </c>
+      <c r="C449" t="n">
+        <v>49.22</v>
+      </c>
+      <c r="D449" t="n">
+        <v>-0.0529</v>
+      </c>
+      <c r="E449" t="n">
+        <v>-0.0010736124725762033</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="2" t="n">
+        <v>45945</v>
+      </c>
+      <c r="B450" t="n">
+        <v>49.8873</v>
+      </c>
+      <c r="C450" t="n">
+        <v>49.86</v>
+      </c>
+      <c r="D450" t="n">
+        <v>-0.0273</v>
+      </c>
+      <c r="E450" t="n">
+        <v>-0.0005472334642283707</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="2" t="n">
+        <v>45946</v>
+      </c>
+      <c r="B451" t="n">
+        <v>48.6348</v>
+      </c>
+      <c r="C451" t="n">
+        <v>48.58</v>
+      </c>
+      <c r="D451" t="n">
+        <v>-0.0548</v>
+      </c>
+      <c r="E451" t="n">
+        <v>-0.0011267651969371726</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="2" t="n">
+        <v>45947</v>
+      </c>
+      <c r="B452" t="n">
+        <v>48.1857</v>
+      </c>
+      <c r="C452" t="n">
+        <v>48.12</v>
+      </c>
+      <c r="D452" t="n">
+        <v>-0.0657</v>
+      </c>
+      <c r="E452" t="n">
+        <v>-0.0013634750558775737</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="2" t="n">
+        <v>45950</v>
+      </c>
+      <c r="B453" t="n">
+        <v>48.7569</v>
+      </c>
+      <c r="C453" t="n">
+        <v>48.72</v>
+      </c>
+      <c r="D453" t="n">
+        <v>-0.0369</v>
+      </c>
+      <c r="E453" t="n">
+        <v>-0.0007568159583566634</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>