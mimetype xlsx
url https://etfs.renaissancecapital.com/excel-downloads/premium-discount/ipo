--- v1 (2025-10-22)
+++ v2 (2025-11-11)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E453"/>
+  <dimension ref="A1:E468"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -7907,40 +7907,295 @@
       </c>
       <c r="D452" t="n">
         <v>-0.0657</v>
       </c>
       <c r="E452" t="n">
         <v>-0.0013634750558775737</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="2" t="n">
         <v>45950</v>
       </c>
       <c r="B453" t="n">
         <v>48.7569</v>
       </c>
       <c r="C453" t="n">
         <v>48.72</v>
       </c>
       <c r="D453" t="n">
         <v>-0.0369</v>
       </c>
       <c r="E453" t="n">
         <v>-0.0007568159583566634</v>
       </c>
     </row>
+    <row r="454">
+      <c r="A454" s="2" t="n">
+        <v>45951</v>
+      </c>
+      <c r="B454" t="n">
+        <v>48.9582</v>
+      </c>
+      <c r="C454" t="n">
+        <v>48.91</v>
+      </c>
+      <c r="D454" t="n">
+        <v>-0.0482</v>
+      </c>
+      <c r="E454" t="n">
+        <v>-0.0009845133195256362</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="2" t="n">
+        <v>45952</v>
+      </c>
+      <c r="B455" t="n">
+        <v>48.0374</v>
+      </c>
+      <c r="C455" t="n">
+        <v>48</v>
+      </c>
+      <c r="D455" t="n">
+        <v>-0.0374</v>
+      </c>
+      <c r="E455" t="n">
+        <v>-0.0007785600386365623</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="2" t="n">
+        <v>45953</v>
+      </c>
+      <c r="B456" t="n">
+        <v>48.7043</v>
+      </c>
+      <c r="C456" t="n">
+        <v>48.71</v>
+      </c>
+      <c r="D456" t="n">
+        <v>0.0057</v>
+      </c>
+      <c r="E456" t="n">
+        <v>0.0001170327876594058</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="2" t="n">
+        <v>45954</v>
+      </c>
+      <c r="B457" t="n">
+        <v>49.6972</v>
+      </c>
+      <c r="C457" t="n">
+        <v>49.72</v>
+      </c>
+      <c r="D457" t="n">
+        <v>0.0228</v>
+      </c>
+      <c r="E457" t="n">
+        <v>0.0004587783617588113</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="2" t="n">
+        <v>45957</v>
+      </c>
+      <c r="B458" t="n">
+        <v>50.3683</v>
+      </c>
+      <c r="C458" t="n">
+        <v>50.39</v>
+      </c>
+      <c r="D458" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="E458" t="n">
+        <v>0.0004308265317670042</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="2" t="n">
+        <v>45958</v>
+      </c>
+      <c r="B459" t="n">
+        <v>49.2951</v>
+      </c>
+      <c r="C459" t="n">
+        <v>49.23</v>
+      </c>
+      <c r="D459" t="n">
+        <v>-0.0651</v>
+      </c>
+      <c r="E459" t="n">
+        <v>-0.001320618073601636</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="2" t="n">
+        <v>45959</v>
+      </c>
+      <c r="B460" t="n">
+        <v>49.0959</v>
+      </c>
+      <c r="C460" t="n">
+        <v>49.04</v>
+      </c>
+      <c r="D460" t="n">
+        <v>-0.0559</v>
+      </c>
+      <c r="E460" t="n">
+        <v>-0.0011385879472623989</v>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="2" t="n">
+        <v>45960</v>
+      </c>
+      <c r="B461" t="n">
+        <v>47.6665</v>
+      </c>
+      <c r="C461" t="n">
+        <v>47.7</v>
+      </c>
+      <c r="D461" t="n">
+        <v>0.0335</v>
+      </c>
+      <c r="E461" t="n">
+        <v>0.0007027996601386719</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="2" t="n">
+        <v>45961</v>
+      </c>
+      <c r="B462" t="n">
+        <v>48.9752</v>
+      </c>
+      <c r="C462" t="n">
+        <v>48.94</v>
+      </c>
+      <c r="D462" t="n">
+        <v>-0.0352</v>
+      </c>
+      <c r="E462" t="n">
+        <v>-0.0007187311128897892</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="2" t="n">
+        <v>45964</v>
+      </c>
+      <c r="B463" t="n">
+        <v>49.1421</v>
+      </c>
+      <c r="C463" t="n">
+        <v>49.15</v>
+      </c>
+      <c r="D463" t="n">
+        <v>0.0079</v>
+      </c>
+      <c r="E463" t="n">
+        <v>0.0001607582907527354</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="2" t="n">
+        <v>45965</v>
+      </c>
+      <c r="B464" t="n">
+        <v>47.2849</v>
+      </c>
+      <c r="C464" t="n">
+        <v>47.26</v>
+      </c>
+      <c r="D464" t="n">
+        <v>-0.0249</v>
+      </c>
+      <c r="E464" t="n">
+        <v>-0.0005265951709742434</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="2" t="n">
+        <v>45966</v>
+      </c>
+      <c r="B465" t="n">
+        <v>47.9044</v>
+      </c>
+      <c r="C465" t="n">
+        <v>47.92</v>
+      </c>
+      <c r="D465" t="n">
+        <v>0.0156</v>
+      </c>
+      <c r="E465" t="n">
+        <v>0.000325648583428662</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="2" t="n">
+        <v>45967</v>
+      </c>
+      <c r="B466" t="n">
+        <v>46.0862</v>
+      </c>
+      <c r="C466" t="n">
+        <v>46.04</v>
+      </c>
+      <c r="D466" t="n">
+        <v>-0.0462</v>
+      </c>
+      <c r="E466" t="n">
+        <v>-0.0010024692858165785</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="2" t="n">
+        <v>45968</v>
+      </c>
+      <c r="B467" t="n">
+        <v>46.4825</v>
+      </c>
+      <c r="C467" t="n">
+        <v>46.49</v>
+      </c>
+      <c r="D467" t="n">
+        <v>0.0075</v>
+      </c>
+      <c r="E467" t="n">
+        <v>0.0001613510460926155</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="2" t="n">
+        <v>45971</v>
+      </c>
+      <c r="B468" t="n">
+        <v>47.4625</v>
+      </c>
+      <c r="C468" t="n">
+        <v>47.42</v>
+      </c>
+      <c r="D468" t="n">
+        <v>-0.0425</v>
+      </c>
+      <c r="E468" t="n">
+        <v>-0.0008954437713984725</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>