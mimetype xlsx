--- v2 (2025-11-11)
+++ v3 (2025-12-05)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E468"/>
+  <dimension ref="A1:E484"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -8162,40 +8162,312 @@
       </c>
       <c r="D467" t="n">
         <v>0.0075</v>
       </c>
       <c r="E467" t="n">
         <v>0.0001613510460926155</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="2" t="n">
         <v>45971</v>
       </c>
       <c r="B468" t="n">
         <v>47.4625</v>
       </c>
       <c r="C468" t="n">
         <v>47.42</v>
       </c>
       <c r="D468" t="n">
         <v>-0.0425</v>
       </c>
       <c r="E468" t="n">
         <v>-0.0008954437713984725</v>
       </c>
     </row>
+    <row r="469">
+      <c r="A469" s="2" t="n">
+        <v>45972</v>
+      </c>
+      <c r="B469" t="n">
+        <v>46.8744</v>
+      </c>
+      <c r="C469" t="n">
+        <v>46.88</v>
+      </c>
+      <c r="D469" t="n">
+        <v>0.0056</v>
+      </c>
+      <c r="E469" t="n">
+        <v>0.0001194681958595736</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="2" t="n">
+        <v>45973</v>
+      </c>
+      <c r="B470" t="n">
+        <v>45.9567</v>
+      </c>
+      <c r="C470" t="n">
+        <v>45.97</v>
+      </c>
+      <c r="D470" t="n">
+        <v>0.0133</v>
+      </c>
+      <c r="E470" t="n">
+        <v>0.0002894028509444759</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="2" t="n">
+        <v>45974</v>
+      </c>
+      <c r="B471" t="n">
+        <v>44.1531</v>
+      </c>
+      <c r="C471" t="n">
+        <v>44.11</v>
+      </c>
+      <c r="D471" t="n">
+        <v>-0.0431</v>
+      </c>
+      <c r="E471" t="n">
+        <v>-0.0009761489000772312</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="2" t="n">
+        <v>45975</v>
+      </c>
+      <c r="B472" t="n">
+        <v>44.3192</v>
+      </c>
+      <c r="C472" t="n">
+        <v>44.29</v>
+      </c>
+      <c r="D472" t="n">
+        <v>-0.0292</v>
+      </c>
+      <c r="E472" t="n">
+        <v>-0.0006588566580624199</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="2" t="n">
+        <v>45978</v>
+      </c>
+      <c r="B473" t="n">
+        <v>43.2111</v>
+      </c>
+      <c r="C473" t="n">
+        <v>43.195</v>
+      </c>
+      <c r="D473" t="n">
+        <v>-0.0161</v>
+      </c>
+      <c r="E473" t="n">
+        <v>-0.0003725894503958474</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="2" t="n">
+        <v>45979</v>
+      </c>
+      <c r="B474" t="n">
+        <v>43.2669</v>
+      </c>
+      <c r="C474" t="n">
+        <v>43.26</v>
+      </c>
+      <c r="D474" t="n">
+        <v>-0.0069</v>
+      </c>
+      <c r="E474" t="n">
+        <v>-0.0001594752570671807</v>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="2" t="n">
+        <v>45980</v>
+      </c>
+      <c r="B475" t="n">
+        <v>43.4706</v>
+      </c>
+      <c r="C475" t="n">
+        <v>43.47</v>
+      </c>
+      <c r="D475" t="n">
+        <v>-0.0006</v>
+      </c>
+      <c r="E475" t="n">
+        <v>-1.38024319885164E-05</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="2" t="n">
+        <v>45981</v>
+      </c>
+      <c r="B476" t="n">
+        <v>42.4115</v>
+      </c>
+      <c r="C476" t="n">
+        <v>42.4</v>
+      </c>
+      <c r="D476" t="n">
+        <v>-0.0115</v>
+      </c>
+      <c r="E476" t="n">
+        <v>-0.0002711528712731217</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="2" t="n">
+        <v>45982</v>
+      </c>
+      <c r="B477" t="n">
+        <v>43.231</v>
+      </c>
+      <c r="C477" t="n">
+        <v>43.2</v>
+      </c>
+      <c r="D477" t="n">
+        <v>-0.031</v>
+      </c>
+      <c r="E477" t="n">
+        <v>-0.0007170780227151813</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="2" t="n">
+        <v>45985</v>
+      </c>
+      <c r="B478" t="n">
+        <v>44.1159</v>
+      </c>
+      <c r="C478" t="n">
+        <v>44.13</v>
+      </c>
+      <c r="D478" t="n">
+        <v>0.0141</v>
+      </c>
+      <c r="E478" t="n">
+        <v>0.0003196126566612037</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="B479" t="n">
+        <v>45.1515</v>
+      </c>
+      <c r="C479" t="n">
+        <v>45.15</v>
+      </c>
+      <c r="D479" t="n">
+        <v>-0.0015</v>
+      </c>
+      <c r="E479" t="n">
+        <v>-3.32214876582174E-05</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="2" t="n">
+        <v>45987</v>
+      </c>
+      <c r="B480" t="n">
+        <v>45.3963</v>
+      </c>
+      <c r="C480" t="n">
+        <v>45.43</v>
+      </c>
+      <c r="D480" t="n">
+        <v>0.0337</v>
+      </c>
+      <c r="E480" t="n">
+        <v>0.000742351248890328</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B481" t="n">
+        <v>46.1465</v>
+      </c>
+      <c r="C481" t="n">
+        <v>46.14</v>
+      </c>
+      <c r="D481" t="n">
+        <v>-0.0065</v>
+      </c>
+      <c r="E481" t="n">
+        <v>-0.0001408557528739992</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="2" t="n">
+        <v>45992</v>
+      </c>
+      <c r="B482" t="n">
+        <v>46.1255</v>
+      </c>
+      <c r="C482" t="n">
+        <v>46.11</v>
+      </c>
+      <c r="D482" t="n">
+        <v>-0.0155</v>
+      </c>
+      <c r="E482" t="n">
+        <v>-0.0003360397177266372</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="2" t="n">
+        <v>45993</v>
+      </c>
+      <c r="B483" t="n">
+        <v>45.5458</v>
+      </c>
+      <c r="C483" t="n">
+        <v>45.56</v>
+      </c>
+      <c r="D483" t="n">
+        <v>0.0142</v>
+      </c>
+      <c r="E483" t="n">
+        <v>0.0003117740823522695</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="2" t="n">
+        <v>45994</v>
+      </c>
+      <c r="B484" t="n">
+        <v>46.3299</v>
+      </c>
+      <c r="C484" t="n">
+        <v>46.325</v>
+      </c>
+      <c r="D484" t="n">
+        <v>-0.0049</v>
+      </c>
+      <c r="E484" t="n">
+        <v>-0.0001057632328150935</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>