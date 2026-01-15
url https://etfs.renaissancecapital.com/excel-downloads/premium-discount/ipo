--- v3 (2025-12-05)
+++ v4 (2026-01-15)
@@ -193,8281 +193,4473 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E484"/>
+  <dimension ref="A1:E260"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45293</v>
+        <v>45659</v>
       </c>
       <c r="B2" t="n">
-        <v>36.2245</v>
+        <v>44.4571</v>
       </c>
       <c r="C2" t="n">
-        <v>36.2</v>
+        <v>44.46</v>
       </c>
       <c r="D2" t="n">
-        <v>-0.0245</v>
+        <v>0.0029</v>
       </c>
       <c r="E2" t="n">
-        <v>-0.0006763378376513134</v>
+        <v>6.52314253516311E-05</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45294</v>
+        <v>45660</v>
       </c>
       <c r="B3" t="n">
-        <v>35.2112</v>
+        <v>45.5137</v>
       </c>
       <c r="C3" t="n">
-        <v>35.2</v>
+        <v>45.49</v>
       </c>
       <c r="D3" t="n">
-        <v>-0.0112</v>
+        <v>-0.0237</v>
       </c>
       <c r="E3" t="n">
-        <v>-0.0003180806107147726</v>
+        <v>-0.000520722331957191</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45295</v>
+        <v>45663</v>
       </c>
       <c r="B4" t="n">
-        <v>35.1239</v>
+        <v>46.157</v>
       </c>
       <c r="C4" t="n">
-        <v>35.12</v>
+        <v>46.2</v>
       </c>
       <c r="D4" t="n">
-        <v>-0.0039</v>
+        <v>0.043</v>
       </c>
       <c r="E4" t="n">
-        <v>-0.000111035505738258</v>
+        <v>0.0009316030071278462</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45296</v>
+        <v>45664</v>
       </c>
       <c r="B5" t="n">
-        <v>35.0966</v>
+        <v>45.0846</v>
       </c>
       <c r="C5" t="n">
-        <v>35.08</v>
+        <v>45.03</v>
       </c>
       <c r="D5" t="n">
-        <v>-0.0166</v>
+        <v>-0.0546</v>
       </c>
       <c r="E5" t="n">
-        <v>-0.0004729802886889329</v>
+        <v>-0.0012110565470249263</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45299</v>
+        <v>45665</v>
       </c>
       <c r="B6" t="n">
-        <v>36.0369</v>
+        <v>44.7745</v>
       </c>
       <c r="C6" t="n">
-        <v>36</v>
+        <v>44.75</v>
       </c>
       <c r="D6" t="n">
-        <v>-0.0369</v>
+        <v>-0.0245</v>
       </c>
       <c r="E6" t="n">
-        <v>-0.0010239504507879424</v>
+        <v>-0.0005471864565768462</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45300</v>
+        <v>45667</v>
       </c>
       <c r="B7" t="n">
-        <v>35.863</v>
+        <v>44.0565</v>
       </c>
       <c r="C7" t="n">
-        <v>35.83</v>
+        <v>44.07</v>
       </c>
       <c r="D7" t="n">
-        <v>-0.033</v>
+        <v>0.0135</v>
       </c>
       <c r="E7" t="n">
-        <v>-0.0009201684187045144</v>
+        <v>0.0003064247046406319</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45301</v>
+        <v>45670</v>
       </c>
       <c r="B8" t="n">
-        <v>35.9405</v>
+        <v>43.4195</v>
       </c>
       <c r="C8" t="n">
-        <v>35.91</v>
+        <v>43.36</v>
       </c>
       <c r="D8" t="n">
-        <v>-0.0305</v>
+        <v>-0.0595</v>
       </c>
       <c r="E8" t="n">
-        <v>-0.0008486248104506059</v>
+        <v>-0.0013703520307695853</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45302</v>
+        <v>45671</v>
       </c>
       <c r="B9" t="n">
-        <v>35.7384</v>
+        <v>43.909</v>
       </c>
       <c r="C9" t="n">
-        <v>35.72</v>
+        <v>43.92</v>
       </c>
       <c r="D9" t="n">
-        <v>-0.0184</v>
+        <v>0.011</v>
       </c>
       <c r="E9" t="n">
-        <v>-0.0005148523716786426</v>
+        <v>0.000250518117014735</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45303</v>
+        <v>45672</v>
       </c>
       <c r="B10" t="n">
-        <v>35.277</v>
+        <v>44.9863</v>
       </c>
       <c r="C10" t="n">
-        <v>35.24</v>
+        <v>44.95</v>
       </c>
       <c r="D10" t="n">
-        <v>-0.037</v>
+        <v>-0.0363</v>
       </c>
       <c r="E10" t="n">
-        <v>-0.0010488420217138646</v>
+        <v>-0.0008069123266416665</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45307</v>
+        <v>45673</v>
       </c>
       <c r="B11" t="n">
-        <v>34.7906</v>
+        <v>45.4051</v>
       </c>
       <c r="C11" t="n">
-        <v>34.79</v>
+        <v>45.42</v>
       </c>
       <c r="D11" t="n">
-        <v>-0.0006</v>
+        <v>0.0149</v>
       </c>
       <c r="E11" t="n">
-        <v>-1.72460377228332E-05</v>
+        <v>0.0003281569691510425</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45308</v>
+        <v>45674</v>
       </c>
       <c r="B12" t="n">
-        <v>34.3421</v>
+        <v>45.9967</v>
       </c>
       <c r="C12" t="n">
-        <v>34.33</v>
+        <v>45.9685</v>
       </c>
       <c r="D12" t="n">
-        <v>-0.0121</v>
+        <v>-0.0282</v>
       </c>
       <c r="E12" t="n">
-        <v>-0.0003523372187489991</v>
+        <v>-0.0006130874606221751</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45309</v>
+        <v>45678</v>
       </c>
       <c r="B13" t="n">
-        <v>34.1909</v>
+        <v>46.611</v>
       </c>
       <c r="C13" t="n">
-        <v>34.16</v>
+        <v>46.61</v>
       </c>
       <c r="D13" t="n">
-        <v>-0.0309</v>
+        <v>-0.001</v>
       </c>
       <c r="E13" t="n">
-        <v>-0.0009037492432196873</v>
+        <v>-2.14541631803652E-05</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45310</v>
+        <v>45679</v>
       </c>
       <c r="B14" t="n">
-        <v>34.3873</v>
+        <v>47.3357</v>
       </c>
       <c r="C14" t="n">
-        <v>34.35</v>
+        <v>47.35</v>
       </c>
       <c r="D14" t="n">
-        <v>-0.0373</v>
+        <v>0.0143</v>
       </c>
       <c r="E14" t="n">
-        <v>-0.0010847027827133855</v>
+        <v>0.0003020975711777791</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45313</v>
+        <v>45680</v>
       </c>
       <c r="B15" t="n">
-        <v>34.9042</v>
+        <v>47.19</v>
       </c>
       <c r="C15" t="n">
-        <v>34.88</v>
+        <v>47.12</v>
       </c>
       <c r="D15" t="n">
-        <v>-0.0242</v>
+        <v>-0.07</v>
       </c>
       <c r="E15" t="n">
-        <v>-0.0006933263045707967</v>
+        <v>-0.001483365119728756</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45314</v>
+        <v>45681</v>
       </c>
       <c r="B16" t="n">
-        <v>34.9773</v>
+        <v>46.6203</v>
       </c>
       <c r="C16" t="n">
-        <v>34.96</v>
+        <v>46.57</v>
       </c>
       <c r="D16" t="n">
-        <v>-0.0173</v>
+        <v>-0.0503</v>
       </c>
       <c r="E16" t="n">
-        <v>-0.0004946065019312526</v>
+        <v>-0.0010789291360201458</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45315</v>
+        <v>45684</v>
       </c>
       <c r="B17" t="n">
-        <v>34.4319</v>
+        <v>43.8133</v>
       </c>
       <c r="C17" t="n">
-        <v>34.41</v>
+        <v>43.73</v>
       </c>
       <c r="D17" t="n">
-        <v>-0.0219</v>
+        <v>-0.0833</v>
       </c>
       <c r="E17" t="n">
-        <v>-0.0006360380925827503</v>
+        <v>-0.0019012491640666193</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45316</v>
+        <v>45685</v>
       </c>
       <c r="B18" t="n">
-        <v>34.5708</v>
+        <v>44.8697</v>
       </c>
       <c r="C18" t="n">
-        <v>34.55</v>
+        <v>44.8311</v>
       </c>
       <c r="D18" t="n">
-        <v>-0.0208</v>
+        <v>-0.0386</v>
       </c>
       <c r="E18" t="n">
-        <v>-0.0006016638319043818</v>
+        <v>-0.0008602687336888814</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45317</v>
+        <v>45686</v>
       </c>
       <c r="B19" t="n">
-        <v>34.6811</v>
+        <v>45.733</v>
       </c>
       <c r="C19" t="n">
-        <v>34.65</v>
+        <v>45.69</v>
       </c>
       <c r="D19" t="n">
-        <v>-0.0311</v>
+        <v>-0.043</v>
       </c>
       <c r="E19" t="n">
-        <v>-0.0008967420295204017</v>
+        <v>-0.0009402400892134784</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45320</v>
+        <v>45687</v>
       </c>
       <c r="B20" t="n">
-        <v>35.5758</v>
+        <v>46.9516</v>
       </c>
       <c r="C20" t="n">
-        <v>35.58</v>
+        <v>46.9361</v>
       </c>
       <c r="D20" t="n">
-        <v>0.0042</v>
+        <v>-0.0155</v>
       </c>
       <c r="E20" t="n">
-        <v>0.0001180577808510279</v>
+        <v>-0.0003301271948133823</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45321</v>
+        <v>45688</v>
       </c>
       <c r="B21" t="n">
-        <v>34.7456</v>
+        <v>46.9451</v>
       </c>
       <c r="C21" t="n">
-        <v>34.74</v>
+        <v>46.92</v>
       </c>
       <c r="D21" t="n">
-        <v>-0.0056</v>
+        <v>-0.0251</v>
       </c>
       <c r="E21" t="n">
-        <v>-0.0001611714864615952</v>
+        <v>-0.0005346670898560234</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45322</v>
+        <v>45691</v>
       </c>
       <c r="B22" t="n">
-        <v>34.0045</v>
+        <v>46.3969</v>
       </c>
       <c r="C22" t="n">
-        <v>34.0487</v>
+        <v>46.3886</v>
       </c>
       <c r="D22" t="n">
-        <v>0.0442</v>
+        <v>-0.0083</v>
       </c>
       <c r="E22" t="n">
-        <v>0.0012998279639459484</v>
+        <v>-0.0001788912621317373</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45323</v>
+        <v>45692</v>
       </c>
       <c r="B23" t="n">
-        <v>34.5472</v>
+        <v>47.3738</v>
       </c>
       <c r="C23" t="n">
-        <v>34.52</v>
+        <v>47.3699</v>
       </c>
       <c r="D23" t="n">
-        <v>-0.0272</v>
+        <v>-0.0039</v>
       </c>
       <c r="E23" t="n">
-        <v>-0.0007873286402371249</v>
+        <v>-8.23239849874826E-05</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45324</v>
+        <v>45693</v>
       </c>
       <c r="B24" t="n">
-        <v>35.0604</v>
+        <v>48.1099</v>
       </c>
       <c r="C24" t="n">
-        <v>35.07</v>
+        <v>48.0607</v>
       </c>
       <c r="D24" t="n">
-        <v>0.0096</v>
+        <v>-0.0492</v>
       </c>
       <c r="E24" t="n">
-        <v>0.000273813190950474</v>
+        <v>-0.001022658538055577</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45327</v>
+        <v>45694</v>
       </c>
       <c r="B25" t="n">
-        <v>34.2402</v>
+        <v>47.5968</v>
       </c>
       <c r="C25" t="n">
-        <v>34.21</v>
+        <v>47.58</v>
       </c>
       <c r="D25" t="n">
-        <v>-0.0302</v>
+        <v>-0.0168</v>
       </c>
       <c r="E25" t="n">
-        <v>-0.0008820041939007366</v>
+        <v>-0.0003529649052037112</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45328</v>
+        <v>45695</v>
       </c>
       <c r="B26" t="n">
-        <v>34.7448</v>
+        <v>47.1114</v>
       </c>
       <c r="C26" t="n">
-        <v>34.71</v>
+        <v>47.08</v>
       </c>
       <c r="D26" t="n">
-        <v>-0.0348</v>
+        <v>-0.0314</v>
       </c>
       <c r="E26" t="n">
-        <v>-0.0010015887269461906</v>
+        <v>-0.0006665053469011747</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45329</v>
+        <v>45698</v>
       </c>
       <c r="B27" t="n">
-        <v>35.3286</v>
+        <v>47.4921</v>
       </c>
       <c r="C27" t="n">
-        <v>35.31</v>
+        <v>47.4905</v>
       </c>
       <c r="D27" t="n">
-        <v>-0.0186</v>
+        <v>-0.0016</v>
       </c>
       <c r="E27" t="n">
-        <v>-0.0005264856235457958</v>
+        <v>-3.36898136742743E-05</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45330</v>
+        <v>45699</v>
       </c>
       <c r="B28" t="n">
-        <v>36.5247</v>
+        <v>46.1957</v>
       </c>
       <c r="C28" t="n">
-        <v>36.52</v>
+        <v>46.2</v>
       </c>
       <c r="D28" t="n">
-        <v>-0.0047</v>
+        <v>0.0043</v>
       </c>
       <c r="E28" t="n">
-        <v>-0.0001286800439154874</v>
+        <v>9.30822565736637E-05</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45331</v>
+        <v>45700</v>
       </c>
       <c r="B29" t="n">
-        <v>37.0515</v>
+        <v>46.1283</v>
       </c>
       <c r="C29" t="n">
-        <v>37.03</v>
+        <v>46.0837</v>
       </c>
       <c r="D29" t="n">
-        <v>-0.0215</v>
+        <v>-0.0446</v>
       </c>
       <c r="E29" t="n">
-        <v>-0.0005802734032360364</v>
+        <v>-0.000966868495045341</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45334</v>
+        <v>45701</v>
       </c>
       <c r="B30" t="n">
-        <v>37.7518</v>
+        <v>46.6473</v>
       </c>
       <c r="C30" t="n">
-        <v>37.73</v>
+        <v>46.69</v>
       </c>
       <c r="D30" t="n">
-        <v>-0.0218</v>
+        <v>0.0427</v>
       </c>
       <c r="E30" t="n">
-        <v>-0.0005774559093871021</v>
+        <v>0.0009153798826513002</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45335</v>
+        <v>45702</v>
       </c>
       <c r="B31" t="n">
-        <v>36.3269</v>
+        <v>46.656</v>
       </c>
       <c r="C31" t="n">
-        <v>36.31</v>
+        <v>46.65</v>
       </c>
       <c r="D31" t="n">
-        <v>-0.0169</v>
+        <v>-0.006</v>
       </c>
       <c r="E31" t="n">
-        <v>-0.0004652199884933755</v>
+        <v>-0.0001286008230452675</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45336</v>
+        <v>45706</v>
       </c>
       <c r="B32" t="n">
-        <v>37.8189</v>
+        <v>47.1384</v>
       </c>
       <c r="C32" t="n">
-        <v>37.8</v>
+        <v>47.21</v>
       </c>
       <c r="D32" t="n">
-        <v>-0.0189</v>
+        <v>0.0716</v>
       </c>
       <c r="E32" t="n">
-        <v>-0.0004997501249375313</v>
+        <v>0.0015189314868557268</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45337</v>
+        <v>45707</v>
       </c>
       <c r="B33" t="n">
-        <v>38.6282</v>
+        <v>46.2814</v>
       </c>
       <c r="C33" t="n">
-        <v>38.63</v>
+        <v>46.2564</v>
       </c>
       <c r="D33" t="n">
-        <v>0.0018</v>
+        <v>-0.025</v>
       </c>
       <c r="E33" t="n">
-        <v>4.65980811945676E-05</v>
+        <v>-0.0005401738063239228</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>45338</v>
+        <v>45708</v>
       </c>
       <c r="B34" t="n">
-        <v>38.5815</v>
+        <v>45.4607</v>
       </c>
       <c r="C34" t="n">
-        <v>38.55</v>
+        <v>45.4831</v>
       </c>
       <c r="D34" t="n">
-        <v>-0.0315</v>
+        <v>0.0224</v>
       </c>
       <c r="E34" t="n">
-        <v>-0.000816453481590918</v>
+        <v>0.0004927332839133581</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>45342</v>
+        <v>45709</v>
       </c>
       <c r="B35" t="n">
-        <v>37.8259</v>
+        <v>44.1213</v>
       </c>
       <c r="C35" t="n">
-        <v>37.81</v>
+        <v>44.09</v>
       </c>
       <c r="D35" t="n">
-        <v>-0.0159</v>
+        <v>-0.0313</v>
       </c>
       <c r="E35" t="n">
-        <v>-0.0004203469051628646</v>
+        <v>-0.000709407927690254</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>45343</v>
+        <v>45712</v>
       </c>
       <c r="B36" t="n">
-        <v>36.9888</v>
+        <v>43.4659</v>
       </c>
       <c r="C36" t="n">
-        <v>36.98</v>
+        <v>43.4801</v>
       </c>
       <c r="D36" t="n">
-        <v>-0.0088</v>
+        <v>0.0142</v>
       </c>
       <c r="E36" t="n">
-        <v>-0.0002379098537935808</v>
+        <v>0.0003266928787854387</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>45344</v>
+        <v>45713</v>
       </c>
       <c r="B37" t="n">
-        <v>37.4605</v>
+        <v>42.6024</v>
       </c>
       <c r="C37" t="n">
-        <v>37.44</v>
+        <v>42.62</v>
       </c>
       <c r="D37" t="n">
-        <v>-0.0205</v>
+        <v>0.0176</v>
       </c>
       <c r="E37" t="n">
-        <v>-0.0005472430960611845</v>
+        <v>0.0004131222654122772</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>45345</v>
+        <v>45714</v>
       </c>
       <c r="B38" t="n">
-        <v>37.2817</v>
+        <v>43.1315</v>
       </c>
       <c r="C38" t="n">
-        <v>37.3</v>
+        <v>43.0981</v>
       </c>
       <c r="D38" t="n">
-        <v>0.0183</v>
+        <v>-0.0334</v>
       </c>
       <c r="E38" t="n">
-        <v>0.0004908574448053602</v>
+        <v>-0.000774376036075722</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>45348</v>
+        <v>45715</v>
       </c>
       <c r="B39" t="n">
-        <v>38.5175</v>
+        <v>41.5663</v>
       </c>
       <c r="C39" t="n">
-        <v>38.53</v>
+        <v>41.58</v>
       </c>
       <c r="D39" t="n">
-        <v>0.0125</v>
+        <v>0.0137</v>
       </c>
       <c r="E39" t="n">
-        <v>0.0003245278120334912</v>
+        <v>0.000329593925848584</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>45349</v>
+        <v>45716</v>
       </c>
       <c r="B40" t="n">
-        <v>39.1573</v>
+        <v>42.1942</v>
       </c>
       <c r="C40" t="n">
-        <v>39.19</v>
+        <v>42.125</v>
       </c>
       <c r="D40" t="n">
-        <v>0.0327</v>
+        <v>-0.0692</v>
       </c>
       <c r="E40" t="n">
-        <v>0.0008350933287024386</v>
+        <v>-0.0016400358343089808</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>45350</v>
+        <v>45719</v>
       </c>
       <c r="B41" t="n">
-        <v>39.0233</v>
+        <v>40.5719</v>
       </c>
       <c r="C41" t="n">
-        <v>39.06</v>
+        <v>40.5396</v>
       </c>
       <c r="D41" t="n">
-        <v>0.0367</v>
+        <v>-0.0323</v>
       </c>
       <c r="E41" t="n">
-        <v>0.0009404637742066918</v>
+        <v>-0.0007961175099021737</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
-        <v>45351</v>
+        <v>45720</v>
       </c>
       <c r="B42" t="n">
-        <v>39.2678</v>
+        <v>40.3869</v>
       </c>
       <c r="C42" t="n">
-        <v>39.24</v>
+        <v>40.4</v>
       </c>
       <c r="D42" t="n">
-        <v>-0.0278</v>
+        <v>0.0131</v>
       </c>
       <c r="E42" t="n">
-        <v>-0.0007079591930283846</v>
+        <v>0.000324362602725141</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
-        <v>45352</v>
+        <v>45721</v>
       </c>
       <c r="B43" t="n">
-        <v>39.6928</v>
+        <v>40.6139</v>
       </c>
       <c r="C43" t="n">
-        <v>39.68</v>
+        <v>40.6</v>
       </c>
       <c r="D43" t="n">
-        <v>-0.0128</v>
+        <v>-0.0139</v>
       </c>
       <c r="E43" t="n">
-        <v>-0.0003224766204450178</v>
+        <v>-0.0003422473586629209</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
-        <v>45355</v>
+        <v>45722</v>
       </c>
       <c r="B44" t="n">
-        <v>39.778</v>
+        <v>39.0914</v>
       </c>
       <c r="C44" t="n">
-        <v>39.75</v>
+        <v>39.05</v>
       </c>
       <c r="D44" t="n">
-        <v>-0.028</v>
+        <v>-0.0414</v>
       </c>
       <c r="E44" t="n">
-        <v>-0.000703906682085575</v>
+        <v>-0.0010590564676629644</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
-        <v>45356</v>
+        <v>45723</v>
       </c>
       <c r="B45" t="n">
-        <v>38.644</v>
+        <v>39.363</v>
       </c>
       <c r="C45" t="n">
-        <v>38.64</v>
+        <v>39.33</v>
       </c>
       <c r="D45" t="n">
-        <v>-0.004</v>
+        <v>-0.033</v>
       </c>
       <c r="E45" t="n">
-        <v>-0.0001035089535244799</v>
+        <v>-0.0008383507354622362</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
-        <v>45357</v>
+        <v>45726</v>
       </c>
       <c r="B46" t="n">
-        <v>39.7386</v>
+        <v>37.5913</v>
       </c>
       <c r="C46" t="n">
-        <v>39.74</v>
+        <v>37.5558</v>
       </c>
       <c r="D46" t="n">
-        <v>0.0014</v>
+        <v>-0.0355</v>
       </c>
       <c r="E46" t="n">
-        <v>3.52302295501099E-05</v>
+        <v>-0.000944367446723045</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
-        <v>45358</v>
+        <v>45727</v>
       </c>
       <c r="B47" t="n">
-        <v>40.1553</v>
+        <v>38.1275</v>
       </c>
       <c r="C47" t="n">
-        <v>40.15</v>
+        <v>38.1</v>
       </c>
       <c r="D47" t="n">
-        <v>-0.0053</v>
+        <v>-0.0275</v>
       </c>
       <c r="E47" t="n">
-        <v>-0.0001319875583048813</v>
+        <v>-0.0007212641793980724</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
-        <v>45359</v>
+        <v>45728</v>
       </c>
       <c r="B48" t="n">
-        <v>40.3981</v>
+        <v>38.5799</v>
       </c>
       <c r="C48" t="n">
-        <v>40.37</v>
+        <v>38.56</v>
       </c>
       <c r="D48" t="n">
-        <v>-0.0281</v>
+        <v>-0.0199</v>
       </c>
       <c r="E48" t="n">
-        <v>-0.0006955772672477171</v>
+        <v>-0.0005158126381872426</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
-        <v>45362</v>
+        <v>45729</v>
       </c>
       <c r="B49" t="n">
-        <v>40.4972</v>
+        <v>37.5899</v>
       </c>
       <c r="C49" t="n">
-        <v>40.51</v>
+        <v>37.55</v>
       </c>
       <c r="D49" t="n">
-        <v>0.0128</v>
+        <v>-0.0399</v>
       </c>
       <c r="E49" t="n">
-        <v>0.0003160712345544877</v>
+        <v>-0.0010614553377369985</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
-        <v>45363</v>
+        <v>45730</v>
       </c>
       <c r="B50" t="n">
-        <v>40.7682</v>
+        <v>38.9439</v>
       </c>
       <c r="C50" t="n">
-        <v>40.75</v>
+        <v>38.93</v>
       </c>
       <c r="D50" t="n">
-        <v>-0.0182</v>
+        <v>-0.0139</v>
       </c>
       <c r="E50" t="n">
-        <v>-0.0004464263813462454</v>
+        <v>-0.0003569236773923516</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
-        <v>45364</v>
+        <v>45733</v>
       </c>
       <c r="B51" t="n">
-        <v>40.9637</v>
+        <v>39.6771</v>
       </c>
       <c r="C51" t="n">
-        <v>40.94</v>
+        <v>39.64</v>
       </c>
       <c r="D51" t="n">
-        <v>-0.0237</v>
+        <v>-0.0371</v>
       </c>
       <c r="E51" t="n">
-        <v>-0.0005785610186579826</v>
+        <v>-0.0009350481764040216</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
-        <v>45365</v>
+        <v>45734</v>
       </c>
       <c r="B52" t="n">
-        <v>39.888</v>
+        <v>38.7176</v>
       </c>
       <c r="C52" t="n">
-        <v>39.87</v>
+        <v>38.695</v>
       </c>
       <c r="D52" t="n">
-        <v>-0.018</v>
+        <v>-0.0226</v>
       </c>
       <c r="E52" t="n">
-        <v>-0.0004512635379061372</v>
+        <v>-0.000583713866561977</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
-        <v>45366</v>
+        <v>45735</v>
       </c>
       <c r="B53" t="n">
-        <v>39.8685</v>
+        <v>39.2287</v>
       </c>
       <c r="C53" t="n">
-        <v>39.85</v>
+        <v>39.17</v>
       </c>
       <c r="D53" t="n">
-        <v>-0.0185</v>
+        <v>-0.0587</v>
       </c>
       <c r="E53" t="n">
-        <v>-0.00046402548377792</v>
+        <v>-0.001496353435112558</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
-        <v>45369</v>
+        <v>45736</v>
       </c>
       <c r="B54" t="n">
-        <v>40.2647</v>
+        <v>39.1343</v>
       </c>
       <c r="C54" t="n">
-        <v>40.24</v>
+        <v>39.09</v>
       </c>
       <c r="D54" t="n">
-        <v>-0.0247</v>
+        <v>-0.0443</v>
       </c>
       <c r="E54" t="n">
-        <v>-0.0006134405571133028</v>
+        <v>-0.0011319992947363311</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
-        <v>45370</v>
+        <v>45737</v>
       </c>
       <c r="B55" t="n">
-        <v>40.0807</v>
+        <v>39.0851</v>
       </c>
       <c r="C55" t="n">
-        <v>40.05</v>
+        <v>39.07</v>
       </c>
       <c r="D55" t="n">
-        <v>-0.0307</v>
+        <v>-0.0151</v>
       </c>
       <c r="E55" t="n">
-        <v>-0.0007659546864201474</v>
+        <v>-0.000386336481165457</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
-        <v>45371</v>
+        <v>45740</v>
       </c>
       <c r="B56" t="n">
-        <v>41.385</v>
+        <v>40.5149</v>
       </c>
       <c r="C56" t="n">
-        <v>41.35</v>
+        <v>40.48</v>
       </c>
       <c r="D56" t="n">
-        <v>-0.035</v>
+        <v>-0.0349</v>
       </c>
       <c r="E56" t="n">
-        <v>-0.000845717047239338</v>
+        <v>-0.0008614114807145026</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
-        <v>45372</v>
+        <v>45741</v>
       </c>
       <c r="B57" t="n">
-        <v>41.8248</v>
+        <v>40.5634</v>
       </c>
       <c r="C57" t="n">
-        <v>41.83</v>
+        <v>40.55</v>
       </c>
       <c r="D57" t="n">
-        <v>0.0052</v>
+        <v>-0.0134</v>
       </c>
       <c r="E57" t="n">
-        <v>0.0001243281498058568</v>
+        <v>-0.0003303470616368451</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
-        <v>45373</v>
+        <v>45742</v>
       </c>
       <c r="B58" t="n">
-        <v>41.383</v>
+        <v>39.2802</v>
       </c>
       <c r="C58" t="n">
-        <v>41.37</v>
+        <v>39.26</v>
       </c>
       <c r="D58" t="n">
-        <v>-0.013</v>
+        <v>-0.0202</v>
       </c>
       <c r="E58" t="n">
-        <v>-0.0003141386559698427</v>
+        <v>-0.000514254000743377</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
-        <v>45376</v>
+        <v>45743</v>
       </c>
       <c r="B59" t="n">
-        <v>41.8113</v>
+        <v>38.6595</v>
       </c>
       <c r="C59" t="n">
-        <v>41.85</v>
+        <v>38.62</v>
       </c>
       <c r="D59" t="n">
-        <v>0.0387</v>
+        <v>-0.0395</v>
       </c>
       <c r="E59" t="n">
-        <v>0.0009255871020513592</v>
+        <v>-0.0010217410985656824</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
-        <v>45377</v>
+        <v>45744</v>
       </c>
       <c r="B60" t="n">
-        <v>41.3757</v>
+        <v>37.6759</v>
       </c>
       <c r="C60" t="n">
-        <v>41.39</v>
+        <v>37.67</v>
       </c>
       <c r="D60" t="n">
-        <v>0.0143</v>
+        <v>-0.0059</v>
       </c>
       <c r="E60" t="n">
-        <v>0.0003456134881101709</v>
+        <v>-0.0001565987806528843</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
-        <v>45378</v>
+        <v>45747</v>
       </c>
       <c r="B61" t="n">
-        <v>41.3433</v>
+        <v>37.5988</v>
       </c>
       <c r="C61" t="n">
-        <v>41.355</v>
+        <v>37.55</v>
       </c>
       <c r="D61" t="n">
-        <v>0.0117</v>
+        <v>-0.0488</v>
       </c>
       <c r="E61" t="n">
-        <v>0.0002829962775105035</v>
+        <v>-0.0012979137632052088</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
-        <v>45379</v>
+        <v>45748</v>
       </c>
       <c r="B62" t="n">
-        <v>41.4937</v>
+        <v>37.8591</v>
       </c>
       <c r="C62" t="n">
-        <v>41.52</v>
+        <v>37.82</v>
       </c>
       <c r="D62" t="n">
-        <v>0.0263</v>
+        <v>-0.0391</v>
       </c>
       <c r="E62" t="n">
-        <v>0.0006338311599110226</v>
+        <v>-0.001032776796067524</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
-        <v>45383</v>
+        <v>45749</v>
       </c>
       <c r="B63" t="n">
-        <v>40.9541</v>
+        <v>38.5581</v>
       </c>
       <c r="C63" t="n">
-        <v>40.94</v>
+        <v>38.54</v>
       </c>
       <c r="D63" t="n">
-        <v>-0.0141</v>
+        <v>-0.0181</v>
       </c>
       <c r="E63" t="n">
-        <v>-0.0003442878734974032</v>
+        <v>-0.0004694214704562725</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
-        <v>45384</v>
+        <v>45750</v>
       </c>
       <c r="B64" t="n">
-        <v>40.3119</v>
+        <v>35.9398</v>
       </c>
       <c r="C64" t="n">
-        <v>40.3</v>
+        <v>35.92</v>
       </c>
       <c r="D64" t="n">
-        <v>-0.0119</v>
+        <v>-0.0198</v>
       </c>
       <c r="E64" t="n">
-        <v>-0.0002951981920971227</v>
+        <v>-0.0005509212627783127</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
-        <v>45385</v>
+        <v>45751</v>
       </c>
       <c r="B65" t="n">
-        <v>40.5161</v>
+        <v>33.2465</v>
       </c>
       <c r="C65" t="n">
-        <v>40.55</v>
+        <v>33.24</v>
       </c>
       <c r="D65" t="n">
-        <v>0.0339</v>
+        <v>-0.0065</v>
       </c>
       <c r="E65" t="n">
-        <v>0.0008367044212053973</v>
+        <v>-0.0001955093017310093</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
-        <v>45386</v>
+        <v>45754</v>
       </c>
       <c r="B66" t="n">
-        <v>39.9937</v>
+        <v>33.2758</v>
       </c>
       <c r="C66" t="n">
-        <v>40.02</v>
+        <v>33.28</v>
       </c>
       <c r="D66" t="n">
-        <v>0.0263</v>
+        <v>0.0042</v>
       </c>
       <c r="E66" t="n">
-        <v>0.0006576035725626786</v>
+        <v>0.0001262178520125737</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
-        <v>45387</v>
+        <v>45755</v>
       </c>
       <c r="B67" t="n">
-        <v>40.1511</v>
+        <v>32.5913</v>
       </c>
       <c r="C67" t="n">
-        <v>40.15</v>
+        <v>32.6</v>
       </c>
       <c r="D67" t="n">
-        <v>-0.0011</v>
+        <v>0.0087</v>
       </c>
       <c r="E67" t="n">
-        <v>-2.73965096846662E-05</v>
+        <v>0.0002669424048749206</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
-        <v>45390</v>
+        <v>45756</v>
       </c>
       <c r="B68" t="n">
-        <v>40.7734</v>
+        <v>36.7676</v>
       </c>
       <c r="C68" t="n">
-        <v>40.77</v>
+        <v>36.82</v>
       </c>
       <c r="D68" t="n">
-        <v>-0.0034</v>
+        <v>0.0524</v>
       </c>
       <c r="E68" t="n">
-        <v>-8.33876988428731E-05</v>
+        <v>0.0014251678107899345</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
-        <v>45391</v>
+        <v>45757</v>
       </c>
       <c r="B69" t="n">
-        <v>40.5416</v>
+        <v>35.0669</v>
       </c>
       <c r="C69" t="n">
-        <v>40.53</v>
+        <v>35.11</v>
       </c>
       <c r="D69" t="n">
-        <v>-0.0116</v>
+        <v>0.0431</v>
       </c>
       <c r="E69" t="n">
-        <v>-0.0002861258559109656</v>
+        <v>0.001229079274187339</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
-        <v>45392</v>
+        <v>45758</v>
       </c>
       <c r="B70" t="n">
-        <v>40.0813</v>
+        <v>35.7346</v>
       </c>
       <c r="C70" t="n">
-        <v>40.05</v>
+        <v>35.7</v>
       </c>
       <c r="D70" t="n">
-        <v>-0.0313</v>
+        <v>-0.0346</v>
       </c>
       <c r="E70" t="n">
-        <v>-0.0007809127947446814</v>
+        <v>-0.000968249259821014</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="n">
-        <v>45393</v>
+        <v>45761</v>
       </c>
       <c r="B71" t="n">
-        <v>40.319</v>
+        <v>36.1602</v>
       </c>
       <c r="C71" t="n">
-        <v>40.29</v>
+        <v>36.13</v>
       </c>
       <c r="D71" t="n">
-        <v>-0.029</v>
+        <v>-0.0302</v>
       </c>
       <c r="E71" t="n">
-        <v>-0.0007192638706317121</v>
+        <v>-0.0008351723718342266</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
-        <v>45394</v>
+        <v>45762</v>
       </c>
       <c r="B72" t="n">
-        <v>39.0446</v>
+        <v>36.2986</v>
       </c>
       <c r="C72" t="n">
-        <v>39.02</v>
+        <v>36.25</v>
       </c>
       <c r="D72" t="n">
-        <v>-0.0246</v>
+        <v>-0.0486</v>
       </c>
       <c r="E72" t="n">
-        <v>-0.0006300487135224846</v>
+        <v>-0.001338894613015378</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
-        <v>45397</v>
+        <v>45763</v>
       </c>
       <c r="B73" t="n">
-        <v>37.6319</v>
+        <v>35.6956</v>
       </c>
       <c r="C73" t="n">
-        <v>37.63</v>
+        <v>35.65</v>
       </c>
       <c r="D73" t="n">
-        <v>-0.0019</v>
+        <v>-0.0456</v>
       </c>
       <c r="E73" t="n">
-        <v>-5.04890797435155E-05</v>
+        <v>-0.0012774683714519436</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
-        <v>45398</v>
+        <v>45764</v>
       </c>
       <c r="B74" t="n">
-        <v>37.5684</v>
+        <v>35.9718</v>
       </c>
       <c r="C74" t="n">
-        <v>37.54</v>
+        <v>35.94</v>
       </c>
       <c r="D74" t="n">
-        <v>-0.0284</v>
+        <v>-0.0318</v>
       </c>
       <c r="E74" t="n">
-        <v>-0.0007559544723757201</v>
+        <v>-0.0008840258202258436</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
-        <v>45399</v>
+        <v>45768</v>
       </c>
       <c r="B75" t="n">
-        <v>37.1536</v>
+        <v>34.6208</v>
       </c>
       <c r="C75" t="n">
-        <v>37.15</v>
+        <v>34.57</v>
       </c>
       <c r="D75" t="n">
-        <v>-0.0036</v>
+        <v>-0.0508</v>
       </c>
       <c r="E75" t="n">
-        <v>-9.68950518926834E-05</v>
+        <v>-0.00146732600055458</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
-        <v>45400</v>
+        <v>45769</v>
       </c>
       <c r="B76" t="n">
-        <v>37.1416</v>
+        <v>35.6959</v>
       </c>
       <c r="C76" t="n">
-        <v>37.1148</v>
+        <v>35.63</v>
       </c>
       <c r="D76" t="n">
-        <v>-0.0268</v>
+        <v>-0.0659</v>
       </c>
       <c r="E76" t="n">
-        <v>-0.0007215628836668319</v>
+        <v>-0.0018461503982250063</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
-        <v>45401</v>
+        <v>45770</v>
       </c>
       <c r="B77" t="n">
-        <v>36.3653</v>
+        <v>36.9875</v>
       </c>
       <c r="C77" t="n">
-        <v>36.32</v>
+        <v>36.94</v>
       </c>
       <c r="D77" t="n">
-        <v>-0.0453</v>
+        <v>-0.0475</v>
       </c>
       <c r="E77" t="n">
-        <v>-0.0012456930095448135</v>
+        <v>-0.0012842176410949647</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
-        <v>45404</v>
+        <v>45771</v>
       </c>
       <c r="B78" t="n">
-        <v>36.9955</v>
+        <v>38.3013</v>
       </c>
       <c r="C78" t="n">
-        <v>36.97</v>
+        <v>38.27</v>
       </c>
       <c r="D78" t="n">
-        <v>-0.0255</v>
+        <v>-0.0313</v>
       </c>
       <c r="E78" t="n">
-        <v>-0.0006892730196915842</v>
+        <v>-0.0008172046379626802</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
-        <v>45405</v>
+        <v>45772</v>
       </c>
       <c r="B79" t="n">
-        <v>37.9553</v>
+        <v>38.7479</v>
       </c>
       <c r="C79" t="n">
-        <v>37.93</v>
+        <v>38.72</v>
       </c>
       <c r="D79" t="n">
-        <v>-0.0253</v>
+        <v>-0.0279</v>
       </c>
       <c r="E79" t="n">
-        <v>-0.000666573574704982</v>
+        <v>-0.0007200390214695506</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
-        <v>45406</v>
+        <v>45775</v>
       </c>
       <c r="B80" t="n">
-        <v>37.685</v>
+        <v>38.817</v>
       </c>
       <c r="C80" t="n">
-        <v>37.65</v>
+        <v>38.8182</v>
       </c>
       <c r="D80" t="n">
-        <v>-0.035</v>
+        <v>0.0012</v>
       </c>
       <c r="E80" t="n">
-        <v>-0.0009287514926363276</v>
+        <v>3.09142901306128E-05</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
-        <v>45407</v>
+        <v>45776</v>
       </c>
       <c r="B81" t="n">
-        <v>37.4714</v>
+        <v>38.8732</v>
       </c>
       <c r="C81" t="n">
-        <v>37.46</v>
+        <v>38.8385</v>
       </c>
       <c r="D81" t="n">
-        <v>-0.0114</v>
+        <v>-0.0347</v>
       </c>
       <c r="E81" t="n">
-        <v>-0.0003042320276264031</v>
+        <v>-0.0008926458331189612</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
-        <v>45408</v>
+        <v>45777</v>
       </c>
       <c r="B82" t="n">
-        <v>38.2881</v>
+        <v>38.3686</v>
       </c>
       <c r="C82" t="n">
-        <v>38.27</v>
+        <v>38.3598</v>
       </c>
       <c r="D82" t="n">
-        <v>-0.0181</v>
+        <v>-0.0088</v>
       </c>
       <c r="E82" t="n">
-        <v>-0.0004727317364925395</v>
+        <v>-0.000229354211516709</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
-        <v>45411</v>
+        <v>45778</v>
       </c>
       <c r="B83" t="n">
-        <v>38.1064</v>
+        <v>38.8634</v>
       </c>
       <c r="C83" t="n">
-        <v>38.09</v>
+        <v>38.86</v>
       </c>
       <c r="D83" t="n">
-        <v>-0.0164</v>
+        <v>-0.0034</v>
       </c>
       <c r="E83" t="n">
-        <v>-0.000430373900447169</v>
+        <v>-8.74859121950216E-05</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
-        <v>45412</v>
+        <v>45779</v>
       </c>
       <c r="B84" t="n">
-        <v>37.1923</v>
+        <v>40.1066</v>
       </c>
       <c r="C84" t="n">
-        <v>37.17</v>
+        <v>40.07</v>
       </c>
       <c r="D84" t="n">
-        <v>-0.0223</v>
+        <v>-0.0366</v>
       </c>
       <c r="E84" t="n">
-        <v>-0.0005995864735442552</v>
+        <v>-0.0009125680062633084</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
-        <v>45413</v>
+        <v>45782</v>
       </c>
       <c r="B85" t="n">
-        <v>37.2353</v>
+        <v>39.982</v>
       </c>
       <c r="C85" t="n">
-        <v>37.21</v>
+        <v>39.94</v>
       </c>
       <c r="D85" t="n">
-        <v>-0.0253</v>
+        <v>-0.042</v>
       </c>
       <c r="E85" t="n">
-        <v>-0.0006794627678573827</v>
+        <v>-0.0010504727127207244</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="n">
-        <v>45414</v>
+        <v>45783</v>
       </c>
       <c r="B86" t="n">
-        <v>38.0685</v>
+        <v>39.9174</v>
       </c>
       <c r="C86" t="n">
-        <v>38.06</v>
+        <v>39.86</v>
       </c>
       <c r="D86" t="n">
-        <v>-0.0085</v>
+        <v>-0.0574</v>
       </c>
       <c r="E86" t="n">
-        <v>-0.0002232817158543153</v>
+        <v>-0.001437969406825094</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="n">
-        <v>45415</v>
+        <v>45784</v>
       </c>
       <c r="B87" t="n">
-        <v>38.5515</v>
+        <v>40.4534</v>
       </c>
       <c r="C87" t="n">
-        <v>38.52</v>
+        <v>40.42</v>
       </c>
       <c r="D87" t="n">
-        <v>-0.0315</v>
+        <v>-0.0334</v>
       </c>
       <c r="E87" t="n">
-        <v>-0.0008170888292284347</v>
+        <v>-0.0008256413552383731</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="n">
-        <v>45418</v>
+        <v>45785</v>
       </c>
       <c r="B88" t="n">
-        <v>39.1271</v>
+        <v>40.8246</v>
       </c>
       <c r="C88" t="n">
-        <v>39.1004</v>
+        <v>40.76</v>
       </c>
       <c r="D88" t="n">
-        <v>-0.0267</v>
+        <v>-0.0646</v>
       </c>
       <c r="E88" t="n">
-        <v>-0.0006823914882523878</v>
+        <v>-0.001582379251725675</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="n">
-        <v>45419</v>
+        <v>45786</v>
       </c>
       <c r="B89" t="n">
-        <v>39.1964</v>
+        <v>40.8887</v>
       </c>
       <c r="C89" t="n">
-        <v>39.2</v>
+        <v>40.845</v>
       </c>
       <c r="D89" t="n">
-        <v>0.0036</v>
+        <v>-0.0437</v>
       </c>
       <c r="E89" t="n">
-        <v>9.18451694543376E-05</v>
+        <v>-0.0010687549371831337</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="n">
-        <v>45420</v>
+        <v>45789</v>
       </c>
       <c r="B90" t="n">
-        <v>38.7302</v>
+        <v>42.4667</v>
       </c>
       <c r="C90" t="n">
-        <v>38.74</v>
+        <v>42.48</v>
       </c>
       <c r="D90" t="n">
-        <v>0.0098</v>
+        <v>0.0133</v>
       </c>
       <c r="E90" t="n">
-        <v>0.0002530325172604324</v>
+        <v>0.0003131865673574824</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
-        <v>45421</v>
+        <v>45790</v>
       </c>
       <c r="B91" t="n">
-        <v>38.5779</v>
+        <v>43.3742</v>
       </c>
       <c r="C91" t="n">
-        <v>38.57</v>
+        <v>43.4</v>
       </c>
       <c r="D91" t="n">
-        <v>-0.0079</v>
+        <v>0.0258</v>
       </c>
       <c r="E91" t="n">
-        <v>-0.0002047804572047727</v>
+        <v>0.0005948236509261266</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="n">
-        <v>45422</v>
+        <v>45791</v>
       </c>
       <c r="B92" t="n">
-        <v>38.2659</v>
+        <v>43.4875</v>
       </c>
       <c r="C92" t="n">
-        <v>38.25</v>
+        <v>43.48</v>
       </c>
       <c r="D92" t="n">
-        <v>-0.0159</v>
+        <v>-0.0075</v>
       </c>
       <c r="E92" t="n">
-        <v>-0.000415513551229685</v>
+        <v>-0.0001724633515377983</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
-        <v>45425</v>
+        <v>45792</v>
       </c>
       <c r="B93" t="n">
-        <v>38.477</v>
+        <v>43.7249</v>
       </c>
       <c r="C93" t="n">
-        <v>38.47</v>
+        <v>43.6658</v>
       </c>
       <c r="D93" t="n">
-        <v>-0.007</v>
+        <v>-0.0591</v>
       </c>
       <c r="E93" t="n">
-        <v>-0.0001819268654001092</v>
+        <v>-0.0013516325937852347</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
-        <v>45426</v>
+        <v>45793</v>
       </c>
       <c r="B94" t="n">
-        <v>39.0601</v>
+        <v>44.0809</v>
       </c>
       <c r="C94" t="n">
-        <v>39.04</v>
+        <v>44.0899</v>
       </c>
       <c r="D94" t="n">
-        <v>-0.0201</v>
+        <v>0.009</v>
       </c>
       <c r="E94" t="n">
-        <v>-0.0005145916165089184</v>
+        <v>0.0002041700600486832</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
-        <v>45427</v>
+        <v>45796</v>
       </c>
       <c r="B95" t="n">
-        <v>39.8658</v>
+        <v>43.5961</v>
       </c>
       <c r="C95" t="n">
-        <v>39.84</v>
+        <v>43.57</v>
       </c>
       <c r="D95" t="n">
-        <v>-0.0258</v>
+        <v>-0.0261</v>
       </c>
       <c r="E95" t="n">
-        <v>-0.0006471712595758771</v>
+        <v>-0.0005986774046302307</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
-        <v>45428</v>
+        <v>45797</v>
       </c>
       <c r="B96" t="n">
-        <v>39.3046</v>
+        <v>43.7846</v>
       </c>
       <c r="C96" t="n">
-        <v>39.28</v>
+        <v>43.7404</v>
       </c>
       <c r="D96" t="n">
-        <v>-0.0246</v>
+        <v>-0.0442</v>
       </c>
       <c r="E96" t="n">
-        <v>-0.0006258809401444106</v>
+        <v>-0.0010094873540011783</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
-        <v>45429</v>
+        <v>45798</v>
       </c>
       <c r="B97" t="n">
-        <v>39.6865</v>
+        <v>42.7512</v>
       </c>
       <c r="C97" t="n">
-        <v>39.66</v>
+        <v>42.73</v>
       </c>
       <c r="D97" t="n">
-        <v>-0.0265</v>
+        <v>-0.0212</v>
       </c>
       <c r="E97" t="n">
-        <v>-0.000667733360210651</v>
+        <v>-0.0004958925129587006</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="n">
-        <v>45432</v>
+        <v>45799</v>
       </c>
       <c r="B98" t="n">
-        <v>40.0976</v>
+        <v>42.9016</v>
       </c>
       <c r="C98" t="n">
-        <v>40.08</v>
+        <v>42.9</v>
       </c>
       <c r="D98" t="n">
-        <v>-0.0176</v>
+        <v>-0.0016</v>
       </c>
       <c r="E98" t="n">
-        <v>-0.0004389290132077731</v>
+        <v>-3.7294646353516E-05</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="n">
-        <v>45433</v>
+        <v>45800</v>
       </c>
       <c r="B99" t="n">
-        <v>40.1709</v>
+        <v>42.9664</v>
       </c>
       <c r="C99" t="n">
-        <v>40.14</v>
+        <v>42.9772</v>
       </c>
       <c r="D99" t="n">
-        <v>-0.0309</v>
+        <v>0.0108</v>
       </c>
       <c r="E99" t="n">
-        <v>-0.000769213535170982</v>
+        <v>0.0002513592016086988</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2" t="n">
-        <v>45434</v>
+        <v>45804</v>
       </c>
       <c r="B100" t="n">
-        <v>40.0614</v>
+        <v>43.9424</v>
       </c>
       <c r="C100" t="n">
-        <v>40.06</v>
+        <v>43.9</v>
       </c>
       <c r="D100" t="n">
-        <v>-0.0014</v>
+        <v>-0.0424</v>
       </c>
       <c r="E100" t="n">
-        <v>-3.49463573414809E-05</v>
+        <v>-0.000964899504806292</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2" t="n">
-        <v>45435</v>
+        <v>45805</v>
       </c>
       <c r="B101" t="n">
-        <v>39.1709</v>
+        <v>43.2378</v>
       </c>
       <c r="C101" t="n">
-        <v>39.16</v>
+        <v>43.2249</v>
       </c>
       <c r="D101" t="n">
-        <v>-0.0109</v>
+        <v>-0.0129</v>
       </c>
       <c r="E101" t="n">
-        <v>-0.0002782677957361205</v>
+        <v>-0.0002983500548131497</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="n">
-        <v>45436</v>
+        <v>45806</v>
       </c>
       <c r="B102" t="n">
-        <v>40.01</v>
+        <v>42.9451</v>
       </c>
       <c r="C102" t="n">
-        <v>39.99</v>
+        <v>42.97</v>
       </c>
       <c r="D102" t="n">
-        <v>-0.02</v>
+        <v>0.0249</v>
       </c>
       <c r="E102" t="n">
-        <v>-0.0004998750312421895</v>
+        <v>0.0005798100365350179</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="n">
-        <v>45440</v>
+        <v>45807</v>
       </c>
       <c r="B103" t="n">
-        <v>40.4386</v>
+        <v>42.7234</v>
       </c>
       <c r="C103" t="n">
-        <v>40.44</v>
+        <v>42.72</v>
       </c>
       <c r="D103" t="n">
-        <v>0.0014</v>
+        <v>-0.0034</v>
       </c>
       <c r="E103" t="n">
-        <v>3.46203874515932E-05</v>
+        <v>-7.95816812332352E-05</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="n">
-        <v>45441</v>
+        <v>45810</v>
       </c>
       <c r="B104" t="n">
-        <v>39.9745</v>
+        <v>43.2921</v>
       </c>
       <c r="C104" t="n">
-        <v>39.97</v>
+        <v>43.2299</v>
       </c>
       <c r="D104" t="n">
-        <v>-0.0045</v>
+        <v>-0.0622</v>
       </c>
       <c r="E104" t="n">
-        <v>-0.0001125717644998687</v>
+        <v>-0.0014367517399248362</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="n">
-        <v>45442</v>
+        <v>45811</v>
       </c>
       <c r="B105" t="n">
-        <v>39.7178</v>
+        <v>43.4352</v>
       </c>
       <c r="C105" t="n">
-        <v>39.72</v>
+        <v>43.4479</v>
       </c>
       <c r="D105" t="n">
-        <v>0.0022</v>
+        <v>0.0127</v>
       </c>
       <c r="E105" t="n">
-        <v>5.53907819667756E-05</v>
+        <v>0.0002923895826426492</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2" t="n">
-        <v>45443</v>
+        <v>45812</v>
       </c>
       <c r="B106" t="n">
-        <v>39.2349</v>
+        <v>43.671</v>
       </c>
       <c r="C106" t="n">
-        <v>39.23</v>
+        <v>43.63</v>
       </c>
       <c r="D106" t="n">
-        <v>-0.0049</v>
+        <v>-0.041</v>
       </c>
       <c r="E106" t="n">
-        <v>-0.0001248888107271843</v>
+        <v>-0.0009388381305671956</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2" t="n">
-        <v>45446</v>
+        <v>45813</v>
       </c>
       <c r="B107" t="n">
-        <v>39.3579</v>
+        <v>43.1613</v>
       </c>
       <c r="C107" t="n">
-        <v>39.37</v>
+        <v>43.15</v>
       </c>
       <c r="D107" t="n">
-        <v>0.0121</v>
+        <v>-0.0113</v>
       </c>
       <c r="E107" t="n">
-        <v>0.0003074351019744447</v>
+        <v>-0.0002618086109547211</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2" t="n">
-        <v>45447</v>
+        <v>45814</v>
       </c>
       <c r="B108" t="n">
-        <v>38.881</v>
+        <v>43.7396</v>
       </c>
       <c r="C108" t="n">
-        <v>38.89</v>
+        <v>43.7414</v>
       </c>
       <c r="D108" t="n">
-        <v>0.009</v>
+        <v>0.0018</v>
       </c>
       <c r="E108" t="n">
-        <v>0.0002314755278928011</v>
+        <v>4.11526397132118E-05</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2" t="n">
-        <v>45448</v>
+        <v>45817</v>
       </c>
       <c r="B109" t="n">
-        <v>39.7885</v>
+        <v>43.9778</v>
       </c>
       <c r="C109" t="n">
-        <v>39.78</v>
+        <v>44</v>
       </c>
       <c r="D109" t="n">
-        <v>-0.0085</v>
+        <v>0.0222</v>
       </c>
       <c r="E109" t="n">
-        <v>-0.0002136295663319804</v>
+        <v>0.0005048001491661702</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2" t="n">
-        <v>45449</v>
+        <v>45818</v>
       </c>
       <c r="B110" t="n">
-        <v>40.0486</v>
+        <v>43.8299</v>
       </c>
       <c r="C110" t="n">
-        <v>40.02</v>
+        <v>43.8</v>
       </c>
       <c r="D110" t="n">
-        <v>-0.0286</v>
+        <v>-0.0299</v>
       </c>
       <c r="E110" t="n">
-        <v>-0.0007141323292199978</v>
+        <v>-0.0006821827108891419</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2" t="n">
-        <v>45450</v>
+        <v>45819</v>
       </c>
       <c r="B111" t="n">
-        <v>39.4437</v>
+        <v>43.9863</v>
       </c>
       <c r="C111" t="n">
-        <v>39.43</v>
+        <v>43.95</v>
       </c>
       <c r="D111" t="n">
-        <v>-0.0137</v>
+        <v>-0.0363</v>
       </c>
       <c r="E111" t="n">
-        <v>-0.0003473304989136415</v>
+        <v>-0.0008252569550064453</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="n">
-        <v>45453</v>
+        <v>45820</v>
       </c>
       <c r="B112" t="n">
-        <v>39.8622</v>
+        <v>44.0018</v>
       </c>
       <c r="C112" t="n">
-        <v>39.84</v>
+        <v>44.01</v>
       </c>
       <c r="D112" t="n">
-        <v>-0.0222</v>
+        <v>0.0082</v>
       </c>
       <c r="E112" t="n">
-        <v>-0.0005569185845236841</v>
+        <v>0.000186356012708571</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="n">
-        <v>45454</v>
+        <v>45821</v>
       </c>
       <c r="B113" t="n">
-        <v>39.6155</v>
+        <v>43.1276</v>
       </c>
       <c r="C113" t="n">
-        <v>39.59</v>
+        <v>43.08</v>
       </c>
       <c r="D113" t="n">
-        <v>-0.0255</v>
+        <v>-0.0476</v>
       </c>
       <c r="E113" t="n">
-        <v>-0.0006436874455705469</v>
+        <v>-0.0011037015739340933</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="n">
-        <v>45455</v>
+        <v>45824</v>
       </c>
       <c r="B114" t="n">
-        <v>40.1719</v>
+        <v>44.0573</v>
       </c>
       <c r="C114" t="n">
-        <v>40.15</v>
+        <v>44.03</v>
       </c>
       <c r="D114" t="n">
-        <v>-0.0219</v>
+        <v>-0.0273</v>
       </c>
       <c r="E114" t="n">
-        <v>-0.0005451571869889152</v>
+        <v>-0.0006196475952906783</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2" t="n">
-        <v>45456</v>
+        <v>45825</v>
       </c>
       <c r="B115" t="n">
-        <v>39.8502</v>
+        <v>43.6805</v>
       </c>
       <c r="C115" t="n">
-        <v>39.83</v>
+        <v>43.66</v>
       </c>
       <c r="D115" t="n">
-        <v>-0.0202</v>
+        <v>-0.0205</v>
       </c>
       <c r="E115" t="n">
-        <v>-0.0005068983342618105</v>
+        <v>-0.0004693169721042571</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2" t="n">
-        <v>45457</v>
+        <v>45826</v>
       </c>
       <c r="B116" t="n">
-        <v>39.6023</v>
+        <v>44.0523</v>
       </c>
       <c r="C116" t="n">
-        <v>39.57</v>
+        <v>44.03</v>
       </c>
       <c r="D116" t="n">
-        <v>-0.0323</v>
+        <v>-0.0223</v>
       </c>
       <c r="E116" t="n">
-        <v>-0.0008156091944154759</v>
+        <v>-0.000506216474508709</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2" t="n">
-        <v>45460</v>
+        <v>45828</v>
       </c>
       <c r="B117" t="n">
-        <v>39.8744</v>
+        <v>43.5118</v>
       </c>
       <c r="C117" t="n">
-        <v>39.84</v>
+        <v>43.47</v>
       </c>
       <c r="D117" t="n">
-        <v>-0.0344</v>
+        <v>-0.0418</v>
       </c>
       <c r="E117" t="n">
-        <v>-0.0008627089059647294</v>
+        <v>-0.0009606589476877536</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2" t="n">
-        <v>45461</v>
+        <v>45831</v>
       </c>
       <c r="B118" t="n">
-        <v>39.8803</v>
+        <v>43.2072</v>
       </c>
       <c r="C118" t="n">
-        <v>39.88</v>
+        <v>43.192</v>
       </c>
       <c r="D118" t="n">
-        <v>-0.0003</v>
+        <v>-0.0152</v>
       </c>
       <c r="E118" t="n">
-        <v>-7.5225111145102E-06</v>
+        <v>-0.0003517932196485771</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2" t="n">
-        <v>45463</v>
+        <v>45832</v>
       </c>
       <c r="B119" t="n">
-        <v>39.532</v>
+        <v>44.0714</v>
       </c>
       <c r="C119" t="n">
-        <v>39.5</v>
+        <v>44.06</v>
       </c>
       <c r="D119" t="n">
-        <v>-0.032</v>
+        <v>-0.0114</v>
       </c>
       <c r="E119" t="n">
-        <v>-0.00080947080845897</v>
+        <v>-0.0002586711563508307</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="n">
-        <v>45464</v>
+        <v>45833</v>
       </c>
       <c r="B120" t="n">
-        <v>39.5933</v>
+        <v>43.8067</v>
       </c>
       <c r="C120" t="n">
-        <v>39.56</v>
+        <v>43.77</v>
       </c>
       <c r="D120" t="n">
-        <v>-0.0333</v>
+        <v>-0.0367</v>
       </c>
       <c r="E120" t="n">
-        <v>-0.0008410513900079054</v>
+        <v>-0.0008377713911342329</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="n">
-        <v>45467</v>
+        <v>45834</v>
       </c>
       <c r="B121" t="n">
-        <v>39.1475</v>
+        <v>44.8823</v>
       </c>
       <c r="C121" t="n">
-        <v>39.16</v>
+        <v>44.853</v>
       </c>
       <c r="D121" t="n">
-        <v>0.0125</v>
+        <v>-0.0293</v>
       </c>
       <c r="E121" t="n">
-        <v>0.0003193051919024203</v>
+        <v>-0.0006528185944124967</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="n">
-        <v>45468</v>
+        <v>45835</v>
       </c>
       <c r="B122" t="n">
-        <v>39.7553</v>
+        <v>44.7943</v>
       </c>
       <c r="C122" t="n">
-        <v>39.72</v>
+        <v>44.8</v>
       </c>
       <c r="D122" t="n">
-        <v>-0.0353</v>
+        <v>0.0057</v>
       </c>
       <c r="E122" t="n">
-        <v>-0.0008879319235422699</v>
+        <v>0.0001272483329352172</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="n">
-        <v>45469</v>
+        <v>45838</v>
       </c>
       <c r="B123" t="n">
-        <v>40.3579</v>
+        <v>44.9274</v>
       </c>
       <c r="C123" t="n">
-        <v>40.39</v>
+        <v>44.94</v>
       </c>
       <c r="D123" t="n">
-        <v>0.0321</v>
+        <v>0.0126</v>
       </c>
       <c r="E123" t="n">
-        <v>0.0007953833078529854</v>
+        <v>0.0002804524633074693</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2" t="n">
-        <v>45470</v>
+        <v>45839</v>
       </c>
       <c r="B124" t="n">
-        <v>40.7173</v>
+        <v>44.337</v>
       </c>
       <c r="C124" t="n">
-        <v>40.72</v>
+        <v>44.33</v>
       </c>
       <c r="D124" t="n">
-        <v>0.0027</v>
+        <v>-0.007</v>
       </c>
       <c r="E124" t="n">
-        <v>6.63108801418561E-05</v>
+        <v>-0.0001578816789588831</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2" t="n">
-        <v>45471</v>
+        <v>45840</v>
       </c>
       <c r="B125" t="n">
-        <v>40.3641</v>
+        <v>44.7159</v>
       </c>
       <c r="C125" t="n">
-        <v>40.31</v>
+        <v>44.68</v>
       </c>
       <c r="D125" t="n">
-        <v>-0.0541</v>
+        <v>-0.0359</v>
       </c>
       <c r="E125" t="n">
-        <v>-0.0013402999199783967</v>
+        <v>-0.0008028464148099446</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2" t="n">
-        <v>45474</v>
+        <v>45841</v>
       </c>
       <c r="B126" t="n">
-        <v>39.9391</v>
+        <v>45.4615</v>
       </c>
       <c r="C126" t="n">
-        <v>39.9232</v>
+        <v>45.47</v>
       </c>
       <c r="D126" t="n">
-        <v>-0.0159</v>
+        <v>0.0085</v>
       </c>
       <c r="E126" t="n">
-        <v>-0.0003981061165624664</v>
+        <v>0.0001869713933768133</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2" t="n">
-        <v>45475</v>
+        <v>45845</v>
       </c>
       <c r="B127" t="n">
-        <v>40.2974</v>
+        <v>44.769</v>
       </c>
       <c r="C127" t="n">
-        <v>40.25</v>
+        <v>44.79</v>
       </c>
       <c r="D127" t="n">
-        <v>-0.0474</v>
+        <v>0.021</v>
       </c>
       <c r="E127" t="n">
-        <v>-0.0011762545474397852</v>
+        <v>0.0004690745828586745</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2" t="n">
-        <v>45476</v>
+        <v>45846</v>
       </c>
       <c r="B128" t="n">
-        <v>40.5555</v>
+        <v>44.4543</v>
       </c>
       <c r="C128" t="n">
-        <v>40.5334</v>
+        <v>44.4812</v>
       </c>
       <c r="D128" t="n">
-        <v>-0.0221</v>
+        <v>0.0269</v>
       </c>
       <c r="E128" t="n">
-        <v>-0.0005449322533318539</v>
+        <v>0.0006051158155678978</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2" t="n">
-        <v>45478</v>
+        <v>45847</v>
       </c>
       <c r="B129" t="n">
-        <v>40.9896</v>
+        <v>44.8546</v>
       </c>
       <c r="C129" t="n">
-        <v>40.94</v>
+        <v>44.8467</v>
       </c>
       <c r="D129" t="n">
-        <v>-0.0496</v>
+        <v>-0.0079</v>
       </c>
       <c r="E129" t="n">
-        <v>-0.0012100630403809748</v>
+        <v>-0.0001761246338168215</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2" t="n">
-        <v>45481</v>
+        <v>45848</v>
       </c>
       <c r="B130" t="n">
-        <v>41.2391</v>
+        <v>44.4625</v>
       </c>
       <c r="C130" t="n">
-        <v>41.19</v>
+        <v>44.46</v>
       </c>
       <c r="D130" t="n">
-        <v>-0.0491</v>
+        <v>-0.0025</v>
       </c>
       <c r="E130" t="n">
-        <v>-0.0011906176419950968</v>
+        <v>-5.62271577171774E-05</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2" t="n">
-        <v>45482</v>
+        <v>45849</v>
       </c>
       <c r="B131" t="n">
-        <v>40.9428</v>
+        <v>44.1432</v>
       </c>
       <c r="C131" t="n">
-        <v>40.9</v>
+        <v>44.11</v>
       </c>
       <c r="D131" t="n">
-        <v>-0.0428</v>
+        <v>-0.0332</v>
       </c>
       <c r="E131" t="n">
-        <v>-0.0010453608448860363</v>
+        <v>-0.0007520977183348738</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2" t="n">
-        <v>45483</v>
+        <v>45852</v>
       </c>
       <c r="B132" t="n">
-        <v>40.9703</v>
+        <v>44.1514</v>
       </c>
       <c r="C132" t="n">
-        <v>40.9477</v>
+        <v>44.13</v>
       </c>
       <c r="D132" t="n">
-        <v>-0.0226</v>
+        <v>-0.0214</v>
       </c>
       <c r="E132" t="n">
-        <v>-0.0005516190996892873</v>
+        <v>-0.0004846958420344542</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2" t="n">
-        <v>45484</v>
+        <v>45853</v>
       </c>
       <c r="B133" t="n">
-        <v>41.1318</v>
+        <v>44.2314</v>
       </c>
       <c r="C133" t="n">
-        <v>41.09</v>
+        <v>44.25</v>
       </c>
       <c r="D133" t="n">
-        <v>-0.0418</v>
+        <v>0.0186</v>
       </c>
       <c r="E133" t="n">
-        <v>-0.001016245338156852</v>
+        <v>0.000420515742210285</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="2" t="n">
-        <v>45485</v>
+        <v>45854</v>
       </c>
       <c r="B134" t="n">
-        <v>41.8366</v>
+        <v>44.5933</v>
       </c>
       <c r="C134" t="n">
-        <v>41.78</v>
+        <v>44.57</v>
       </c>
       <c r="D134" t="n">
-        <v>-0.0566</v>
+        <v>-0.0233</v>
       </c>
       <c r="E134" t="n">
-        <v>-0.0013528824044018873</v>
+        <v>-0.0005225000168186701</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="2" t="n">
-        <v>45488</v>
+        <v>45855</v>
       </c>
       <c r="B135" t="n">
-        <v>41.9334</v>
+        <v>44.9111</v>
       </c>
       <c r="C135" t="n">
-        <v>41.89</v>
+        <v>44.9</v>
       </c>
       <c r="D135" t="n">
-        <v>-0.0434</v>
+        <v>-0.0111</v>
       </c>
       <c r="E135" t="n">
-        <v>-0.0010349745071947423</v>
+        <v>-0.0002471549349715327</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="2" t="n">
-        <v>45489</v>
+        <v>45856</v>
       </c>
       <c r="B136" t="n">
-        <v>42.6288</v>
+        <v>45.2359</v>
       </c>
       <c r="C136" t="n">
-        <v>42.5935</v>
+        <v>45.245</v>
       </c>
       <c r="D136" t="n">
-        <v>-0.0353</v>
+        <v>0.0091</v>
       </c>
       <c r="E136" t="n">
-        <v>-0.0008280786698194648</v>
+        <v>0.0002011676566620759</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="2" t="n">
-        <v>45490</v>
+        <v>45859</v>
       </c>
       <c r="B137" t="n">
-        <v>41.6729</v>
+        <v>46.0152</v>
       </c>
       <c r="C137" t="n">
-        <v>41.64</v>
+        <v>46.02</v>
       </c>
       <c r="D137" t="n">
-        <v>-0.0329</v>
+        <v>0.0048</v>
       </c>
       <c r="E137" t="n">
-        <v>-0.0007894818935087311</v>
+        <v>0.0001043133573254055</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="2" t="n">
-        <v>45491</v>
+        <v>45860</v>
       </c>
       <c r="B138" t="n">
-        <v>41.1165</v>
+        <v>45.8808</v>
       </c>
       <c r="C138" t="n">
-        <v>41.1</v>
+        <v>45.91</v>
       </c>
       <c r="D138" t="n">
-        <v>-0.0165</v>
+        <v>0.0292</v>
       </c>
       <c r="E138" t="n">
-        <v>-0.0004012987486775383</v>
+        <v>0.0006364317971787764</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="2" t="n">
-        <v>45492</v>
+        <v>45861</v>
       </c>
       <c r="B139" t="n">
-        <v>41.2751</v>
+        <v>46.3328</v>
       </c>
       <c r="C139" t="n">
-        <v>41.25</v>
+        <v>46.32</v>
       </c>
       <c r="D139" t="n">
-        <v>-0.0251</v>
+        <v>-0.0128</v>
       </c>
       <c r="E139" t="n">
-        <v>-0.0006081148198308424</v>
+        <v>-0.0002762621728019891</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="2" t="n">
-        <v>45495</v>
+        <v>45862</v>
       </c>
       <c r="B140" t="n">
-        <v>41.4478</v>
+        <v>46.0849</v>
       </c>
       <c r="C140" t="n">
-        <v>41.41</v>
+        <v>46.074</v>
       </c>
       <c r="D140" t="n">
-        <v>-0.0378</v>
+        <v>-0.0109</v>
       </c>
       <c r="E140" t="n">
-        <v>-0.0009119905037179296</v>
+        <v>-0.0002365199881089034</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="2" t="n">
-        <v>45496</v>
+        <v>45863</v>
       </c>
       <c r="B141" t="n">
-        <v>41.671</v>
+        <v>46.392</v>
       </c>
       <c r="C141" t="n">
-        <v>41.64</v>
+        <v>46.3753</v>
       </c>
       <c r="D141" t="n">
-        <v>-0.031</v>
+        <v>-0.0167</v>
       </c>
       <c r="E141" t="n">
-        <v>-0.0007439226320462672</v>
+        <v>-0.0003599758579065357</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="2" t="n">
-        <v>45497</v>
+        <v>45866</v>
       </c>
       <c r="B142" t="n">
-        <v>39.9928</v>
+        <v>46.4871</v>
       </c>
       <c r="C142" t="n">
-        <v>39.95</v>
+        <v>46.4815</v>
       </c>
       <c r="D142" t="n">
-        <v>-0.0428</v>
+        <v>-0.0056</v>
       </c>
       <c r="E142" t="n">
-        <v>-0.0010701926346742413</v>
+        <v>-0.0001204635264406685</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="2" t="n">
-        <v>45498</v>
+        <v>45867</v>
       </c>
       <c r="B143" t="n">
-        <v>39.8492</v>
+        <v>45.8535</v>
       </c>
       <c r="C143" t="n">
-        <v>39.83</v>
+        <v>45.84</v>
       </c>
       <c r="D143" t="n">
-        <v>-0.0192</v>
+        <v>-0.0135</v>
       </c>
       <c r="E143" t="n">
-        <v>-0.000481816448008994</v>
+        <v>-0.0002944159115443751</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="2" t="n">
-        <v>45499</v>
+        <v>45868</v>
       </c>
       <c r="B144" t="n">
-        <v>40.4413</v>
+        <v>46.173</v>
       </c>
       <c r="C144" t="n">
-        <v>40.45</v>
+        <v>46.15</v>
       </c>
       <c r="D144" t="n">
-        <v>0.0087</v>
+        <v>-0.023</v>
       </c>
       <c r="E144" t="n">
-        <v>0.0002151266156132468</v>
+        <v>-0.0004981266107898556</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="2" t="n">
-        <v>45502</v>
+        <v>45869</v>
       </c>
       <c r="B145" t="n">
-        <v>40.1453</v>
+        <v>46.0482</v>
       </c>
       <c r="C145" t="n">
-        <v>40.09</v>
+        <v>46.03</v>
       </c>
       <c r="D145" t="n">
-        <v>-0.0553</v>
+        <v>-0.0182</v>
       </c>
       <c r="E145" t="n">
-        <v>-0.0013774962448904356</v>
+        <v>-0.0003952380331913083</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="2" t="n">
-        <v>45503</v>
+        <v>45870</v>
       </c>
       <c r="B146" t="n">
-        <v>39.5593</v>
+        <v>45.7382</v>
       </c>
       <c r="C146" t="n">
-        <v>39.53</v>
+        <v>45.702</v>
       </c>
       <c r="D146" t="n">
-        <v>-0.0293</v>
+        <v>-0.0362</v>
       </c>
       <c r="E146" t="n">
-        <v>-0.0007406602240181197</v>
+        <v>-0.0007914609669816478</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="2" t="n">
-        <v>45504</v>
+        <v>45873</v>
       </c>
       <c r="B147" t="n">
-        <v>40.2742</v>
+        <v>47.491</v>
       </c>
       <c r="C147" t="n">
-        <v>40.2399</v>
+        <v>47.52</v>
       </c>
       <c r="D147" t="n">
-        <v>-0.0343</v>
+        <v>0.029</v>
       </c>
       <c r="E147" t="n">
-        <v>-0.0008516618579636592</v>
+        <v>0.0006106420163820513</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="2" t="n">
-        <v>45505</v>
+        <v>45874</v>
       </c>
       <c r="B148" t="n">
-        <v>38.5294</v>
+        <v>46.8298</v>
       </c>
       <c r="C148" t="n">
-        <v>38.53</v>
+        <v>46.86</v>
       </c>
       <c r="D148" t="n">
-        <v>0.0006</v>
+        <v>0.0302</v>
       </c>
       <c r="E148" t="n">
-        <v>1.55725238389385E-05</v>
+        <v>0.0006448885111616961</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="2" t="n">
-        <v>45506</v>
+        <v>45875</v>
       </c>
       <c r="B149" t="n">
-        <v>37.1162</v>
+        <v>48.8136</v>
       </c>
       <c r="C149" t="n">
-        <v>37.03</v>
+        <v>48.85</v>
       </c>
       <c r="D149" t="n">
-        <v>-0.0862</v>
+        <v>0.0364</v>
       </c>
       <c r="E149" t="n">
-        <v>-0.0023224360252396526</v>
+        <v>0.0007456938230329252</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="2" t="n">
-        <v>45509</v>
+        <v>45876</v>
       </c>
       <c r="B150" t="n">
-        <v>35.8946</v>
+        <v>48.8009</v>
       </c>
       <c r="C150" t="n">
-        <v>35.82</v>
+        <v>48.85</v>
       </c>
       <c r="D150" t="n">
-        <v>-0.0746</v>
+        <v>0.0491</v>
       </c>
       <c r="E150" t="n">
-        <v>-0.0020783070433992856</v>
+        <v>0.0010061289853260903</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="2" t="n">
-        <v>45510</v>
+        <v>45877</v>
       </c>
       <c r="B151" t="n">
-        <v>36.9617</v>
+        <v>49.0906</v>
       </c>
       <c r="C151" t="n">
-        <v>36.95</v>
+        <v>49.11</v>
       </c>
       <c r="D151" t="n">
-        <v>-0.0117</v>
+        <v>0.0194</v>
       </c>
       <c r="E151" t="n">
-        <v>-0.0003165438819101936</v>
+        <v>0.0003951876734038695</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="2" t="n">
-        <v>45511</v>
+        <v>45880</v>
       </c>
       <c r="B152" t="n">
-        <v>36.4687</v>
+        <v>49.2085</v>
       </c>
       <c r="C152" t="n">
-        <v>36.4623</v>
+        <v>49.27</v>
       </c>
       <c r="D152" t="n">
-        <v>-0.0064</v>
+        <v>0.0615</v>
       </c>
       <c r="E152" t="n">
-        <v>-0.0001754929569740627</v>
+        <v>0.0012497840820183503</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="2" t="n">
-        <v>45512</v>
+        <v>45881</v>
       </c>
       <c r="B153" t="n">
-        <v>37.8879</v>
+        <v>50.6285</v>
       </c>
       <c r="C153" t="n">
-        <v>37.88</v>
+        <v>50.64</v>
       </c>
       <c r="D153" t="n">
-        <v>-0.0079</v>
+        <v>0.0115</v>
       </c>
       <c r="E153" t="n">
-        <v>-0.0002085098408726797</v>
+        <v>0.0002271447899898278</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="2" t="n">
-        <v>45513</v>
+        <v>45882</v>
       </c>
       <c r="B154" t="n">
-        <v>38.113</v>
+        <v>50.5041</v>
       </c>
       <c r="C154" t="n">
-        <v>38.1</v>
+        <v>50.52</v>
       </c>
       <c r="D154" t="n">
-        <v>-0.013</v>
+        <v>0.0159</v>
       </c>
       <c r="E154" t="n">
-        <v>-0.0003410909663369454</v>
+        <v>0.0003148259250239089</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="2" t="n">
-        <v>45516</v>
+        <v>45883</v>
       </c>
       <c r="B155" t="n">
-        <v>38.0089</v>
+        <v>49.9299</v>
       </c>
       <c r="C155" t="n">
-        <v>37.9964</v>
+        <v>49.93</v>
       </c>
       <c r="D155" t="n">
-        <v>-0.0125</v>
+        <v>0.0001</v>
       </c>
       <c r="E155" t="n">
-        <v>-0.0003288703435248061</v>
+        <v>2.0028079367272E-06</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="2" t="n">
-        <v>45517</v>
+        <v>45884</v>
       </c>
       <c r="B156" t="n">
-        <v>38.873</v>
+        <v>50.198</v>
       </c>
       <c r="C156" t="n">
-        <v>38.84</v>
+        <v>50.21</v>
       </c>
       <c r="D156" t="n">
-        <v>-0.033</v>
+        <v>0.012</v>
       </c>
       <c r="E156" t="n">
-        <v>-0.0008489182723226919</v>
+        <v>0.0002390533487389935</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="2" t="n">
-        <v>45518</v>
+        <v>45887</v>
       </c>
       <c r="B157" t="n">
-        <v>39.0517</v>
+        <v>50.4023</v>
       </c>
       <c r="C157" t="n">
-        <v>39.0486</v>
+        <v>50.42</v>
       </c>
       <c r="D157" t="n">
-        <v>-0.0031</v>
+        <v>0.0177</v>
       </c>
       <c r="E157" t="n">
-        <v>-7.93819475208506E-05</v>
+        <v>0.0003511744503723044</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="2" t="n">
-        <v>45519</v>
+        <v>45888</v>
       </c>
       <c r="B158" t="n">
-        <v>40.2031</v>
+        <v>48.8336</v>
       </c>
       <c r="C158" t="n">
-        <v>40.17</v>
+        <v>48.825</v>
       </c>
       <c r="D158" t="n">
-        <v>-0.0331</v>
+        <v>-0.0086</v>
       </c>
       <c r="E158" t="n">
-        <v>-0.0008233195947576182</v>
+        <v>-0.0001761082533337702</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="2" t="n">
-        <v>45520</v>
+        <v>45889</v>
       </c>
       <c r="B159" t="n">
-        <v>40.3365</v>
+        <v>48.4012</v>
       </c>
       <c r="C159" t="n">
-        <v>40.34</v>
+        <v>48.37</v>
       </c>
       <c r="D159" t="n">
-        <v>0.0035</v>
+        <v>-0.0312</v>
       </c>
       <c r="E159" t="n">
-        <v>8.67700469797825E-05</v>
+        <v>-0.0006446121170549491</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="2" t="n">
-        <v>45523</v>
+        <v>45890</v>
       </c>
       <c r="B160" t="n">
-        <v>40.8875</v>
+        <v>48.6055</v>
       </c>
       <c r="C160" t="n">
-        <v>40.89</v>
+        <v>48.57</v>
       </c>
       <c r="D160" t="n">
-        <v>0.0025</v>
+        <v>-0.0355</v>
       </c>
       <c r="E160" t="n">
-        <v>6.11433812289819E-05</v>
+        <v>-0.0007303700198537203</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="2" t="n">
-        <v>45524</v>
+        <v>45891</v>
       </c>
       <c r="B161" t="n">
-        <v>40.5363</v>
+        <v>49.6244</v>
       </c>
       <c r="C161" t="n">
-        <v>40.5</v>
+        <v>49.6</v>
       </c>
       <c r="D161" t="n">
-        <v>-0.0363</v>
+        <v>-0.0244</v>
       </c>
       <c r="E161" t="n">
-        <v>-0.0008954936686377396</v>
+        <v>-0.000491693602340784</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="2" t="n">
-        <v>45525</v>
+        <v>45894</v>
       </c>
       <c r="B162" t="n">
-        <v>41.095</v>
+        <v>48.9705</v>
       </c>
       <c r="C162" t="n">
-        <v>41.07</v>
+        <v>48.975</v>
       </c>
       <c r="D162" t="n">
-        <v>-0.025</v>
+        <v>0.0045</v>
       </c>
       <c r="E162" t="n">
-        <v>-0.0006083465141744738</v>
+        <v>9.18920574631666E-05</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="2" t="n">
-        <v>45526</v>
+        <v>45895</v>
       </c>
       <c r="B163" t="n">
-        <v>40.6757</v>
+        <v>49.2281</v>
       </c>
       <c r="C163" t="n">
-        <v>40.65</v>
+        <v>49.21</v>
       </c>
       <c r="D163" t="n">
-        <v>-0.0257</v>
+        <v>-0.0181</v>
       </c>
       <c r="E163" t="n">
-        <v>-0.0006318268646882537</v>
+        <v>-0.0003676761849431524</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="2" t="n">
-        <v>45527</v>
+        <v>45896</v>
       </c>
       <c r="B164" t="n">
-        <v>42.1103</v>
+        <v>49.1939</v>
       </c>
       <c r="C164" t="n">
-        <v>42.12</v>
+        <v>49.19</v>
       </c>
       <c r="D164" t="n">
-        <v>0.0097</v>
+        <v>-0.0039</v>
       </c>
       <c r="E164" t="n">
-        <v>0.0002303474446869293</v>
+        <v>-7.9278121880965E-05</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="2" t="n">
-        <v>45530</v>
+        <v>45897</v>
       </c>
       <c r="B165" t="n">
-        <v>42.2381</v>
+        <v>50.3661</v>
       </c>
       <c r="C165" t="n">
-        <v>42.22</v>
+        <v>50.35</v>
       </c>
       <c r="D165" t="n">
-        <v>-0.0181</v>
+        <v>-0.0161</v>
       </c>
       <c r="E165" t="n">
-        <v>-0.0004285230633006694</v>
+        <v>-0.0003196594534816077</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="2" t="n">
-        <v>45531</v>
+        <v>45898</v>
       </c>
       <c r="B166" t="n">
-        <v>42.2055</v>
+        <v>49.7861</v>
       </c>
       <c r="C166" t="n">
-        <v>42.17</v>
+        <v>49.79</v>
       </c>
       <c r="D166" t="n">
-        <v>-0.0355</v>
+        <v>0.0039</v>
       </c>
       <c r="E166" t="n">
-        <v>-0.000841122602504413</v>
+        <v>7.83351176332349E-05</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="2" t="n">
-        <v>45532</v>
+        <v>45902</v>
       </c>
       <c r="B167" t="n">
-        <v>41.2483</v>
+        <v>48.722</v>
       </c>
       <c r="C167" t="n">
-        <v>41.21</v>
+        <v>48.73</v>
       </c>
       <c r="D167" t="n">
-        <v>-0.0383</v>
+        <v>0.008</v>
       </c>
       <c r="E167" t="n">
-        <v>-0.0009285231148920076</v>
+        <v>0.0001641968720495874</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="2" t="n">
-        <v>45533</v>
+        <v>45903</v>
       </c>
       <c r="B168" t="n">
-        <v>41.3717</v>
+        <v>48.7364</v>
       </c>
       <c r="C168" t="n">
-        <v>41.33</v>
+        <v>48.724</v>
       </c>
       <c r="D168" t="n">
-        <v>-0.0417</v>
+        <v>-0.0124</v>
       </c>
       <c r="E168" t="n">
-        <v>-0.0010079353761145904</v>
+        <v>-0.0002544299537922375</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="2" t="n">
-        <v>45534</v>
+        <v>45904</v>
       </c>
       <c r="B169" t="n">
-        <v>41.7917</v>
+        <v>49.7575</v>
       </c>
       <c r="C169" t="n">
-        <v>41.77</v>
+        <v>49.71</v>
       </c>
       <c r="D169" t="n">
-        <v>-0.0217</v>
+        <v>-0.0475</v>
       </c>
       <c r="E169" t="n">
-        <v>-0.0005192418590294246</v>
+        <v>-0.0009546299552831232</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="2" t="n">
-        <v>45538</v>
+        <v>45905</v>
       </c>
       <c r="B170" t="n">
-        <v>40.6108</v>
+        <v>50.065</v>
       </c>
       <c r="C170" t="n">
-        <v>40.56</v>
+        <v>50.1</v>
       </c>
       <c r="D170" t="n">
-        <v>-0.0508</v>
+        <v>0.035</v>
       </c>
       <c r="E170" t="n">
-        <v>-0.0012508987756951351</v>
+        <v>0.0006990911814640966</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="2" t="n">
-        <v>45539</v>
+        <v>45908</v>
       </c>
       <c r="B171" t="n">
-        <v>40.4088</v>
+        <v>50.915</v>
       </c>
       <c r="C171" t="n">
-        <v>40.37</v>
+        <v>50.93</v>
       </c>
       <c r="D171" t="n">
-        <v>-0.0388</v>
+        <v>0.015</v>
       </c>
       <c r="E171" t="n">
-        <v>-0.00096018688998436</v>
+        <v>0.0002946086614946479</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="2" t="n">
-        <v>45540</v>
+        <v>45909</v>
       </c>
       <c r="B172" t="n">
-        <v>40.6101</v>
+        <v>51.2709</v>
       </c>
       <c r="C172" t="n">
-        <v>40.54</v>
+        <v>51.32</v>
       </c>
       <c r="D172" t="n">
-        <v>-0.0701</v>
+        <v>0.0491</v>
       </c>
       <c r="E172" t="n">
-        <v>-0.00172617156815669</v>
+        <v>0.0009576582427848935</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="2" t="n">
-        <v>45541</v>
+        <v>45910</v>
       </c>
       <c r="B173" t="n">
-        <v>39.6405</v>
+        <v>52.5324</v>
       </c>
       <c r="C173" t="n">
-        <v>39.61</v>
+        <v>52.54</v>
       </c>
       <c r="D173" t="n">
-        <v>-0.0305</v>
+        <v>0.0076</v>
       </c>
       <c r="E173" t="n">
-        <v>-0.000769415118376408</v>
+        <v>0.0001446726210871766</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="2" t="n">
-        <v>45544</v>
+        <v>45911</v>
       </c>
       <c r="B174" t="n">
-        <v>40.2866</v>
+        <v>53.1377</v>
       </c>
       <c r="C174" t="n">
-        <v>40.27</v>
+        <v>53.14</v>
       </c>
       <c r="D174" t="n">
-        <v>-0.0166</v>
+        <v>0.0023</v>
       </c>
       <c r="E174" t="n">
-        <v>-0.000412047678384376</v>
+        <v>4.32837702798578E-05</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="2" t="n">
-        <v>45545</v>
+        <v>45912</v>
       </c>
       <c r="B175" t="n">
-        <v>40.2279</v>
+        <v>52.0488</v>
       </c>
       <c r="C175" t="n">
-        <v>40.2</v>
+        <v>52.06</v>
       </c>
       <c r="D175" t="n">
-        <v>-0.0279</v>
+        <v>0.0112</v>
       </c>
       <c r="E175" t="n">
-        <v>-0.000693548507379207</v>
+        <v>0.0002151826747206467</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="2" t="n">
-        <v>45546</v>
+        <v>45915</v>
       </c>
       <c r="B176" t="n">
-        <v>41.2968</v>
+        <v>52.4775</v>
       </c>
       <c r="C176" t="n">
-        <v>41.28</v>
+        <v>52.47</v>
       </c>
       <c r="D176" t="n">
-        <v>-0.0168</v>
+        <v>-0.0075</v>
       </c>
       <c r="E176" t="n">
-        <v>-0.0004068111814959029</v>
+        <v>-0.000142918393597256</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="2" t="n">
-        <v>45547</v>
+        <v>45916</v>
       </c>
       <c r="B177" t="n">
-        <v>41.8657</v>
+        <v>52.7935</v>
       </c>
       <c r="C177" t="n">
-        <v>41.84</v>
+        <v>52.83</v>
       </c>
       <c r="D177" t="n">
-        <v>-0.0257</v>
+        <v>0.0365</v>
       </c>
       <c r="E177" t="n">
-        <v>-0.0006138676768810744</v>
+        <v>0.0006913729909932093</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="2" t="n">
-        <v>45548</v>
+        <v>45917</v>
       </c>
       <c r="B178" t="n">
-        <v>42.3819</v>
+        <v>53.3638</v>
       </c>
       <c r="C178" t="n">
-        <v>42.37</v>
+        <v>53.4</v>
       </c>
       <c r="D178" t="n">
-        <v>-0.0119</v>
+        <v>0.0362</v>
       </c>
       <c r="E178" t="n">
-        <v>-0.0002807802387339879</v>
+        <v>0.0006783624854301979</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="2" t="n">
-        <v>45551</v>
+        <v>45918</v>
       </c>
       <c r="B179" t="n">
-        <v>42.5072</v>
+        <v>53.7737</v>
       </c>
       <c r="C179" t="n">
-        <v>42.5</v>
+        <v>53.82</v>
       </c>
       <c r="D179" t="n">
-        <v>-0.0072</v>
+        <v>0.0463</v>
       </c>
       <c r="E179" t="n">
-        <v>-0.0001693830692212143</v>
+        <v>0.0008610157009839382</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="2" t="n">
-        <v>45552</v>
+        <v>45919</v>
       </c>
       <c r="B180" t="n">
-        <v>42.7659</v>
+        <v>53.2227</v>
       </c>
       <c r="C180" t="n">
-        <v>42.721</v>
+        <v>53.16</v>
       </c>
       <c r="D180" t="n">
-        <v>-0.0449</v>
+        <v>-0.0627</v>
       </c>
       <c r="E180" t="n">
-        <v>-0.0010499019078284335</v>
+        <v>-0.0011780687563765085</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="2" t="n">
-        <v>45553</v>
+        <v>45922</v>
       </c>
       <c r="B181" t="n">
-        <v>42.8388</v>
+        <v>52.6111</v>
       </c>
       <c r="C181" t="n">
-        <v>42.8218</v>
+        <v>52.64</v>
       </c>
       <c r="D181" t="n">
-        <v>-0.017</v>
+        <v>0.0289</v>
       </c>
       <c r="E181" t="n">
-        <v>-0.0003968365126940998</v>
+        <v>0.0005493137379754462</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="2" t="n">
-        <v>45554</v>
+        <v>45923</v>
       </c>
       <c r="B182" t="n">
-        <v>43.2346</v>
+        <v>51.4441</v>
       </c>
       <c r="C182" t="n">
-        <v>43.19</v>
+        <v>51.4</v>
       </c>
       <c r="D182" t="n">
-        <v>-0.0446</v>
+        <v>-0.0441</v>
       </c>
       <c r="E182" t="n">
-        <v>-0.0010315811872898097</v>
+        <v>-0.0008572411607939492</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="2" t="n">
-        <v>45555</v>
+        <v>45924</v>
       </c>
       <c r="B183" t="n">
-        <v>42.9307</v>
+        <v>50.4261</v>
       </c>
       <c r="C183" t="n">
-        <v>42.92</v>
+        <v>50.39</v>
       </c>
       <c r="D183" t="n">
-        <v>-0.0107</v>
+        <v>-0.0361</v>
       </c>
       <c r="E183" t="n">
-        <v>-0.0002492388896523933</v>
+        <v>-0.0007158991078033003</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2" t="n">
-        <v>45558</v>
+        <v>45925</v>
       </c>
       <c r="B184" t="n">
-        <v>43.0976</v>
+        <v>49.6393</v>
       </c>
       <c r="C184" t="n">
-        <v>43.1012</v>
+        <v>49.69</v>
       </c>
       <c r="D184" t="n">
-        <v>0.0036</v>
+        <v>0.0507</v>
       </c>
       <c r="E184" t="n">
-        <v>8.35313335313335E-05</v>
+        <v>0.0010213681498328945</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="2" t="n">
-        <v>45559</v>
+        <v>45926</v>
       </c>
       <c r="B185" t="n">
-        <v>43.3205</v>
+        <v>49.7812</v>
       </c>
       <c r="C185" t="n">
-        <v>43.29</v>
+        <v>49.75</v>
       </c>
       <c r="D185" t="n">
-        <v>-0.0305</v>
+        <v>-0.0312</v>
       </c>
       <c r="E185" t="n">
-        <v>-0.0007040546623423091</v>
+        <v>-0.0006267426257301954</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="2" t="n">
-        <v>45560</v>
+        <v>45929</v>
       </c>
       <c r="B186" t="n">
-        <v>43.0213</v>
+        <v>49.7765</v>
       </c>
       <c r="C186" t="n">
-        <v>42.98</v>
+        <v>49.8</v>
       </c>
       <c r="D186" t="n">
-        <v>-0.0413</v>
+        <v>0.0235</v>
       </c>
       <c r="E186" t="n">
-        <v>-0.0009599895865536374</v>
+        <v>0.0004721103331893564</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="2" t="n">
-        <v>45561</v>
+        <v>45930</v>
       </c>
       <c r="B187" t="n">
-        <v>43.0004</v>
+        <v>49.6208</v>
       </c>
       <c r="C187" t="n">
-        <v>42.99</v>
+        <v>49.56</v>
       </c>
       <c r="D187" t="n">
-        <v>-0.0104</v>
+        <v>-0.0608</v>
       </c>
       <c r="E187" t="n">
-        <v>-0.0002418582152724161</v>
+        <v>-0.0012252926192241964</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="2" t="n">
-        <v>45562</v>
+        <v>45931</v>
       </c>
       <c r="B188" t="n">
-        <v>43.0975</v>
+        <v>49.3033</v>
       </c>
       <c r="C188" t="n">
-        <v>43.11</v>
+        <v>49.27</v>
       </c>
       <c r="D188" t="n">
-        <v>0.0125</v>
+        <v>-0.0333</v>
       </c>
       <c r="E188" t="n">
-        <v>0.0002900400255235222</v>
+        <v>-0.0006754111793733888</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="2" t="n">
-        <v>45565</v>
+        <v>45932</v>
       </c>
       <c r="B189" t="n">
-        <v>42.8594</v>
+        <v>50.4509</v>
       </c>
       <c r="C189" t="n">
-        <v>42.88</v>
+        <v>50.44</v>
       </c>
       <c r="D189" t="n">
-        <v>0.0206</v>
+        <v>-0.0109</v>
       </c>
       <c r="E189" t="n">
-        <v>0.0004806413528887478</v>
+        <v>-0.0002160516462540808</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="2" t="n">
-        <v>45566</v>
+        <v>45933</v>
       </c>
       <c r="B190" t="n">
-        <v>41.9366</v>
+        <v>50.1518</v>
       </c>
       <c r="C190" t="n">
-        <v>41.96</v>
+        <v>50.12</v>
       </c>
       <c r="D190" t="n">
-        <v>0.0234</v>
+        <v>-0.0318</v>
       </c>
       <c r="E190" t="n">
-        <v>0.0005579851490106494</v>
+        <v>-0.0006340749484564862</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="2" t="n">
-        <v>45567</v>
+        <v>45936</v>
       </c>
       <c r="B191" t="n">
-        <v>41.9685</v>
+        <v>50.7101</v>
       </c>
       <c r="C191" t="n">
-        <v>41.95</v>
+        <v>50.67</v>
       </c>
       <c r="D191" t="n">
-        <v>-0.0185</v>
+        <v>-0.0401</v>
       </c>
       <c r="E191" t="n">
-        <v>-0.0004408067955728702</v>
+        <v>-0.0007907694916791724</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="2" t="n">
-        <v>45568</v>
+        <v>45937</v>
       </c>
       <c r="B192" t="n">
-        <v>41.8559</v>
+        <v>50.3721</v>
       </c>
       <c r="C192" t="n">
-        <v>41.85</v>
+        <v>50.36</v>
       </c>
       <c r="D192" t="n">
-        <v>-0.0059</v>
+        <v>-0.0121</v>
       </c>
       <c r="E192" t="n">
-        <v>-0.0001409598168955871</v>
+        <v>-0.0002402123397674507</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="2" t="n">
-        <v>45569</v>
+        <v>45938</v>
       </c>
       <c r="B193" t="n">
-        <v>42.4043</v>
+        <v>51.7152</v>
       </c>
       <c r="C193" t="n">
-        <v>42.43</v>
+        <v>51.67</v>
       </c>
       <c r="D193" t="n">
-        <v>0.0257</v>
+        <v>-0.0452</v>
       </c>
       <c r="E193" t="n">
-        <v>0.000606070610763531</v>
+        <v>-0.0008740176969246953</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="2" t="n">
-        <v>45572</v>
+        <v>45939</v>
       </c>
       <c r="B194" t="n">
-        <v>42.1736</v>
+        <v>52.2417</v>
       </c>
       <c r="C194" t="n">
-        <v>42.19</v>
+        <v>52.21</v>
       </c>
       <c r="D194" t="n">
-        <v>0.0164</v>
+        <v>-0.0317</v>
       </c>
       <c r="E194" t="n">
-        <v>0.0003888688658307566</v>
+        <v>-0.0006067949549880651</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="2" t="n">
-        <v>45573</v>
+        <v>45940</v>
       </c>
       <c r="B195" t="n">
-        <v>42.4887</v>
+        <v>49.6526</v>
       </c>
       <c r="C195" t="n">
-        <v>42.51</v>
+        <v>49.59</v>
       </c>
       <c r="D195" t="n">
-        <v>0.0213</v>
+        <v>-0.0626</v>
       </c>
       <c r="E195" t="n">
-        <v>0.0005013097600067782</v>
+        <v>-0.0012607597588041714</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="2" t="n">
-        <v>45574</v>
+        <v>45943</v>
       </c>
       <c r="B196" t="n">
-        <v>42.8763</v>
+        <v>50.5522</v>
       </c>
       <c r="C196" t="n">
-        <v>42.87</v>
+        <v>50.48</v>
       </c>
       <c r="D196" t="n">
-        <v>-0.0063</v>
+        <v>-0.0722</v>
       </c>
       <c r="E196" t="n">
-        <v>-0.0001469343203587997</v>
+        <v>-0.0014282266647148887</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="2" t="n">
-        <v>45575</v>
+        <v>45944</v>
       </c>
       <c r="B197" t="n">
-        <v>42.9468</v>
+        <v>49.2729</v>
       </c>
       <c r="C197" t="n">
-        <v>42.93</v>
+        <v>49.22</v>
       </c>
       <c r="D197" t="n">
-        <v>-0.0168</v>
+        <v>-0.0529</v>
       </c>
       <c r="E197" t="n">
-        <v>-0.0003911816479923999</v>
+        <v>-0.0010736124725762033</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="2" t="n">
-        <v>45576</v>
+        <v>45945</v>
       </c>
       <c r="B198" t="n">
-        <v>43.6643</v>
+        <v>49.8873</v>
       </c>
       <c r="C198" t="n">
-        <v>43.64</v>
+        <v>49.86</v>
       </c>
       <c r="D198" t="n">
-        <v>-0.0243</v>
+        <v>-0.0273</v>
       </c>
       <c r="E198" t="n">
-        <v>-0.0005565187120828687</v>
+        <v>-0.0005472334642283707</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="2" t="n">
-        <v>45579</v>
+        <v>45946</v>
       </c>
       <c r="B199" t="n">
-        <v>44.3312</v>
+        <v>48.6348</v>
       </c>
       <c r="C199" t="n">
-        <v>44.34</v>
+        <v>48.58</v>
       </c>
       <c r="D199" t="n">
-        <v>0.0088</v>
+        <v>-0.0548</v>
       </c>
       <c r="E199" t="n">
-        <v>0.0001985057927599523</v>
+        <v>-0.0011267651969371726</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="2" t="n">
-        <v>45580</v>
+        <v>45947</v>
       </c>
       <c r="B200" t="n">
-        <v>43.5764</v>
+        <v>48.1857</v>
       </c>
       <c r="C200" t="n">
-        <v>43.55</v>
+        <v>48.12</v>
       </c>
       <c r="D200" t="n">
-        <v>-0.0264</v>
+        <v>-0.0657</v>
       </c>
       <c r="E200" t="n">
-        <v>-0.0006058325148474863</v>
+        <v>-0.0013634750558775737</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="2" t="n">
-        <v>45581</v>
+        <v>45950</v>
       </c>
       <c r="B201" t="n">
-        <v>43.8725</v>
+        <v>48.7569</v>
       </c>
       <c r="C201" t="n">
-        <v>43.84</v>
+        <v>48.72</v>
       </c>
       <c r="D201" t="n">
-        <v>-0.0325</v>
+        <v>-0.0369</v>
       </c>
       <c r="E201" t="n">
-        <v>-0.0007407829505954756</v>
+        <v>-0.0007568159583566634</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="2" t="n">
-        <v>45582</v>
+        <v>45951</v>
       </c>
       <c r="B202" t="n">
-        <v>43.9198</v>
+        <v>48.9582</v>
       </c>
       <c r="C202" t="n">
-        <v>43.9</v>
+        <v>48.91</v>
       </c>
       <c r="D202" t="n">
-        <v>-0.0198</v>
+        <v>-0.0482</v>
       </c>
       <c r="E202" t="n">
-        <v>-0.0004508217250533928</v>
+        <v>-0.0009845133195256362</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="2" t="n">
-        <v>45583</v>
+        <v>45952</v>
       </c>
       <c r="B203" t="n">
-        <v>44.374</v>
+        <v>48.0374</v>
       </c>
       <c r="C203" t="n">
-        <v>44.37</v>
+        <v>48</v>
       </c>
       <c r="D203" t="n">
-        <v>-0.004</v>
+        <v>-0.0374</v>
       </c>
       <c r="E203" t="n">
-        <v>-9.01428764591879E-05</v>
+        <v>-0.0007785600386365623</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="2" t="n">
-        <v>45586</v>
+        <v>45953</v>
       </c>
       <c r="B204" t="n">
-        <v>44.4149</v>
+        <v>48.7043</v>
       </c>
       <c r="C204" t="n">
-        <v>44.4</v>
+        <v>48.71</v>
       </c>
       <c r="D204" t="n">
-        <v>-0.0149</v>
+        <v>0.0057</v>
       </c>
       <c r="E204" t="n">
-        <v>-0.0003354730056805262</v>
+        <v>0.0001170327876594058</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="2" t="n">
-        <v>45587</v>
+        <v>45954</v>
       </c>
       <c r="B205" t="n">
-        <v>44.634</v>
+        <v>49.6972</v>
       </c>
       <c r="C205" t="n">
-        <v>44.61</v>
+        <v>49.72</v>
       </c>
       <c r="D205" t="n">
-        <v>-0.024</v>
+        <v>0.0228</v>
       </c>
       <c r="E205" t="n">
-        <v>-0.0005377066810055115</v>
+        <v>0.0004587783617588113</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="2" t="n">
-        <v>45588</v>
+        <v>45957</v>
       </c>
       <c r="B206" t="n">
-        <v>43.9584</v>
+        <v>50.3683</v>
       </c>
       <c r="C206" t="n">
-        <v>43.92</v>
+        <v>50.39</v>
       </c>
       <c r="D206" t="n">
-        <v>-0.0384</v>
+        <v>0.0217</v>
       </c>
       <c r="E206" t="n">
-        <v>-0.0008735531775496834</v>
+        <v>0.0004308265317670042</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="2" t="n">
-        <v>45589</v>
+        <v>45958</v>
       </c>
       <c r="B207" t="n">
-        <v>44.4354</v>
+        <v>49.2951</v>
       </c>
       <c r="C207" t="n">
-        <v>44.41</v>
+        <v>49.23</v>
       </c>
       <c r="D207" t="n">
-        <v>-0.0254</v>
+        <v>-0.0651</v>
       </c>
       <c r="E207" t="n">
-        <v>-0.0005716163239219182</v>
+        <v>-0.001320618073601636</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="2" t="n">
-        <v>45590</v>
+        <v>45959</v>
       </c>
       <c r="B208" t="n">
-        <v>44.4171</v>
+        <v>49.0959</v>
       </c>
       <c r="C208" t="n">
-        <v>44.4185</v>
+        <v>49.04</v>
       </c>
       <c r="D208" t="n">
-        <v>0.0014</v>
+        <v>-0.0559</v>
       </c>
       <c r="E208" t="n">
-        <v>3.15193923061163E-05</v>
+        <v>-0.0011385879472623989</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="2" t="n">
-        <v>45593</v>
+        <v>45960</v>
       </c>
       <c r="B209" t="n">
-        <v>45.125</v>
+        <v>47.6665</v>
       </c>
       <c r="C209" t="n">
-        <v>45.1351</v>
+        <v>47.7</v>
       </c>
       <c r="D209" t="n">
-        <v>0.0101</v>
+        <v>0.0335</v>
       </c>
       <c r="E209" t="n">
-        <v>0.0002238227146814404</v>
+        <v>0.0007027996601386719</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="2" t="n">
-        <v>45594</v>
+        <v>45961</v>
       </c>
       <c r="B210" t="n">
-        <v>45.3572</v>
+        <v>48.9752</v>
       </c>
       <c r="C210" t="n">
-        <v>45.3461</v>
+        <v>48.94</v>
       </c>
       <c r="D210" t="n">
-        <v>-0.0111</v>
+        <v>-0.0352</v>
       </c>
       <c r="E210" t="n">
-        <v>-0.0002447241011349907</v>
+        <v>-0.0007187311128897892</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="2" t="n">
-        <v>45595</v>
+        <v>45964</v>
       </c>
       <c r="B211" t="n">
-        <v>45.3942</v>
+        <v>49.1421</v>
       </c>
       <c r="C211" t="n">
-        <v>45.37</v>
+        <v>49.15</v>
       </c>
       <c r="D211" t="n">
-        <v>-0.0242</v>
+        <v>0.0079</v>
       </c>
       <c r="E211" t="n">
-        <v>-0.0005331077538540166</v>
+        <v>0.0001607582907527354</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="2" t="n">
-        <v>45596</v>
+        <v>45965</v>
       </c>
       <c r="B212" t="n">
-        <v>44.79</v>
+        <v>47.2849</v>
       </c>
       <c r="C212" t="n">
-        <v>44.74</v>
+        <v>47.26</v>
       </c>
       <c r="D212" t="n">
-        <v>-0.05</v>
+        <v>-0.0249</v>
       </c>
       <c r="E212" t="n">
-        <v>-0.0011163206072784104</v>
+        <v>-0.0005265951709742434</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="2" t="n">
-        <v>45597</v>
+        <v>45966</v>
       </c>
       <c r="B213" t="n">
-        <v>44.5922</v>
+        <v>47.9044</v>
       </c>
       <c r="C213" t="n">
-        <v>44.57</v>
+        <v>47.92</v>
       </c>
       <c r="D213" t="n">
-        <v>-0.0222</v>
+        <v>0.0156</v>
       </c>
       <c r="E213" t="n">
-        <v>-0.0004978449145814739</v>
+        <v>0.000325648583428662</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="2" t="n">
-        <v>45600</v>
+        <v>45967</v>
       </c>
       <c r="B214" t="n">
-        <v>44.3593</v>
+        <v>46.0862</v>
       </c>
       <c r="C214" t="n">
-        <v>44.33</v>
+        <v>46.04</v>
       </c>
       <c r="D214" t="n">
-        <v>-0.0293</v>
+        <v>-0.0462</v>
       </c>
       <c r="E214" t="n">
-        <v>-0.000660515382343725</v>
+        <v>-0.0010024692858165785</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="2" t="n">
-        <v>45601</v>
+        <v>45968</v>
       </c>
       <c r="B215" t="n">
-        <v>45.1902</v>
+        <v>46.4825</v>
       </c>
       <c r="C215" t="n">
-        <v>45.15</v>
+        <v>46.49</v>
       </c>
       <c r="D215" t="n">
-        <v>-0.0402</v>
+        <v>0.0075</v>
       </c>
       <c r="E215" t="n">
-        <v>-0.0008895734030829694</v>
+        <v>0.0001613510460926155</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="2" t="n">
-        <v>45602</v>
+        <v>45971</v>
       </c>
       <c r="B216" t="n">
-        <v>45.9738</v>
+        <v>47.4625</v>
       </c>
       <c r="C216" t="n">
-        <v>45.96</v>
+        <v>47.42</v>
       </c>
       <c r="D216" t="n">
-        <v>-0.0138</v>
+        <v>-0.0425</v>
       </c>
       <c r="E216" t="n">
-        <v>-0.000300170966942041</v>
+        <v>-0.0008954437713984725</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="2" t="n">
-        <v>45603</v>
+        <v>45972</v>
       </c>
       <c r="B217" t="n">
-        <v>46.3258</v>
+        <v>46.8744</v>
       </c>
       <c r="C217" t="n">
-        <v>46.31</v>
+        <v>46.88</v>
       </c>
       <c r="D217" t="n">
-        <v>-0.0158</v>
+        <v>0.0056</v>
       </c>
       <c r="E217" t="n">
-        <v>-0.0003410626475959401</v>
+        <v>0.0001194681958595736</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="2" t="n">
-        <v>45604</v>
+        <v>45973</v>
       </c>
       <c r="B218" t="n">
-        <v>46.4223</v>
+        <v>45.9567</v>
       </c>
       <c r="C218" t="n">
-        <v>46.41</v>
+        <v>45.97</v>
       </c>
       <c r="D218" t="n">
-        <v>-0.0123</v>
+        <v>0.0133</v>
       </c>
       <c r="E218" t="n">
-        <v>-0.0002649588667515397</v>
+        <v>0.0002894028509444759</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="2" t="n">
-        <v>45607</v>
+        <v>45974</v>
       </c>
       <c r="B219" t="n">
-        <v>46.7165</v>
+        <v>44.1531</v>
       </c>
       <c r="C219" t="n">
-        <v>46.72</v>
+        <v>44.11</v>
       </c>
       <c r="D219" t="n">
-        <v>0.0035</v>
+        <v>-0.0431</v>
       </c>
       <c r="E219" t="n">
-        <v>7.49199961469716E-05</v>
+        <v>-0.0009761489000772312</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="2" t="n">
-        <v>45608</v>
+        <v>45975</v>
       </c>
       <c r="B220" t="n">
-        <v>46.2763</v>
+        <v>44.3192</v>
       </c>
       <c r="C220" t="n">
-        <v>46.29</v>
+        <v>44.29</v>
       </c>
       <c r="D220" t="n">
-        <v>0.0137</v>
+        <v>-0.0292</v>
       </c>
       <c r="E220" t="n">
-        <v>0.0002960478689955765</v>
+        <v>-0.0006588566580624199</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="2" t="n">
-        <v>45609</v>
+        <v>45978</v>
       </c>
       <c r="B221" t="n">
-        <v>46.1401</v>
+        <v>43.2111</v>
       </c>
       <c r="C221" t="n">
-        <v>46.15</v>
+        <v>43.195</v>
       </c>
       <c r="D221" t="n">
-        <v>0.0099</v>
+        <v>-0.0161</v>
       </c>
       <c r="E221" t="n">
-        <v>0.0002145639042828255</v>
+        <v>-0.0003725894503958474</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="2" t="n">
-        <v>45610</v>
+        <v>45979</v>
       </c>
       <c r="B222" t="n">
-        <v>45.3601</v>
+        <v>43.2669</v>
       </c>
       <c r="C222" t="n">
-        <v>45.29</v>
+        <v>43.26</v>
       </c>
       <c r="D222" t="n">
-        <v>-0.0701</v>
+        <v>-0.0069</v>
       </c>
       <c r="E222" t="n">
-        <v>-0.0015454110550902666</v>
+        <v>-0.0001594752570671807</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="2" t="n">
-        <v>45611</v>
+        <v>45980</v>
       </c>
       <c r="B223" t="n">
-        <v>44.2475</v>
+        <v>43.4706</v>
       </c>
       <c r="C223" t="n">
-        <v>44.31</v>
+        <v>43.47</v>
       </c>
       <c r="D223" t="n">
-        <v>0.0625</v>
+        <v>-0.0006</v>
       </c>
       <c r="E223" t="n">
-        <v>0.0014125091813096784</v>
+        <v>-1.38024319885164E-05</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="2" t="n">
-        <v>45614</v>
+        <v>45981</v>
       </c>
       <c r="B224" t="n">
-        <v>44.2526</v>
+        <v>42.4115</v>
       </c>
       <c r="C224" t="n">
-        <v>44.3</v>
+        <v>42.4</v>
       </c>
       <c r="D224" t="n">
-        <v>0.0474</v>
+        <v>-0.0115</v>
       </c>
       <c r="E224" t="n">
-        <v>0.0010711235046076389</v>
+        <v>-0.0002711528712731217</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="2" t="n">
-        <v>45615</v>
+        <v>45982</v>
       </c>
       <c r="B225" t="n">
-        <v>44.7114</v>
+        <v>43.231</v>
       </c>
       <c r="C225" t="n">
-        <v>44.7044</v>
+        <v>43.2</v>
       </c>
       <c r="D225" t="n">
-        <v>-0.007</v>
+        <v>-0.031</v>
       </c>
       <c r="E225" t="n">
-        <v>-0.0001565596246147515</v>
+        <v>-0.0007170780227151813</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="2" t="n">
-        <v>45616</v>
+        <v>45985</v>
       </c>
       <c r="B226" t="n">
-        <v>44.6984</v>
+        <v>44.1159</v>
       </c>
       <c r="C226" t="n">
-        <v>44.65</v>
+        <v>44.13</v>
       </c>
       <c r="D226" t="n">
-        <v>-0.0484</v>
+        <v>0.0141</v>
       </c>
       <c r="E226" t="n">
-        <v>-0.0010828128076172748</v>
+        <v>0.0003196126566612037</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="2" t="n">
-        <v>45617</v>
+        <v>45986</v>
       </c>
       <c r="B227" t="n">
-        <v>45.5339</v>
+        <v>45.1515</v>
       </c>
       <c r="C227" t="n">
-        <v>45.56</v>
+        <v>45.15</v>
       </c>
       <c r="D227" t="n">
-        <v>0.0261</v>
+        <v>-0.0015</v>
       </c>
       <c r="E227" t="n">
-        <v>0.0005731993086469641</v>
+        <v>-3.32214876582174E-05</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="2" t="n">
-        <v>45618</v>
+        <v>45987</v>
       </c>
       <c r="B228" t="n">
-        <v>46.1218</v>
+        <v>45.3963</v>
       </c>
       <c r="C228" t="n">
-        <v>46.12</v>
+        <v>45.43</v>
       </c>
       <c r="D228" t="n">
-        <v>-0.0018</v>
+        <v>0.0337</v>
       </c>
       <c r="E228" t="n">
-        <v>-3.90270978149162E-05</v>
+        <v>0.000742351248890328</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="2" t="n">
-        <v>45621</v>
+        <v>45989</v>
       </c>
       <c r="B229" t="n">
-        <v>47.0155</v>
+        <v>46.1465</v>
       </c>
       <c r="C229" t="n">
-        <v>47</v>
+        <v>46.14</v>
       </c>
       <c r="D229" t="n">
-        <v>-0.0155</v>
+        <v>-0.0065</v>
       </c>
       <c r="E229" t="n">
-        <v>-0.0003296785102785252</v>
+        <v>-0.0001408557528739992</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="2" t="n">
-        <v>45622</v>
+        <v>45992</v>
       </c>
       <c r="B230" t="n">
-        <v>46.66</v>
+        <v>46.1255</v>
       </c>
       <c r="C230" t="n">
-        <v>46.64</v>
+        <v>46.11</v>
       </c>
       <c r="D230" t="n">
-        <v>-0.02</v>
+        <v>-0.0155</v>
       </c>
       <c r="E230" t="n">
-        <v>-0.0004286326618088299</v>
+        <v>-0.0003360397177266372</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="2" t="n">
-        <v>45623</v>
+        <v>45993</v>
       </c>
       <c r="B231" t="n">
-        <v>46.3513</v>
+        <v>45.5458</v>
       </c>
       <c r="C231" t="n">
-        <v>46.325</v>
+        <v>45.56</v>
       </c>
       <c r="D231" t="n">
-        <v>-0.0263</v>
+        <v>0.0142</v>
       </c>
       <c r="E231" t="n">
-        <v>-0.0005674058764263354</v>
+        <v>0.0003117740823522695</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="2" t="n">
-        <v>45625</v>
+        <v>45994</v>
       </c>
       <c r="B232" t="n">
-        <v>46.0586</v>
+        <v>46.3299</v>
       </c>
       <c r="C232" t="n">
-        <v>46.07</v>
+        <v>46.325</v>
       </c>
       <c r="D232" t="n">
-        <v>0.0114</v>
+        <v>-0.0049</v>
       </c>
       <c r="E232" t="n">
-        <v>0.000247510779745802</v>
+        <v>-0.0001057632328150935</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="2" t="n">
-        <v>45628</v>
+        <v>45995</v>
       </c>
       <c r="B233" t="n">
-        <v>45.9852</v>
+        <v>46.6839</v>
       </c>
       <c r="C233" t="n">
-        <v>45.9539</v>
+        <v>46.7</v>
       </c>
       <c r="D233" t="n">
-        <v>-0.0313</v>
+        <v>0.0161</v>
       </c>
       <c r="E233" t="n">
-        <v>-0.0006806537755625724</v>
+        <v>0.0003448726434595224</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="2" t="n">
-        <v>45629</v>
+        <v>45996</v>
       </c>
       <c r="B234" t="n">
-        <v>45.9375</v>
+        <v>47.5679</v>
       </c>
       <c r="C234" t="n">
-        <v>45.9126</v>
+        <v>47.59</v>
       </c>
       <c r="D234" t="n">
-        <v>-0.0249</v>
+        <v>0.0221</v>
       </c>
       <c r="E234" t="n">
-        <v>-0.0005420408163265307</v>
+        <v>0.0004645990258136264</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="2" t="n">
-        <v>45630</v>
+        <v>45999</v>
       </c>
       <c r="B235" t="n">
-        <v>46.6013</v>
+        <v>47.8472</v>
       </c>
       <c r="C235" t="n">
-        <v>46.5902</v>
+        <v>47.8573</v>
       </c>
       <c r="D235" t="n">
-        <v>-0.0111</v>
+        <v>0.0101</v>
       </c>
       <c r="E235" t="n">
-        <v>-0.0002381907800855341</v>
+        <v>0.0002110886321456636</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="2" t="n">
-        <v>45631</v>
+        <v>46000</v>
       </c>
       <c r="B236" t="n">
-        <v>46.3355</v>
+        <v>48.0457</v>
       </c>
       <c r="C236" t="n">
-        <v>46.3298</v>
+        <v>48.05</v>
       </c>
       <c r="D236" t="n">
-        <v>-0.0057</v>
+        <v>0.0043</v>
       </c>
       <c r="E236" t="n">
-        <v>-0.0001230158301949909</v>
+        <v>8.94981236614306E-05</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="2" t="n">
-        <v>45632</v>
+        <v>46001</v>
       </c>
       <c r="B237" t="n">
-        <v>46.9604</v>
+        <v>48.2286</v>
       </c>
       <c r="C237" t="n">
-        <v>46.945</v>
+        <v>48.26</v>
       </c>
       <c r="D237" t="n">
-        <v>-0.0154</v>
+        <v>0.0314</v>
       </c>
       <c r="E237" t="n">
-        <v>-0.0003279358778886041</v>
+        <v>0.0006510659650083145</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="2" t="n">
-        <v>45635</v>
+        <v>46002</v>
       </c>
       <c r="B238" t="n">
-        <v>46.8937</v>
+        <v>48.4087</v>
       </c>
       <c r="C238" t="n">
-        <v>46.91</v>
+        <v>48.39</v>
       </c>
       <c r="D238" t="n">
-        <v>0.0163</v>
+        <v>-0.0187</v>
       </c>
       <c r="E238" t="n">
-        <v>0.0003475946662344835</v>
+        <v>-0.0003862941991832047</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="2" t="n">
-        <v>45636</v>
+        <v>46003</v>
       </c>
       <c r="B239" t="n">
-        <v>45.8839</v>
+        <v>46.6447</v>
       </c>
       <c r="C239" t="n">
-        <v>45.87</v>
+        <v>46.6341</v>
       </c>
       <c r="D239" t="n">
-        <v>-0.0139</v>
+        <v>-0.0106</v>
       </c>
       <c r="E239" t="n">
-        <v>-0.0003029385034837928</v>
+        <v>-0.000227249826882797</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="2" t="n">
-        <v>45637</v>
+        <v>46006</v>
       </c>
       <c r="B240" t="n">
-        <v>46.1812</v>
+        <v>45.8104</v>
       </c>
       <c r="C240" t="n">
-        <v>46.15</v>
+        <v>45.77</v>
       </c>
       <c r="D240" t="n">
-        <v>-0.0312</v>
+        <v>-0.0404</v>
       </c>
       <c r="E240" t="n">
-        <v>-0.0006755995946402433</v>
+        <v>-0.0008818958140509579</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="2" t="n">
-        <v>45638</v>
+        <v>46007</v>
       </c>
       <c r="B241" t="n">
-        <v>46.2761</v>
+        <v>45.9684</v>
       </c>
       <c r="C241" t="n">
-        <v>46.29</v>
+        <v>45.98</v>
       </c>
       <c r="D241" t="n">
-        <v>0.0139</v>
+        <v>0.0116</v>
       </c>
       <c r="E241" t="n">
-        <v>0.000300371033859811</v>
+        <v>0.0002523472646426675</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="2" t="n">
-        <v>45639</v>
+        <v>46008</v>
       </c>
       <c r="B242" t="n">
-        <v>46.2626</v>
+        <v>45.2518</v>
       </c>
       <c r="C242" t="n">
-        <v>46.29</v>
+        <v>45.31</v>
       </c>
       <c r="D242" t="n">
-        <v>0.0274</v>
+        <v>0.0582</v>
       </c>
       <c r="E242" t="n">
-        <v>0.000592271078581835</v>
+        <v>0.0012861366840656063</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="2" t="n">
-        <v>45642</v>
+        <v>46009</v>
       </c>
       <c r="B243" t="n">
-        <v>46.5326</v>
+        <v>45.6136</v>
       </c>
       <c r="C243" t="n">
-        <v>46.55</v>
+        <v>45.625</v>
       </c>
       <c r="D243" t="n">
-        <v>0.0174</v>
+        <v>0.0114</v>
       </c>
       <c r="E243" t="n">
-        <v>0.0003739313943342946</v>
+        <v>0.0002499254608274725</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="2" t="n">
-        <v>45643</v>
+        <v>46010</v>
       </c>
       <c r="B244" t="n">
-        <v>46.0718</v>
+        <v>46.8319</v>
       </c>
       <c r="C244" t="n">
-        <v>46.02</v>
+        <v>46.83</v>
       </c>
       <c r="D244" t="n">
-        <v>-0.0518</v>
+        <v>-0.0019</v>
       </c>
       <c r="E244" t="n">
-        <v>-0.001124332020889134</v>
+        <v>-4.05706366814074E-05</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="2" t="n">
-        <v>45644</v>
+        <v>46013</v>
       </c>
       <c r="B245" t="n">
-        <v>43.8455</v>
+        <v>47.5979</v>
       </c>
       <c r="C245" t="n">
-        <v>43.77</v>
+        <v>47.63</v>
       </c>
       <c r="D245" t="n">
-        <v>-0.0755</v>
+        <v>0.0321</v>
       </c>
       <c r="E245" t="n">
-        <v>-0.001721955502845218</v>
+        <v>0.0006743995008183134</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="2" t="n">
-        <v>45645</v>
+        <v>46014</v>
       </c>
       <c r="B246" t="n">
-        <v>43.6447</v>
+        <v>46.8337</v>
       </c>
       <c r="C246" t="n">
-        <v>43.68</v>
+        <v>46.85</v>
       </c>
       <c r="D246" t="n">
-        <v>0.0353</v>
+        <v>0.0163</v>
       </c>
       <c r="E246" t="n">
-        <v>0.0008088038181039163</v>
+        <v>0.0003480399797581655</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="2" t="n">
-        <v>45646</v>
+        <v>46015</v>
       </c>
       <c r="B247" t="n">
-        <v>44.551</v>
+        <v>46.8791</v>
       </c>
       <c r="C247" t="n">
-        <v>44.54</v>
+        <v>46.89</v>
       </c>
       <c r="D247" t="n">
-        <v>-0.011</v>
+        <v>0.0109</v>
       </c>
       <c r="E247" t="n">
-        <v>-0.0002469080379789455</v>
+        <v>0.0002325129961965993</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="2" t="n">
-        <v>45649</v>
+        <v>46017</v>
       </c>
       <c r="B248" t="n">
-        <v>44.4815</v>
+        <v>46.5243</v>
       </c>
       <c r="C248" t="n">
-        <v>44.48</v>
+        <v>46.55</v>
       </c>
       <c r="D248" t="n">
-        <v>-0.0015</v>
+        <v>0.0257</v>
       </c>
       <c r="E248" t="n">
-        <v>-3.37218843788991E-05</v>
+        <v>0.0005523994987565637</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="2" t="n">
-        <v>45650</v>
+        <v>46020</v>
       </c>
       <c r="B249" t="n">
-        <v>45.2356</v>
+        <v>46.5504</v>
       </c>
       <c r="C249" t="n">
-        <v>45.1861</v>
+        <v>46.54</v>
       </c>
       <c r="D249" t="n">
-        <v>-0.0495</v>
+        <v>-0.0104</v>
       </c>
       <c r="E249" t="n">
-        <v>-0.0010942708839940223</v>
+        <v>-0.000223413762287757</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="2" t="n">
-        <v>45652</v>
+        <v>46021</v>
       </c>
       <c r="B250" t="n">
-        <v>45.4793</v>
+        <v>46.2454</v>
       </c>
       <c r="C250" t="n">
-        <v>45.5</v>
+        <v>46.22</v>
       </c>
       <c r="D250" t="n">
-        <v>0.0207</v>
+        <v>-0.0254</v>
       </c>
       <c r="E250" t="n">
-        <v>0.0004551521241531861</v>
+        <v>-0.0005492438166823079</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="2" t="n">
-        <v>45653</v>
+        <v>46022</v>
       </c>
       <c r="B251" t="n">
-        <v>44.7867</v>
+        <v>45.647</v>
       </c>
       <c r="C251" t="n">
-        <v>44.81</v>
+        <v>45.65</v>
       </c>
       <c r="D251" t="n">
-        <v>0.0233</v>
+        <v>0.003</v>
       </c>
       <c r="E251" t="n">
-        <v>0.0005202437330725416</v>
+        <v>6.57217341774924E-05</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="2" t="n">
-        <v>45656</v>
+        <v>46024</v>
       </c>
       <c r="B252" t="n">
-        <v>44.1343</v>
+        <v>47.0387</v>
       </c>
       <c r="C252" t="n">
-        <v>44.14</v>
+        <v>47.02</v>
       </c>
       <c r="D252" t="n">
-        <v>0.0057</v>
+        <v>-0.0187</v>
       </c>
       <c r="E252" t="n">
-        <v>0.0001291512497082767</v>
+        <v>-0.0003975450001807023</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="2" t="n">
-        <v>45657</v>
+        <v>46027</v>
       </c>
       <c r="B253" t="n">
-        <v>43.6065</v>
+        <v>46.7828</v>
       </c>
       <c r="C253" t="n">
-        <v>43.5716</v>
+        <v>46.795</v>
       </c>
       <c r="D253" t="n">
-        <v>-0.0349</v>
+        <v>0.0122</v>
       </c>
       <c r="E253" t="n">
-        <v>-0.0008003393989428182</v>
+        <v>0.0002607796027599887</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="2" t="n">
-        <v>45659</v>
+        <v>46028</v>
       </c>
       <c r="B254" t="n">
-        <v>44.4571</v>
+        <v>47.595</v>
       </c>
       <c r="C254" t="n">
-        <v>44.46</v>
+        <v>47.5826</v>
       </c>
       <c r="D254" t="n">
-        <v>0.0029</v>
+        <v>-0.0124</v>
       </c>
       <c r="E254" t="n">
-        <v>6.52314253516311E-05</v>
+        <v>-0.0002605315684420633</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="2" t="n">
-        <v>45660</v>
+        <v>46029</v>
       </c>
       <c r="B255" t="n">
-        <v>45.5137</v>
+        <v>47.6852</v>
       </c>
       <c r="C255" t="n">
-        <v>45.49</v>
+        <v>47.65</v>
       </c>
       <c r="D255" t="n">
-        <v>-0.0237</v>
+        <v>-0.0352</v>
       </c>
       <c r="E255" t="n">
-        <v>-0.000520722331957191</v>
+        <v>-0.0007381745279457778</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="2" t="n">
-        <v>45663</v>
+        <v>46030</v>
       </c>
       <c r="B256" t="n">
-        <v>46.157</v>
+        <v>47.4011</v>
       </c>
       <c r="C256" t="n">
-        <v>46.2</v>
+        <v>47.405</v>
       </c>
       <c r="D256" t="n">
-        <v>0.043</v>
+        <v>0.0039</v>
       </c>
       <c r="E256" t="n">
-        <v>0.0009316030071278462</v>
+        <v>8.22765716407425E-05</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="2" t="n">
-        <v>45664</v>
+        <v>46031</v>
       </c>
       <c r="B257" t="n">
-        <v>45.0846</v>
+        <v>47.4443</v>
       </c>
       <c r="C257" t="n">
-        <v>45.03</v>
+        <v>47.46</v>
       </c>
       <c r="D257" t="n">
-        <v>-0.0546</v>
+        <v>0.0157</v>
       </c>
       <c r="E257" t="n">
-        <v>-0.0012110565470249263</v>
+        <v>0.0003309143564137314</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="2" t="n">
-        <v>45665</v>
+        <v>46034</v>
       </c>
       <c r="B258" t="n">
-        <v>44.7745</v>
+        <v>48.4087</v>
       </c>
       <c r="C258" t="n">
-        <v>44.75</v>
+        <v>48.42</v>
       </c>
       <c r="D258" t="n">
-        <v>-0.0245</v>
+        <v>0.0113</v>
       </c>
       <c r="E258" t="n">
-        <v>-0.0005471864565768462</v>
+        <v>0.0002334291150144498</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="2" t="n">
-        <v>45667</v>
+        <v>46035</v>
       </c>
       <c r="B259" t="n">
-        <v>44.0565</v>
+        <v>48.3983</v>
       </c>
       <c r="C259" t="n">
-        <v>44.07</v>
+        <v>48.38</v>
       </c>
       <c r="D259" t="n">
-        <v>0.0135</v>
+        <v>-0.0183</v>
       </c>
       <c r="E259" t="n">
-        <v>0.0003064247046406319</v>
+        <v>-0.0003781124543630665</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="2" t="n">
-        <v>45670</v>
+        <v>46036</v>
       </c>
       <c r="B260" t="n">
-        <v>43.4195</v>
+        <v>47.8377</v>
       </c>
       <c r="C260" t="n">
-        <v>43.36</v>
+        <v>47.85</v>
       </c>
       <c r="D260" t="n">
-        <v>-0.0595</v>
+        <v>0.0123</v>
       </c>
       <c r="E260" t="n">
-        <v>-0.0013703520307695853</v>
-[...3807 lines deleted...]
-        <v>-0.0001057632328150935</v>
+        <v>0.0002571193849202616</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>