--- v4 (2026-01-15)
+++ v5 (2026-02-25)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E260"/>
+  <dimension ref="A1:E287"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -4626,40 +4626,499 @@
       </c>
       <c r="D259" t="n">
         <v>-0.0183</v>
       </c>
       <c r="E259" t="n">
         <v>-0.0003781124543630665</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="2" t="n">
         <v>46036</v>
       </c>
       <c r="B260" t="n">
         <v>47.8377</v>
       </c>
       <c r="C260" t="n">
         <v>47.85</v>
       </c>
       <c r="D260" t="n">
         <v>0.0123</v>
       </c>
       <c r="E260" t="n">
         <v>0.0002571193849202616</v>
       </c>
     </row>
+    <row r="261">
+      <c r="A261" s="2" t="n">
+        <v>46037</v>
+      </c>
+      <c r="B261" t="n">
+        <v>47.6988</v>
+      </c>
+      <c r="C261" t="n">
+        <v>47.72</v>
+      </c>
+      <c r="D261" t="n">
+        <v>0.0212</v>
+      </c>
+      <c r="E261" t="n">
+        <v>0.0004444556257180474</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="2" t="n">
+        <v>46038</v>
+      </c>
+      <c r="B262" t="n">
+        <v>48.1327</v>
+      </c>
+      <c r="C262" t="n">
+        <v>48.14</v>
+      </c>
+      <c r="D262" t="n">
+        <v>0.0073</v>
+      </c>
+      <c r="E262" t="n">
+        <v>0.0001516640454410411</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="2" t="n">
+        <v>46042</v>
+      </c>
+      <c r="B263" t="n">
+        <v>47.2433</v>
+      </c>
+      <c r="C263" t="n">
+        <v>47.26</v>
+      </c>
+      <c r="D263" t="n">
+        <v>0.0167</v>
+      </c>
+      <c r="E263" t="n">
+        <v>0.000353489277844689</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="2" t="n">
+        <v>46043</v>
+      </c>
+      <c r="B264" t="n">
+        <v>46.8554</v>
+      </c>
+      <c r="C264" t="n">
+        <v>46.8514</v>
+      </c>
+      <c r="D264" t="n">
+        <v>-0.004</v>
+      </c>
+      <c r="E264" t="n">
+        <v>-8.536902896998E-05</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="2" t="n">
+        <v>46044</v>
+      </c>
+      <c r="B265" t="n">
+        <v>47.363</v>
+      </c>
+      <c r="C265" t="n">
+        <v>47.34</v>
+      </c>
+      <c r="D265" t="n">
+        <v>-0.023</v>
+      </c>
+      <c r="E265" t="n">
+        <v>-0.0004856111310516649</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="2" t="n">
+        <v>46045</v>
+      </c>
+      <c r="B266" t="n">
+        <v>47.2781</v>
+      </c>
+      <c r="C266" t="n">
+        <v>47.28</v>
+      </c>
+      <c r="D266" t="n">
+        <v>0.0019</v>
+      </c>
+      <c r="E266" t="n">
+        <v>4.01877402010656E-05</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="2" t="n">
+        <v>46048</v>
+      </c>
+      <c r="B267" t="n">
+        <v>47.4253</v>
+      </c>
+      <c r="C267" t="n">
+        <v>47.47</v>
+      </c>
+      <c r="D267" t="n">
+        <v>0.0447</v>
+      </c>
+      <c r="E267" t="n">
+        <v>0.0009425348917139164</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="2" t="n">
+        <v>46049</v>
+      </c>
+      <c r="B268" t="n">
+        <v>47.3601</v>
+      </c>
+      <c r="C268" t="n">
+        <v>47.38</v>
+      </c>
+      <c r="D268" t="n">
+        <v>0.0199</v>
+      </c>
+      <c r="E268" t="n">
+        <v>0.0004201849235960228</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="2" t="n">
+        <v>46050</v>
+      </c>
+      <c r="B269" t="n">
+        <v>47.3336</v>
+      </c>
+      <c r="C269" t="n">
+        <v>47.37</v>
+      </c>
+      <c r="D269" t="n">
+        <v>0.0364</v>
+      </c>
+      <c r="E269" t="n">
+        <v>0.0007690097520577348</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="2" t="n">
+        <v>46051</v>
+      </c>
+      <c r="B270" t="n">
+        <v>46.1758</v>
+      </c>
+      <c r="C270" t="n">
+        <v>46.12</v>
+      </c>
+      <c r="D270" t="n">
+        <v>-0.0558</v>
+      </c>
+      <c r="E270" t="n">
+        <v>-0.0012084251924168073</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="2" t="n">
+        <v>46052</v>
+      </c>
+      <c r="B271" t="n">
+        <v>44.6731</v>
+      </c>
+      <c r="C271" t="n">
+        <v>44.65</v>
+      </c>
+      <c r="D271" t="n">
+        <v>-0.0231</v>
+      </c>
+      <c r="E271" t="n">
+        <v>-0.0005170897027517679</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="2" t="n">
+        <v>46055</v>
+      </c>
+      <c r="B272" t="n">
+        <v>44.3527</v>
+      </c>
+      <c r="C272" t="n">
+        <v>44.33</v>
+      </c>
+      <c r="D272" t="n">
+        <v>-0.0227</v>
+      </c>
+      <c r="E272" t="n">
+        <v>-0.0005118064965605251</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="2" t="n">
+        <v>46056</v>
+      </c>
+      <c r="B273" t="n">
+        <v>43.8654</v>
+      </c>
+      <c r="C273" t="n">
+        <v>43.82</v>
+      </c>
+      <c r="D273" t="n">
+        <v>-0.0454</v>
+      </c>
+      <c r="E273" t="n">
+        <v>-0.0010349842928595203</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="2" t="n">
+        <v>46057</v>
+      </c>
+      <c r="B274" t="n">
+        <v>42.7428</v>
+      </c>
+      <c r="C274" t="n">
+        <v>42.75</v>
+      </c>
+      <c r="D274" t="n">
+        <v>0.0072</v>
+      </c>
+      <c r="E274" t="n">
+        <v>0.000168449423060726</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="2" t="n">
+        <v>46058</v>
+      </c>
+      <c r="B275" t="n">
+        <v>41.6628</v>
+      </c>
+      <c r="C275" t="n">
+        <v>41.64</v>
+      </c>
+      <c r="D275" t="n">
+        <v>-0.0228</v>
+      </c>
+      <c r="E275" t="n">
+        <v>-0.0005472507848728362</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="2" t="n">
+        <v>46059</v>
+      </c>
+      <c r="B276" t="n">
+        <v>44.2162</v>
+      </c>
+      <c r="C276" t="n">
+        <v>44.24</v>
+      </c>
+      <c r="D276" t="n">
+        <v>0.0238</v>
+      </c>
+      <c r="E276" t="n">
+        <v>0.0005382642560871354</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="2" t="n">
+        <v>46062</v>
+      </c>
+      <c r="B277" t="n">
+        <v>45.5191</v>
+      </c>
+      <c r="C277" t="n">
+        <v>45.54</v>
+      </c>
+      <c r="D277" t="n">
+        <v>0.0209</v>
+      </c>
+      <c r="E277" t="n">
+        <v>0.0004591479181266764</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="2" t="n">
+        <v>46063</v>
+      </c>
+      <c r="B278" t="n">
+        <v>45.4868</v>
+      </c>
+      <c r="C278" t="n">
+        <v>45.5</v>
+      </c>
+      <c r="D278" t="n">
+        <v>0.0132</v>
+      </c>
+      <c r="E278" t="n">
+        <v>0.000290194078282051</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="2" t="n">
+        <v>46064</v>
+      </c>
+      <c r="B279" t="n">
+        <v>44.0087</v>
+      </c>
+      <c r="C279" t="n">
+        <v>43.99</v>
+      </c>
+      <c r="D279" t="n">
+        <v>-0.0187</v>
+      </c>
+      <c r="E279" t="n">
+        <v>-0.0004249159825216378</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="2" t="n">
+        <v>46065</v>
+      </c>
+      <c r="B280" t="n">
+        <v>42.6998</v>
+      </c>
+      <c r="C280" t="n">
+        <v>42.68</v>
+      </c>
+      <c r="D280" t="n">
+        <v>-0.0198</v>
+      </c>
+      <c r="E280" t="n">
+        <v>-0.0004637024061002628</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="2" t="n">
+        <v>46066</v>
+      </c>
+      <c r="B281" t="n">
+        <v>43.4797</v>
+      </c>
+      <c r="C281" t="n">
+        <v>43.46</v>
+      </c>
+      <c r="D281" t="n">
+        <v>-0.0197</v>
+      </c>
+      <c r="E281" t="n">
+        <v>-0.0004530850028864045</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="2" t="n">
+        <v>46070</v>
+      </c>
+      <c r="B282" t="n">
+        <v>43.3008</v>
+      </c>
+      <c r="C282" t="n">
+        <v>43.29</v>
+      </c>
+      <c r="D282" t="n">
+        <v>-0.0108</v>
+      </c>
+      <c r="E282" t="n">
+        <v>-0.0002494180246092451</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="2" t="n">
+        <v>46071</v>
+      </c>
+      <c r="B283" t="n">
+        <v>44.5949</v>
+      </c>
+      <c r="C283" t="n">
+        <v>44.58</v>
+      </c>
+      <c r="D283" t="n">
+        <v>-0.0149</v>
+      </c>
+      <c r="E283" t="n">
+        <v>-0.0003341189239128242</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="2" t="n">
+        <v>46072</v>
+      </c>
+      <c r="B284" t="n">
+        <v>44.7161</v>
+      </c>
+      <c r="C284" t="n">
+        <v>44.7</v>
+      </c>
+      <c r="D284" t="n">
+        <v>-0.0161</v>
+      </c>
+      <c r="E284" t="n">
+        <v>-0.00036004928873493</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="2" t="n">
+        <v>46073</v>
+      </c>
+      <c r="B285" t="n">
+        <v>44.1428</v>
+      </c>
+      <c r="C285" t="n">
+        <v>44.16</v>
+      </c>
+      <c r="D285" t="n">
+        <v>0.0172</v>
+      </c>
+      <c r="E285" t="n">
+        <v>0.000389644517339181</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="2" t="n">
+        <v>46076</v>
+      </c>
+      <c r="B286" t="n">
+        <v>43.4103</v>
+      </c>
+      <c r="C286" t="n">
+        <v>43.39</v>
+      </c>
+      <c r="D286" t="n">
+        <v>-0.0203</v>
+      </c>
+      <c r="E286" t="n">
+        <v>-0.0004676309539441101</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="2" t="n">
+        <v>46077</v>
+      </c>
+      <c r="B287" t="n">
+        <v>44.3405</v>
+      </c>
+      <c r="C287" t="n">
+        <v>44.33</v>
+      </c>
+      <c r="D287" t="n">
+        <v>-0.0105</v>
+      </c>
+      <c r="E287" t="n">
+        <v>-0.0002368038249455916</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>