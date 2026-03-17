--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E287"/>
+  <dimension ref="A1:E301"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -5085,40 +5085,278 @@
       </c>
       <c r="D286" t="n">
         <v>-0.0203</v>
       </c>
       <c r="E286" t="n">
         <v>-0.0004676309539441101</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="2" t="n">
         <v>46077</v>
       </c>
       <c r="B287" t="n">
         <v>44.3405</v>
       </c>
       <c r="C287" t="n">
         <v>44.33</v>
       </c>
       <c r="D287" t="n">
         <v>-0.0105</v>
       </c>
       <c r="E287" t="n">
         <v>-0.0002368038249455916</v>
       </c>
     </row>
+    <row r="288">
+      <c r="A288" s="2" t="n">
+        <v>46078</v>
+      </c>
+      <c r="B288" t="n">
+        <v>45.1307</v>
+      </c>
+      <c r="C288" t="n">
+        <v>45.11</v>
+      </c>
+      <c r="D288" t="n">
+        <v>-0.0207</v>
+      </c>
+      <c r="E288" t="n">
+        <v>-0.0004586678247844594</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="2" t="n">
+        <v>46079</v>
+      </c>
+      <c r="B289" t="n">
+        <v>45.3485</v>
+      </c>
+      <c r="C289" t="n">
+        <v>45.332</v>
+      </c>
+      <c r="D289" t="n">
+        <v>-0.0165</v>
+      </c>
+      <c r="E289" t="n">
+        <v>-0.0003638488593889545</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="2" t="n">
+        <v>46080</v>
+      </c>
+      <c r="B290" t="n">
+        <v>43.5742</v>
+      </c>
+      <c r="C290" t="n">
+        <v>43.53</v>
+      </c>
+      <c r="D290" t="n">
+        <v>-0.0442</v>
+      </c>
+      <c r="E290" t="n">
+        <v>-0.0010143617094519235</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="2" t="n">
+        <v>46083</v>
+      </c>
+      <c r="B291" t="n">
+        <v>43.7599</v>
+      </c>
+      <c r="C291" t="n">
+        <v>43.72</v>
+      </c>
+      <c r="D291" t="n">
+        <v>-0.0399</v>
+      </c>
+      <c r="E291" t="n">
+        <v>-0.0009117936741171712</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="2" t="n">
+        <v>46084</v>
+      </c>
+      <c r="B292" t="n">
+        <v>42.7314</v>
+      </c>
+      <c r="C292" t="n">
+        <v>42.71</v>
+      </c>
+      <c r="D292" t="n">
+        <v>-0.0214</v>
+      </c>
+      <c r="E292" t="n">
+        <v>-0.0005008026884211611</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="2" t="n">
+        <v>46085</v>
+      </c>
+      <c r="B293" t="n">
+        <v>43.5505</v>
+      </c>
+      <c r="C293" t="n">
+        <v>43.555</v>
+      </c>
+      <c r="D293" t="n">
+        <v>0.0045</v>
+      </c>
+      <c r="E293" t="n">
+        <v>0.0001033283199963261</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="2" t="n">
+        <v>46086</v>
+      </c>
+      <c r="B294" t="n">
+        <v>43.2437</v>
+      </c>
+      <c r="C294" t="n">
+        <v>43.19</v>
+      </c>
+      <c r="D294" t="n">
+        <v>-0.0537</v>
+      </c>
+      <c r="E294" t="n">
+        <v>-0.001241799383494012</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="2" t="n">
+        <v>46087</v>
+      </c>
+      <c r="B295" t="n">
+        <v>42.6518</v>
+      </c>
+      <c r="C295" t="n">
+        <v>42.69</v>
+      </c>
+      <c r="D295" t="n">
+        <v>0.0382</v>
+      </c>
+      <c r="E295" t="n">
+        <v>0.0008956245691858256</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="2" t="n">
+        <v>46090</v>
+      </c>
+      <c r="B296" t="n">
+        <v>43.3663</v>
+      </c>
+      <c r="C296" t="n">
+        <v>43.38</v>
+      </c>
+      <c r="D296" t="n">
+        <v>0.0137</v>
+      </c>
+      <c r="E296" t="n">
+        <v>0.0003159135088767084</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="2" t="n">
+        <v>46091</v>
+      </c>
+      <c r="B297" t="n">
+        <v>43.1973</v>
+      </c>
+      <c r="C297" t="n">
+        <v>43.23</v>
+      </c>
+      <c r="D297" t="n">
+        <v>0.0327</v>
+      </c>
+      <c r="E297" t="n">
+        <v>0.0007569917564292212</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="2" t="n">
+        <v>46092</v>
+      </c>
+      <c r="B298" t="n">
+        <v>43.804</v>
+      </c>
+      <c r="C298" t="n">
+        <v>43.8</v>
+      </c>
+      <c r="D298" t="n">
+        <v>-0.004</v>
+      </c>
+      <c r="E298" t="n">
+        <v>-9.13158615651539E-05</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="2" t="n">
+        <v>46093</v>
+      </c>
+      <c r="B299" t="n">
+        <v>42.491</v>
+      </c>
+      <c r="C299" t="n">
+        <v>42.46</v>
+      </c>
+      <c r="D299" t="n">
+        <v>-0.031</v>
+      </c>
+      <c r="E299" t="n">
+        <v>-0.0007295662610905839</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="2" t="n">
+        <v>46094</v>
+      </c>
+      <c r="B300" t="n">
+        <v>42.6335</v>
+      </c>
+      <c r="C300" t="n">
+        <v>42.65</v>
+      </c>
+      <c r="D300" t="n">
+        <v>0.0165</v>
+      </c>
+      <c r="E300" t="n">
+        <v>0.0003870195972650615</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="2" t="n">
+        <v>46097</v>
+      </c>
+      <c r="B301" t="n">
+        <v>43.9283</v>
+      </c>
+      <c r="C301" t="n">
+        <v>43.95</v>
+      </c>
+      <c r="D301" t="n">
+        <v>0.0217</v>
+      </c>
+      <c r="E301" t="n">
+        <v>0.0004939867921135122</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPO Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPO Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>