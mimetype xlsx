--- v0 (2025-10-02)
+++ v1 (2025-10-30)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E440"/>
+  <dimension ref="A1:E460"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -7686,40 +7686,380 @@
       </c>
       <c r="D439" t="n">
         <v>-0.1428</v>
       </c>
       <c r="E439" t="n">
         <v>-0.008080213661672175</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="2" t="n">
         <v>45931</v>
       </c>
       <c r="B440" t="n">
         <v>17.5057</v>
       </c>
       <c r="C440" t="n">
         <v>17.4168</v>
       </c>
       <c r="D440" t="n">
         <v>-0.0889</v>
       </c>
       <c r="E440" t="n">
         <v>-0.005078345910189253</v>
       </c>
     </row>
+    <row r="441">
+      <c r="A441" s="2" t="n">
+        <v>45932</v>
+      </c>
+      <c r="B441" t="n">
+        <v>17.9814</v>
+      </c>
+      <c r="C441" t="n">
+        <v>17.9064</v>
+      </c>
+      <c r="D441" t="n">
+        <v>-0.075</v>
+      </c>
+      <c r="E441" t="n">
+        <v>-0.004170976675898429</v>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="2" t="n">
+        <v>45933</v>
+      </c>
+      <c r="B442" t="n">
+        <v>18.1132</v>
+      </c>
+      <c r="C442" t="n">
+        <v>18.1909</v>
+      </c>
+      <c r="D442" t="n">
+        <v>0.0777</v>
+      </c>
+      <c r="E442" t="n">
+        <v>0.004289689287370536</v>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="2" t="n">
+        <v>45936</v>
+      </c>
+      <c r="B443" t="n">
+        <v>17.9727</v>
+      </c>
+      <c r="C443" t="n">
+        <v>17.9922</v>
+      </c>
+      <c r="D443" t="n">
+        <v>0.0195</v>
+      </c>
+      <c r="E443" t="n">
+        <v>0.0010849788846417064</v>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="2" t="n">
+        <v>45937</v>
+      </c>
+      <c r="B444" t="n">
+        <v>17.8137</v>
+      </c>
+      <c r="C444" t="n">
+        <v>17.6945</v>
+      </c>
+      <c r="D444" t="n">
+        <v>-0.1192</v>
+      </c>
+      <c r="E444" t="n">
+        <v>-0.006691479030184634</v>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="2" t="n">
+        <v>45938</v>
+      </c>
+      <c r="B445" t="n">
+        <v>17.8767</v>
+      </c>
+      <c r="C445" t="n">
+        <v>17.8452</v>
+      </c>
+      <c r="D445" t="n">
+        <v>-0.0315</v>
+      </c>
+      <c r="E445" t="n">
+        <v>-0.0017620701807380555</v>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="2" t="n">
+        <v>45939</v>
+      </c>
+      <c r="B446" t="n">
+        <v>17.6158</v>
+      </c>
+      <c r="C446" t="n">
+        <v>17.4003</v>
+      </c>
+      <c r="D446" t="n">
+        <v>-0.2155</v>
+      </c>
+      <c r="E446" t="n">
+        <v>-0.012233335982470282</v>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="2" t="n">
+        <v>45940</v>
+      </c>
+      <c r="B447" t="n">
+        <v>17.2225</v>
+      </c>
+      <c r="C447" t="n">
+        <v>16.6499</v>
+      </c>
+      <c r="D447" t="n">
+        <v>-0.5726</v>
+      </c>
+      <c r="E447" t="n">
+        <v>-0.033247205690230805</v>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" s="2" t="n">
+        <v>45943</v>
+      </c>
+      <c r="B448" t="n">
+        <v>17.1381</v>
+      </c>
+      <c r="C448" t="n">
+        <v>16.975</v>
+      </c>
+      <c r="D448" t="n">
+        <v>-0.1631</v>
+      </c>
+      <c r="E448" t="n">
+        <v>-0.009516807580770332</v>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="2" t="n">
+        <v>45944</v>
+      </c>
+      <c r="B449" t="n">
+        <v>16.7288</v>
+      </c>
+      <c r="C449" t="n">
+        <v>16.805</v>
+      </c>
+      <c r="D449" t="n">
+        <v>0.0762</v>
+      </c>
+      <c r="E449" t="n">
+        <v>0.004555018889579647</v>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="2" t="n">
+        <v>45945</v>
+      </c>
+      <c r="B450" t="n">
+        <v>17.0787</v>
+      </c>
+      <c r="C450" t="n">
+        <v>17.0356</v>
+      </c>
+      <c r="D450" t="n">
+        <v>-0.0431</v>
+      </c>
+      <c r="E450" t="n">
+        <v>-0.002523611281889137</v>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="2" t="n">
+        <v>45946</v>
+      </c>
+      <c r="B451" t="n">
+        <v>17.2577</v>
+      </c>
+      <c r="C451" t="n">
+        <v>17.1569</v>
+      </c>
+      <c r="D451" t="n">
+        <v>-0.1008</v>
+      </c>
+      <c r="E451" t="n">
+        <v>-0.0058408710314816</v>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="2" t="n">
+        <v>45947</v>
+      </c>
+      <c r="B452" t="n">
+        <v>16.8172</v>
+      </c>
+      <c r="C452" t="n">
+        <v>16.9961</v>
+      </c>
+      <c r="D452" t="n">
+        <v>0.1789</v>
+      </c>
+      <c r="E452" t="n">
+        <v>0.01063791832171824</v>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="2" t="n">
+        <v>45950</v>
+      </c>
+      <c r="B453" t="n">
+        <v>17.1109</v>
+      </c>
+      <c r="C453" t="n">
+        <v>17.26</v>
+      </c>
+      <c r="D453" t="n">
+        <v>0.1491</v>
+      </c>
+      <c r="E453" t="n">
+        <v>0.00871374387086594</v>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="2" t="n">
+        <v>45951</v>
+      </c>
+      <c r="B454" t="n">
+        <v>17.1526</v>
+      </c>
+      <c r="C454" t="n">
+        <v>17.04</v>
+      </c>
+      <c r="D454" t="n">
+        <v>-0.1126</v>
+      </c>
+      <c r="E454" t="n">
+        <v>-0.006564602450940382</v>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="2" t="n">
+        <v>45952</v>
+      </c>
+      <c r="B455" t="n">
+        <v>17.0207</v>
+      </c>
+      <c r="C455" t="n">
+        <v>16.935</v>
+      </c>
+      <c r="D455" t="n">
+        <v>-0.0857</v>
+      </c>
+      <c r="E455" t="n">
+        <v>-0.005035045562168419</v>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="2" t="n">
+        <v>45953</v>
+      </c>
+      <c r="B456" t="n">
+        <v>16.8806</v>
+      </c>
+      <c r="C456" t="n">
+        <v>16.865</v>
+      </c>
+      <c r="D456" t="n">
+        <v>-0.0156</v>
+      </c>
+      <c r="E456" t="n">
+        <v>-0.0009241377676148952</v>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="2" t="n">
+        <v>45954</v>
+      </c>
+      <c r="B457" t="n">
+        <v>17.3481</v>
+      </c>
+      <c r="C457" t="n">
+        <v>17.3</v>
+      </c>
+      <c r="D457" t="n">
+        <v>-0.0481</v>
+      </c>
+      <c r="E457" t="n">
+        <v>-0.002772637925767087</v>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="2" t="n">
+        <v>45957</v>
+      </c>
+      <c r="B458" t="n">
+        <v>17.569</v>
+      </c>
+      <c r="C458" t="n">
+        <v>17.446</v>
+      </c>
+      <c r="D458" t="n">
+        <v>-0.123</v>
+      </c>
+      <c r="E458" t="n">
+        <v>-0.007000967613409983</v>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="2" t="n">
+        <v>45958</v>
+      </c>
+      <c r="B459" t="n">
+        <v>17.4216</v>
+      </c>
+      <c r="C459" t="n">
+        <v>17.3801</v>
+      </c>
+      <c r="D459" t="n">
+        <v>-0.0415</v>
+      </c>
+      <c r="E459" t="n">
+        <v>-0.002382100381136061</v>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="2" t="n">
+        <v>45959</v>
+      </c>
+      <c r="B460" t="n">
+        <v>17.4962</v>
+      </c>
+      <c r="C460" t="n">
+        <v>17.5465</v>
+      </c>
+      <c r="D460" t="n">
+        <v>0.0503</v>
+      </c>
+      <c r="E460" t="n">
+        <v>0.0028749099804528983</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>