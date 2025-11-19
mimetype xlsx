--- v1 (2025-10-30)
+++ v2 (2025-11-19)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E460"/>
+  <dimension ref="A1:E474"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -8026,40 +8026,278 @@
       </c>
       <c r="D459" t="n">
         <v>-0.0415</v>
       </c>
       <c r="E459" t="n">
         <v>-0.002382100381136061</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="2" t="n">
         <v>45959</v>
       </c>
       <c r="B460" t="n">
         <v>17.4962</v>
       </c>
       <c r="C460" t="n">
         <v>17.5465</v>
       </c>
       <c r="D460" t="n">
         <v>0.0503</v>
       </c>
       <c r="E460" t="n">
         <v>0.0028749099804528983</v>
       </c>
     </row>
+    <row r="461">
+      <c r="A461" s="2" t="n">
+        <v>45960</v>
+      </c>
+      <c r="B461" t="n">
+        <v>17.5522</v>
+      </c>
+      <c r="C461" t="n">
+        <v>17.4824</v>
+      </c>
+      <c r="D461" t="n">
+        <v>-0.0698</v>
+      </c>
+      <c r="E461" t="n">
+        <v>-0.003976709472316861</v>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="2" t="n">
+        <v>45961</v>
+      </c>
+      <c r="B462" t="n">
+        <v>17.5564</v>
+      </c>
+      <c r="C462" t="n">
+        <v>17.51</v>
+      </c>
+      <c r="D462" t="n">
+        <v>-0.0464</v>
+      </c>
+      <c r="E462" t="n">
+        <v>-0.002642910847326331</v>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="2" t="n">
+        <v>45964</v>
+      </c>
+      <c r="B463" t="n">
+        <v>17.5064</v>
+      </c>
+      <c r="C463" t="n">
+        <v>17.46</v>
+      </c>
+      <c r="D463" t="n">
+        <v>-0.0464</v>
+      </c>
+      <c r="E463" t="n">
+        <v>-0.0026504592606132614</v>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="2" t="n">
+        <v>45965</v>
+      </c>
+      <c r="B464" t="n">
+        <v>17.3379</v>
+      </c>
+      <c r="C464" t="n">
+        <v>17.1438</v>
+      </c>
+      <c r="D464" t="n">
+        <v>-0.1941</v>
+      </c>
+      <c r="E464" t="n">
+        <v>-0.011195127437578946</v>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="2" t="n">
+        <v>45966</v>
+      </c>
+      <c r="B465" t="n">
+        <v>17.1399</v>
+      </c>
+      <c r="C465" t="n">
+        <v>17.2387</v>
+      </c>
+      <c r="D465" t="n">
+        <v>0.0988</v>
+      </c>
+      <c r="E465" t="n">
+        <v>0.005764327679858109</v>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="2" t="n">
+        <v>45967</v>
+      </c>
+      <c r="B466" t="n">
+        <v>17.3592</v>
+      </c>
+      <c r="C466" t="n">
+        <v>17.2155</v>
+      </c>
+      <c r="D466" t="n">
+        <v>-0.1437</v>
+      </c>
+      <c r="E466" t="n">
+        <v>-0.008278031245679525</v>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="2" t="n">
+        <v>45968</v>
+      </c>
+      <c r="B467" t="n">
+        <v>17.1475</v>
+      </c>
+      <c r="C467" t="n">
+        <v>17.094</v>
+      </c>
+      <c r="D467" t="n">
+        <v>-0.0535</v>
+      </c>
+      <c r="E467" t="n">
+        <v>-0.0031199883364922</v>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="2" t="n">
+        <v>45971</v>
+      </c>
+      <c r="B468" t="n">
+        <v>17.4454</v>
+      </c>
+      <c r="C468" t="n">
+        <v>17.4718</v>
+      </c>
+      <c r="D468" t="n">
+        <v>0.0264</v>
+      </c>
+      <c r="E468" t="n">
+        <v>0.0015132929024270008</v>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="2" t="n">
+        <v>45972</v>
+      </c>
+      <c r="B469" t="n">
+        <v>17.3952</v>
+      </c>
+      <c r="C469" t="n">
+        <v>17.4023</v>
+      </c>
+      <c r="D469" t="n">
+        <v>0.0071</v>
+      </c>
+      <c r="E469" t="n">
+        <v>0.0004081585724797645</v>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="2" t="n">
+        <v>45973</v>
+      </c>
+      <c r="B470" t="n">
+        <v>17.2564</v>
+      </c>
+      <c r="C470" t="n">
+        <v>17.18</v>
+      </c>
+      <c r="D470" t="n">
+        <v>-0.0764</v>
+      </c>
+      <c r="E470" t="n">
+        <v>-0.004427342898866507</v>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="2" t="n">
+        <v>45974</v>
+      </c>
+      <c r="B471" t="n">
+        <v>17.3295</v>
+      </c>
+      <c r="C471" t="n">
+        <v>16.915</v>
+      </c>
+      <c r="D471" t="n">
+        <v>-0.4145</v>
+      </c>
+      <c r="E471" t="n">
+        <v>-0.023918751262298393</v>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="2" t="n">
+        <v>45975</v>
+      </c>
+      <c r="B472" t="n">
+        <v>16.7944</v>
+      </c>
+      <c r="C472" t="n">
+        <v>16.52</v>
+      </c>
+      <c r="D472" t="n">
+        <v>-0.2744</v>
+      </c>
+      <c r="E472" t="n">
+        <v>-0.01633877959319773</v>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="2" t="n">
+        <v>45978</v>
+      </c>
+      <c r="B473" t="n">
+        <v>16.6577</v>
+      </c>
+      <c r="C473" t="n">
+        <v>16.4961</v>
+      </c>
+      <c r="D473" t="n">
+        <v>-0.1616</v>
+      </c>
+      <c r="E473" t="n">
+        <v>-0.009701219255959705</v>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="2" t="n">
+        <v>45979</v>
+      </c>
+      <c r="B474" t="n">
+        <v>16.1311</v>
+      </c>
+      <c r="C474" t="n">
+        <v>16.1695</v>
+      </c>
+      <c r="D474" t="n">
+        <v>0.0384</v>
+      </c>
+      <c r="E474" t="n">
+        <v>0.0023804948205640034</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>