--- v2 (2025-11-19)
+++ v3 (2025-12-10)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E474"/>
+  <dimension ref="A1:E488"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -8264,40 +8264,278 @@
       </c>
       <c r="D473" t="n">
         <v>-0.1616</v>
       </c>
       <c r="E473" t="n">
         <v>-0.009701219255959705</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="2" t="n">
         <v>45979</v>
       </c>
       <c r="B474" t="n">
         <v>16.1311</v>
       </c>
       <c r="C474" t="n">
         <v>16.1695</v>
       </c>
       <c r="D474" t="n">
         <v>0.0384</v>
       </c>
       <c r="E474" t="n">
         <v>0.0023804948205640034</v>
       </c>
     </row>
+    <row r="475">
+      <c r="A475" s="2" t="n">
+        <v>45980</v>
+      </c>
+      <c r="B475" t="n">
+        <v>16.0785</v>
+      </c>
+      <c r="C475" t="n">
+        <v>16.0654</v>
+      </c>
+      <c r="D475" t="n">
+        <v>-0.0131</v>
+      </c>
+      <c r="E475" t="n">
+        <v>-0.0008147526199583295</v>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="2" t="n">
+        <v>45981</v>
+      </c>
+      <c r="B476" t="n">
+        <v>16.1078</v>
+      </c>
+      <c r="C476" t="n">
+        <v>15.7577</v>
+      </c>
+      <c r="D476" t="n">
+        <v>-0.3501</v>
+      </c>
+      <c r="E476" t="n">
+        <v>-0.02173481170612995</v>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="2" t="n">
+        <v>45982</v>
+      </c>
+      <c r="B477" t="n">
+        <v>15.743</v>
+      </c>
+      <c r="C477" t="n">
+        <v>15.69</v>
+      </c>
+      <c r="D477" t="n">
+        <v>-0.053</v>
+      </c>
+      <c r="E477" t="n">
+        <v>-0.003366575620910881</v>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="2" t="n">
+        <v>45985</v>
+      </c>
+      <c r="B478" t="n">
+        <v>15.9634</v>
+      </c>
+      <c r="C478" t="n">
+        <v>15.8588</v>
+      </c>
+      <c r="D478" t="n">
+        <v>-0.1046</v>
+      </c>
+      <c r="E478" t="n">
+        <v>-0.006552488818171567</v>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="2" t="n">
+        <v>45986</v>
+      </c>
+      <c r="B479" t="n">
+        <v>16.1031</v>
+      </c>
+      <c r="C479" t="n">
+        <v>16.0001</v>
+      </c>
+      <c r="D479" t="n">
+        <v>-0.103</v>
+      </c>
+      <c r="E479" t="n">
+        <v>-0.006396283945327297</v>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="2" t="n">
+        <v>45987</v>
+      </c>
+      <c r="B480" t="n">
+        <v>16.1715</v>
+      </c>
+      <c r="C480" t="n">
+        <v>16.115</v>
+      </c>
+      <c r="D480" t="n">
+        <v>-0.0565</v>
+      </c>
+      <c r="E480" t="n">
+        <v>-0.00349380082243453</v>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B481" t="n">
+        <v>16.4414</v>
+      </c>
+      <c r="C481" t="n">
+        <v>16.3599</v>
+      </c>
+      <c r="D481" t="n">
+        <v>-0.0815</v>
+      </c>
+      <c r="E481" t="n">
+        <v>-0.004956998795722992</v>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="2" t="n">
+        <v>45992</v>
+      </c>
+      <c r="B482" t="n">
+        <v>16.3574</v>
+      </c>
+      <c r="C482" t="n">
+        <v>16.262</v>
+      </c>
+      <c r="D482" t="n">
+        <v>-0.0954</v>
+      </c>
+      <c r="E482" t="n">
+        <v>-0.005832222724882928</v>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="2" t="n">
+        <v>45993</v>
+      </c>
+      <c r="B483" t="n">
+        <v>16.4746</v>
+      </c>
+      <c r="C483" t="n">
+        <v>16.3709</v>
+      </c>
+      <c r="D483" t="n">
+        <v>-0.1037</v>
+      </c>
+      <c r="E483" t="n">
+        <v>-0.006294538258895512</v>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="2" t="n">
+        <v>45994</v>
+      </c>
+      <c r="B484" t="n">
+        <v>16.4997</v>
+      </c>
+      <c r="C484" t="n">
+        <v>16.4303</v>
+      </c>
+      <c r="D484" t="n">
+        <v>-0.0694</v>
+      </c>
+      <c r="E484" t="n">
+        <v>-0.004206137081280266</v>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="2" t="n">
+        <v>45995</v>
+      </c>
+      <c r="B485" t="n">
+        <v>16.7234</v>
+      </c>
+      <c r="C485" t="n">
+        <v>16.5709</v>
+      </c>
+      <c r="D485" t="n">
+        <v>-0.1525</v>
+      </c>
+      <c r="E485" t="n">
+        <v>-0.009118959063348362</v>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="2" t="n">
+        <v>45996</v>
+      </c>
+      <c r="B486" t="n">
+        <v>16.8881</v>
+      </c>
+      <c r="C486" t="n">
+        <v>16.7573</v>
+      </c>
+      <c r="D486" t="n">
+        <v>-0.1308</v>
+      </c>
+      <c r="E486" t="n">
+        <v>-0.007745098619738158</v>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="2" t="n">
+        <v>45999</v>
+      </c>
+      <c r="B487" t="n">
+        <v>16.8672</v>
+      </c>
+      <c r="C487" t="n">
+        <v>16.7153</v>
+      </c>
+      <c r="D487" t="n">
+        <v>-0.1519</v>
+      </c>
+      <c r="E487" t="n">
+        <v>-0.009005644090305446</v>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="2" t="n">
+        <v>46000</v>
+      </c>
+      <c r="B488" t="n">
+        <v>16.7918</v>
+      </c>
+      <c r="C488" t="n">
+        <v>16.7202</v>
+      </c>
+      <c r="D488" t="n">
+        <v>-0.0716</v>
+      </c>
+      <c r="E488" t="n">
+        <v>-0.00426398599316333</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>