--- v3 (2025-12-10)
+++ v4 (2025-12-30)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E488"/>
+  <dimension ref="A1:E501"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -8502,40 +8502,261 @@
       </c>
       <c r="D487" t="n">
         <v>-0.1519</v>
       </c>
       <c r="E487" t="n">
         <v>-0.009005644090305446</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="2" t="n">
         <v>46000</v>
       </c>
       <c r="B488" t="n">
         <v>16.7918</v>
       </c>
       <c r="C488" t="n">
         <v>16.7202</v>
       </c>
       <c r="D488" t="n">
         <v>-0.0716</v>
       </c>
       <c r="E488" t="n">
         <v>-0.00426398599316333</v>
       </c>
     </row>
+    <row r="489">
+      <c r="A489" s="2" t="n">
+        <v>46001</v>
+      </c>
+      <c r="B489" t="n">
+        <v>16.8671</v>
+      </c>
+      <c r="C489" t="n">
+        <v>16.7</v>
+      </c>
+      <c r="D489" t="n">
+        <v>-0.1671</v>
+      </c>
+      <c r="E489" t="n">
+        <v>-0.009906860100432202</v>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="2" t="n">
+        <v>46002</v>
+      </c>
+      <c r="B490" t="n">
+        <v>16.74</v>
+      </c>
+      <c r="C490" t="n">
+        <v>16.705</v>
+      </c>
+      <c r="D490" t="n">
+        <v>-0.035</v>
+      </c>
+      <c r="E490" t="n">
+        <v>-0.002090800477897252</v>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="2" t="n">
+        <v>46003</v>
+      </c>
+      <c r="B491" t="n">
+        <v>16.9767</v>
+      </c>
+      <c r="C491" t="n">
+        <v>16.7506</v>
+      </c>
+      <c r="D491" t="n">
+        <v>-0.2261</v>
+      </c>
+      <c r="E491" t="n">
+        <v>-0.013318253842030546</v>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="2" t="n">
+        <v>46006</v>
+      </c>
+      <c r="B492" t="n">
+        <v>16.8515</v>
+      </c>
+      <c r="C492" t="n">
+        <v>16.695</v>
+      </c>
+      <c r="D492" t="n">
+        <v>-0.1565</v>
+      </c>
+      <c r="E492" t="n">
+        <v>-0.009287007091356853</v>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="2" t="n">
+        <v>46007</v>
+      </c>
+      <c r="B493" t="n">
+        <v>16.6124</v>
+      </c>
+      <c r="C493" t="n">
+        <v>16.535</v>
+      </c>
+      <c r="D493" t="n">
+        <v>-0.0774</v>
+      </c>
+      <c r="E493" t="n">
+        <v>-0.004659170258361224</v>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" s="2" t="n">
+        <v>46008</v>
+      </c>
+      <c r="B494" t="n">
+        <v>16.6339</v>
+      </c>
+      <c r="C494" t="n">
+        <v>16.4868</v>
+      </c>
+      <c r="D494" t="n">
+        <v>-0.1471</v>
+      </c>
+      <c r="E494" t="n">
+        <v>-0.008843386097066834</v>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="2" t="n">
+        <v>46009</v>
+      </c>
+      <c r="B495" t="n">
+        <v>16.6006</v>
+      </c>
+      <c r="C495" t="n">
+        <v>16.5605</v>
+      </c>
+      <c r="D495" t="n">
+        <v>-0.0401</v>
+      </c>
+      <c r="E495" t="n">
+        <v>-0.002415575340650338</v>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="2" t="n">
+        <v>46010</v>
+      </c>
+      <c r="B496" t="n">
+        <v>16.7505</v>
+      </c>
+      <c r="C496" t="n">
+        <v>16.7871</v>
+      </c>
+      <c r="D496" t="n">
+        <v>0.0366</v>
+      </c>
+      <c r="E496" t="n">
+        <v>0.0021850094027043966</v>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="2" t="n">
+        <v>46013</v>
+      </c>
+      <c r="B497" t="n">
+        <v>17.0937</v>
+      </c>
+      <c r="C497" t="n">
+        <v>17.07</v>
+      </c>
+      <c r="D497" t="n">
+        <v>-0.0237</v>
+      </c>
+      <c r="E497" t="n">
+        <v>-0.0013864757191245898</v>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="2" t="n">
+        <v>46014</v>
+      </c>
+      <c r="B498" t="n">
+        <v>17.057</v>
+      </c>
+      <c r="C498" t="n">
+        <v>17.0307</v>
+      </c>
+      <c r="D498" t="n">
+        <v>-0.0263</v>
+      </c>
+      <c r="E498" t="n">
+        <v>-0.0015418889605440583</v>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="2" t="n">
+        <v>46015</v>
+      </c>
+      <c r="B499" t="n">
+        <v>17.1477</v>
+      </c>
+      <c r="C499" t="n">
+        <v>17.165</v>
+      </c>
+      <c r="D499" t="n">
+        <v>0.0173</v>
+      </c>
+      <c r="E499" t="n">
+        <v>0.0010088816575983951</v>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="2" t="n">
+        <v>46017</v>
+      </c>
+      <c r="B500" t="n">
+        <v>17.34</v>
+      </c>
+      <c r="C500" t="n">
+        <v>17.3851</v>
+      </c>
+      <c r="D500" t="n">
+        <v>0.0451</v>
+      </c>
+      <c r="E500" t="n">
+        <v>0.002600922722029988</v>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="2" t="n">
+        <v>46020</v>
+      </c>
+      <c r="B501" t="n">
+        <v>17.0905</v>
+      </c>
+      <c r="C501" t="n">
+        <v>17.0536</v>
+      </c>
+      <c r="D501" t="n">
+        <v>-0.0369</v>
+      </c>
+      <c r="E501" t="n">
+        <v>-0.002159094233638571</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>