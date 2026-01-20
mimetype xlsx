--- v4 (2025-12-30)
+++ v5 (2026-01-20)
@@ -193,8570 +193,4507 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E501"/>
+  <dimension ref="A1:E262"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>45293</v>
+        <v>45659</v>
       </c>
       <c r="B2" t="n">
-        <v>13.8251</v>
+        <v>12.365</v>
       </c>
       <c r="C2" t="n">
-        <v>13.71</v>
+        <v>12.2601</v>
       </c>
       <c r="D2" t="n">
-        <v>-0.1151</v>
+        <v>-0.1049</v>
       </c>
       <c r="E2" t="n">
-        <v>-0.008325437067362985</v>
+        <v>-0.008483623129801861</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>45294</v>
+        <v>45660</v>
       </c>
       <c r="B3" t="n">
-        <v>13.6218</v>
+        <v>12.3882</v>
       </c>
       <c r="C3" t="n">
-        <v>13.605</v>
+        <v>12.2603</v>
       </c>
       <c r="D3" t="n">
-        <v>-0.0168</v>
+        <v>-0.1279</v>
       </c>
       <c r="E3" t="n">
-        <v>-0.0012333171827511784</v>
+        <v>-0.01032434090505481</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>45295</v>
+        <v>45663</v>
       </c>
       <c r="B4" t="n">
-        <v>13.6093</v>
+        <v>12.5544</v>
       </c>
       <c r="C4" t="n">
-        <v>13.5363</v>
+        <v>12.497</v>
       </c>
       <c r="D4" t="n">
-        <v>-0.073</v>
+        <v>-0.0574</v>
       </c>
       <c r="E4" t="n">
-        <v>-0.0053639790437421475</v>
+        <v>-0.004572102211176958</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45296</v>
+        <v>45664</v>
       </c>
       <c r="B5" t="n">
-        <v>13.4522</v>
+        <v>12.7338</v>
       </c>
       <c r="C5" t="n">
-        <v>13.4187</v>
+        <v>12.58</v>
       </c>
       <c r="D5" t="n">
-        <v>-0.0335</v>
+        <v>-0.1538</v>
       </c>
       <c r="E5" t="n">
-        <v>-0.002490298984552713</v>
+        <v>-0.01207809137884999</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45299</v>
+        <v>45665</v>
       </c>
       <c r="B6" t="n">
-        <v>13.3436</v>
+        <v>12.6446</v>
       </c>
       <c r="C6" t="n">
-        <v>13.4135</v>
+        <v>12.5451</v>
       </c>
       <c r="D6" t="n">
-        <v>0.0699</v>
+        <v>-0.0995</v>
       </c>
       <c r="E6" t="n">
-        <v>0.005238466380886717</v>
+        <v>-0.007868971734969869</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>45300</v>
+        <v>45667</v>
       </c>
       <c r="B7" t="n">
-        <v>13.1086</v>
+        <v>12.675</v>
       </c>
       <c r="C7" t="n">
-        <v>13.0521</v>
+        <v>12.5024</v>
       </c>
       <c r="D7" t="n">
-        <v>-0.0565</v>
+        <v>-0.1726</v>
       </c>
       <c r="E7" t="n">
-        <v>-0.004310147536731611</v>
+        <v>-0.013617357001972388</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>45301</v>
+        <v>45670</v>
       </c>
       <c r="B8" t="n">
-        <v>13.2164</v>
+        <v>12.5622</v>
       </c>
       <c r="C8" t="n">
-        <v>13.2133</v>
+        <v>12.465</v>
       </c>
       <c r="D8" t="n">
-        <v>-0.0031</v>
+        <v>-0.0972</v>
       </c>
       <c r="E8" t="n">
-        <v>-0.0002345570654641204</v>
+        <v>-0.007737498208912451</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>45302</v>
+        <v>45671</v>
       </c>
       <c r="B9" t="n">
-        <v>13.2324</v>
+        <v>12.6932</v>
       </c>
       <c r="C9" t="n">
-        <v>13.2301</v>
+        <v>12.6159</v>
       </c>
       <c r="D9" t="n">
-        <v>-0.0023</v>
+        <v>-0.0773</v>
       </c>
       <c r="E9" t="n">
-        <v>-0.0001738157854962063</v>
+        <v>-0.006089874893643841</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>45303</v>
+        <v>45672</v>
       </c>
       <c r="B10" t="n">
-        <v>13.1076</v>
+        <v>12.7594</v>
       </c>
       <c r="C10" t="n">
-        <v>13.1047</v>
+        <v>12.7141</v>
       </c>
       <c r="D10" t="n">
-        <v>-0.0029</v>
+        <v>-0.0453</v>
       </c>
       <c r="E10" t="n">
-        <v>-0.0002212456895236352</v>
+        <v>-0.0035503236829317994</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>45307</v>
+        <v>45673</v>
       </c>
       <c r="B11" t="n">
-        <v>12.8985</v>
+        <v>12.8161</v>
       </c>
       <c r="C11" t="n">
-        <v>12.7971</v>
+        <v>12.665</v>
       </c>
       <c r="D11" t="n">
-        <v>-0.1014</v>
+        <v>-0.1511</v>
       </c>
       <c r="E11" t="n">
-        <v>-0.00786137923014304</v>
+        <v>-0.0117898580691474</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>45308</v>
+        <v>45674</v>
       </c>
       <c r="B12" t="n">
-        <v>12.6055</v>
+        <v>12.8585</v>
       </c>
       <c r="C12" t="n">
-        <v>12.5721</v>
+        <v>12.8301</v>
       </c>
       <c r="D12" t="n">
-        <v>-0.0334</v>
+        <v>-0.0284</v>
       </c>
       <c r="E12" t="n">
-        <v>-0.0026496370631867044</v>
+        <v>-0.0022086557530038497</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>45309</v>
+        <v>45678</v>
       </c>
       <c r="B13" t="n">
-        <v>12.7652</v>
+        <v>13.0041</v>
       </c>
       <c r="C13" t="n">
-        <v>12.7696</v>
+        <v>12.8951</v>
       </c>
       <c r="D13" t="n">
-        <v>0.0044</v>
+        <v>-0.109</v>
       </c>
       <c r="E13" t="n">
-        <v>0.0003446871181023407</v>
+        <v>-0.008381971839650572</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>45310</v>
+        <v>45679</v>
       </c>
       <c r="B14" t="n">
-        <v>12.5418</v>
+        <v>12.9959</v>
       </c>
       <c r="C14" t="n">
-        <v>12.5922</v>
+        <v>12.9023</v>
       </c>
       <c r="D14" t="n">
-        <v>0.0504</v>
+        <v>-0.0936</v>
       </c>
       <c r="E14" t="n">
-        <v>0.0040185619289097255</v>
+        <v>-0.007202271485622389</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>45313</v>
+        <v>45680</v>
       </c>
       <c r="B15" t="n">
-        <v>12.4949</v>
+        <v>12.9907</v>
       </c>
       <c r="C15" t="n">
-        <v>12.5292</v>
+        <v>12.9851</v>
       </c>
       <c r="D15" t="n">
-        <v>0.0343</v>
+        <v>-0.0056</v>
       </c>
       <c r="E15" t="n">
-        <v>0.0027451200089636573</v>
+        <v>-0.0004310776170645154</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>45314</v>
+        <v>45681</v>
       </c>
       <c r="B16" t="n">
-        <v>12.6691</v>
+        <v>13.0798</v>
       </c>
       <c r="C16" t="n">
-        <v>12.7158</v>
+        <v>13.0208</v>
       </c>
       <c r="D16" t="n">
-        <v>0.0467</v>
+        <v>-0.059</v>
       </c>
       <c r="E16" t="n">
-        <v>0.0036861339795249857</v>
+        <v>-0.00451077233596844</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>45315</v>
+        <v>45684</v>
       </c>
       <c r="B17" t="n">
-        <v>12.7832</v>
+        <v>13.1761</v>
       </c>
       <c r="C17" t="n">
-        <v>12.78</v>
+        <v>13.0619</v>
       </c>
       <c r="D17" t="n">
-        <v>-0.0032</v>
+        <v>-0.1142</v>
       </c>
       <c r="E17" t="n">
-        <v>-0.000250328556230052</v>
+        <v>-0.008667208050940718</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>45316</v>
+        <v>45685</v>
       </c>
       <c r="B18" t="n">
-        <v>12.755</v>
+        <v>13.1235</v>
       </c>
       <c r="C18" t="n">
-        <v>12.7171</v>
+        <v>13.09</v>
       </c>
       <c r="D18" t="n">
-        <v>-0.0379</v>
+        <v>-0.0335</v>
       </c>
       <c r="E18" t="n">
-        <v>-0.002971383771070169</v>
+        <v>-0.0025526726864022555</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>45317</v>
+        <v>45686</v>
       </c>
       <c r="B19" t="n">
-        <v>12.6772</v>
+        <v>13.1784</v>
       </c>
       <c r="C19" t="n">
-        <v>12.6727</v>
+        <v>13.1046</v>
       </c>
       <c r="D19" t="n">
-        <v>-0.0045</v>
+        <v>-0.0738</v>
       </c>
       <c r="E19" t="n">
-        <v>-0.000354967974000568</v>
+        <v>-0.005600072846476052</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>45320</v>
+        <v>45687</v>
       </c>
       <c r="B20" t="n">
-        <v>12.5693</v>
+        <v>13.1736</v>
       </c>
       <c r="C20" t="n">
-        <v>12.47</v>
+        <v>13.15</v>
       </c>
       <c r="D20" t="n">
-        <v>-0.0993</v>
+        <v>-0.0236</v>
       </c>
       <c r="E20" t="n">
-        <v>-0.007900201284081055</v>
+        <v>-0.0017914617113013909</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>45321</v>
+        <v>45688</v>
       </c>
       <c r="B21" t="n">
-        <v>12.6092</v>
+        <v>13.0894</v>
       </c>
       <c r="C21" t="n">
-        <v>12.58</v>
+        <v>13</v>
       </c>
       <c r="D21" t="n">
-        <v>-0.0292</v>
+        <v>-0.0894</v>
       </c>
       <c r="E21" t="n">
-        <v>-0.0023157694381879894</v>
+        <v>-0.006829954008587101</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>45322</v>
+        <v>45691</v>
       </c>
       <c r="B22" t="n">
-        <v>12.5526</v>
+        <v>12.888</v>
       </c>
       <c r="C22" t="n">
-        <v>12.5177</v>
+        <v>12.85</v>
       </c>
       <c r="D22" t="n">
-        <v>-0.0349</v>
+        <v>-0.038</v>
       </c>
       <c r="E22" t="n">
-        <v>-0.002780300495514874</v>
+        <v>-0.0029484792054624456</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>45323</v>
+        <v>45692</v>
       </c>
       <c r="B23" t="n">
-        <v>12.7162</v>
+        <v>13.175</v>
       </c>
       <c r="C23" t="n">
-        <v>12.75</v>
+        <v>13.153</v>
       </c>
       <c r="D23" t="n">
-        <v>0.0338</v>
+        <v>-0.022</v>
       </c>
       <c r="E23" t="n">
-        <v>0.0026580267690033185</v>
+        <v>-0.0016698292220113852</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>45324</v>
+        <v>45693</v>
       </c>
       <c r="B24" t="n">
-        <v>12.7615</v>
+        <v>13.1701</v>
       </c>
       <c r="C24" t="n">
-        <v>12.6962</v>
+        <v>13.0554</v>
       </c>
       <c r="D24" t="n">
-        <v>-0.0653</v>
+        <v>-0.1147</v>
       </c>
       <c r="E24" t="n">
-        <v>-0.005116953336206559</v>
+        <v>-0.008709121418971762</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>45327</v>
+        <v>45694</v>
       </c>
       <c r="B25" t="n">
-        <v>12.6646</v>
+        <v>13.3073</v>
       </c>
       <c r="C25" t="n">
-        <v>12.6519</v>
+        <v>13.2004</v>
       </c>
       <c r="D25" t="n">
-        <v>-0.0127</v>
+        <v>-0.1069</v>
       </c>
       <c r="E25" t="n">
-        <v>-0.001002795192899894</v>
+        <v>-0.008033184793308936</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>45328</v>
+        <v>45695</v>
       </c>
       <c r="B26" t="n">
-        <v>12.9686</v>
+        <v>13.1129</v>
       </c>
       <c r="C26" t="n">
-        <v>12.9522</v>
+        <v>13.065</v>
       </c>
       <c r="D26" t="n">
-        <v>-0.0164</v>
+        <v>-0.0479</v>
       </c>
       <c r="E26" t="n">
-        <v>-0.001264592939870148</v>
+        <v>-0.0036528914275255663</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>45329</v>
+        <v>45698</v>
       </c>
       <c r="B27" t="n">
-        <v>12.9262</v>
+        <v>13.2273</v>
       </c>
       <c r="C27" t="n">
-        <v>12.9369</v>
+        <v>13.1868</v>
       </c>
       <c r="D27" t="n">
-        <v>0.0107</v>
+        <v>-0.0405</v>
       </c>
       <c r="E27" t="n">
-        <v>0.000827776144574585</v>
+        <v>-0.0030618493570116353</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>45330</v>
+        <v>45699</v>
       </c>
       <c r="B28" t="n">
-        <v>12.9466</v>
+        <v>13.0765</v>
       </c>
       <c r="C28" t="n">
-        <v>12.909</v>
+        <v>13.1428</v>
       </c>
       <c r="D28" t="n">
-        <v>-0.0376</v>
+        <v>0.0663</v>
       </c>
       <c r="E28" t="n">
-        <v>-0.002904237405959866</v>
+        <v>0.005070164034718771</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>45331</v>
+        <v>45700</v>
       </c>
       <c r="B29" t="n">
-        <v>12.8797</v>
+        <v>13.1191</v>
       </c>
       <c r="C29" t="n">
-        <v>12.9138</v>
+        <v>13.09</v>
       </c>
       <c r="D29" t="n">
-        <v>0.0341</v>
+        <v>-0.0291</v>
       </c>
       <c r="E29" t="n">
-        <v>0.0026475771951210043</v>
+        <v>-0.002218139963869473</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>45334</v>
+        <v>45701</v>
       </c>
       <c r="B30" t="n">
-        <v>12.9689</v>
+        <v>13.2088</v>
       </c>
       <c r="C30" t="n">
-        <v>13.03</v>
+        <v>13.1758</v>
       </c>
       <c r="D30" t="n">
-        <v>0.0611</v>
+        <v>-0.033</v>
       </c>
       <c r="E30" t="n">
-        <v>0.004711270809397867</v>
+        <v>-0.002498334443704197</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>45335</v>
+        <v>45702</v>
       </c>
       <c r="B31" t="n">
-        <v>12.8124</v>
+        <v>13.4402</v>
       </c>
       <c r="C31" t="n">
-        <v>12.74</v>
+        <v>13.395</v>
       </c>
       <c r="D31" t="n">
-        <v>-0.0724</v>
+        <v>-0.0452</v>
       </c>
       <c r="E31" t="n">
-        <v>-0.0056507758109331585</v>
+        <v>-0.0033630451927798696</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>45336</v>
+        <v>45706</v>
       </c>
       <c r="B32" t="n">
-        <v>12.9336</v>
+        <v>13.6555</v>
       </c>
       <c r="C32" t="n">
-        <v>12.994</v>
+        <v>13.567</v>
       </c>
       <c r="D32" t="n">
-        <v>0.0604</v>
+        <v>-0.0885</v>
       </c>
       <c r="E32" t="n">
-        <v>0.004670006803983423</v>
+        <v>-0.006480905129801179</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>45337</v>
+        <v>45707</v>
       </c>
       <c r="B33" t="n">
-        <v>13.0751</v>
+        <v>13.6202</v>
       </c>
       <c r="C33" t="n">
-        <v>13.1163</v>
+        <v>13.545</v>
       </c>
       <c r="D33" t="n">
-        <v>0.0412</v>
+        <v>-0.0752</v>
       </c>
       <c r="E33" t="n">
-        <v>0.0031510275256020986</v>
+        <v>-0.005521211142273975</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="n">
-        <v>45338</v>
+        <v>45708</v>
       </c>
       <c r="B34" t="n">
-        <v>13.295</v>
+        <v>13.5835</v>
       </c>
       <c r="C34" t="n">
-        <v>13.2</v>
+        <v>13.51</v>
       </c>
       <c r="D34" t="n">
-        <v>-0.095</v>
+        <v>-0.0735</v>
       </c>
       <c r="E34" t="n">
-        <v>-0.007145543437382475</v>
+        <v>-0.0054109765524349394</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="n">
-        <v>45342</v>
+        <v>45709</v>
       </c>
       <c r="B35" t="n">
-        <v>13.1164</v>
+        <v>13.8149</v>
       </c>
       <c r="C35" t="n">
-        <v>13.1524</v>
+        <v>13.6451</v>
       </c>
       <c r="D35" t="n">
-        <v>0.036</v>
+        <v>-0.1698</v>
       </c>
       <c r="E35" t="n">
-        <v>0.0027446555457290114</v>
+        <v>-0.012291077025530407</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="n">
-        <v>45343</v>
+        <v>45712</v>
       </c>
       <c r="B36" t="n">
-        <v>13.2047</v>
+        <v>13.7949</v>
       </c>
       <c r="C36" t="n">
-        <v>13.1738</v>
+        <v>13.5754</v>
       </c>
       <c r="D36" t="n">
-        <v>-0.0309</v>
+        <v>-0.2195</v>
       </c>
       <c r="E36" t="n">
-        <v>-0.0023400758820722924</v>
+        <v>-0.015911677504005104</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="n">
-        <v>45344</v>
+        <v>45713</v>
       </c>
       <c r="B37" t="n">
-        <v>13.4024</v>
+        <v>13.6632</v>
       </c>
       <c r="C37" t="n">
-        <v>13.405</v>
+        <v>13.6171</v>
       </c>
       <c r="D37" t="n">
-        <v>0.0026</v>
+        <v>-0.0461</v>
       </c>
       <c r="E37" t="n">
-        <v>0.0001939951053542649</v>
+        <v>-0.0033740265823525967</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="n">
-        <v>45345</v>
+        <v>45714</v>
       </c>
       <c r="B38" t="n">
-        <v>13.4055</v>
+        <v>13.6904</v>
       </c>
       <c r="C38" t="n">
-        <v>13.405</v>
+        <v>13.62</v>
       </c>
       <c r="D38" t="n">
-        <v>-0.0005</v>
+        <v>-0.0704</v>
       </c>
       <c r="E38" t="n">
-        <v>-3.72981239043677E-05</v>
+        <v>-0.005142289487524105</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="n">
-        <v>45348</v>
+        <v>45715</v>
       </c>
       <c r="B39" t="n">
-        <v>13.4157</v>
+        <v>13.7008</v>
       </c>
       <c r="C39" t="n">
-        <v>13.4171</v>
+        <v>13.5131</v>
       </c>
       <c r="D39" t="n">
-        <v>0.0014</v>
+        <v>-0.1877</v>
       </c>
       <c r="E39" t="n">
-        <v>0.0001043553448571449</v>
+        <v>-0.013699929931098913</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="n">
-        <v>45349</v>
+        <v>45716</v>
       </c>
       <c r="B40" t="n">
-        <v>13.5008</v>
+        <v>13.1775</v>
       </c>
       <c r="C40" t="n">
-        <v>13.56</v>
+        <v>13.1154</v>
       </c>
       <c r="D40" t="n">
-        <v>0.0592</v>
+        <v>-0.0621</v>
       </c>
       <c r="E40" t="n">
-        <v>0.004384925337757762</v>
+        <v>-0.004712578258394991</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="n">
-        <v>45350</v>
+        <v>45719</v>
       </c>
       <c r="B41" t="n">
-        <v>13.4123</v>
+        <v>13.3782</v>
       </c>
       <c r="C41" t="n">
-        <v>13.3914</v>
+        <v>13.21</v>
       </c>
       <c r="D41" t="n">
-        <v>-0.0209</v>
+        <v>-0.1682</v>
       </c>
       <c r="E41" t="n">
-        <v>-0.0015582711391782173</v>
+        <v>-0.012572692888430432</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="n">
-        <v>45351</v>
+        <v>45720</v>
       </c>
       <c r="B42" t="n">
-        <v>13.5205</v>
+        <v>13.0464</v>
       </c>
       <c r="C42" t="n">
-        <v>13.5057</v>
+        <v>13.0065</v>
       </c>
       <c r="D42" t="n">
-        <v>-0.0148</v>
+        <v>-0.0399</v>
       </c>
       <c r="E42" t="n">
-        <v>-0.0010946340741836472</v>
+        <v>-0.0030583149374540106</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="n">
-        <v>45352</v>
+        <v>45721</v>
       </c>
       <c r="B43" t="n">
-        <v>13.6041</v>
+        <v>13.356</v>
       </c>
       <c r="C43" t="n">
-        <v>13.655</v>
+        <v>13.4379</v>
       </c>
       <c r="D43" t="n">
-        <v>0.0509</v>
+        <v>0.0819</v>
       </c>
       <c r="E43" t="n">
-        <v>0.0037415191008593</v>
+        <v>0.006132075471698114</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="n">
-        <v>45355</v>
+        <v>45722</v>
       </c>
       <c r="B44" t="n">
-        <v>13.4776</v>
+        <v>13.4671</v>
       </c>
       <c r="C44" t="n">
-        <v>13.4644</v>
+        <v>13.2851</v>
       </c>
       <c r="D44" t="n">
-        <v>-0.0132</v>
+        <v>-0.182</v>
       </c>
       <c r="E44" t="n">
-        <v>-0.0009794028610435092</v>
+        <v>-0.013514416615306933</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="n">
-        <v>45356</v>
+        <v>45723</v>
       </c>
       <c r="B45" t="n">
-        <v>13.2524</v>
+        <v>13.43</v>
       </c>
       <c r="C45" t="n">
-        <v>13.2432</v>
+        <v>13.3952</v>
       </c>
       <c r="D45" t="n">
-        <v>-0.0092</v>
+        <v>-0.0348</v>
       </c>
       <c r="E45" t="n">
-        <v>-0.0006942138782409224</v>
+        <v>-0.0025912137006701415</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="n">
-        <v>45357</v>
+        <v>45726</v>
       </c>
       <c r="B46" t="n">
-        <v>13.5315</v>
+        <v>13.348</v>
       </c>
       <c r="C46" t="n">
-        <v>13.5623</v>
+        <v>13.1479</v>
       </c>
       <c r="D46" t="n">
-        <v>0.0308</v>
+        <v>-0.2001</v>
       </c>
       <c r="E46" t="n">
-        <v>0.0022761704171747406</v>
+        <v>-0.014991009889121965</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="2" t="n">
-        <v>45358</v>
+        <v>45727</v>
       </c>
       <c r="B47" t="n">
-        <v>13.5948</v>
+        <v>13.3064</v>
       </c>
       <c r="C47" t="n">
-        <v>13.5759</v>
+        <v>13.215</v>
       </c>
       <c r="D47" t="n">
-        <v>-0.0189</v>
+        <v>-0.0914</v>
       </c>
       <c r="E47" t="n">
-        <v>-0.0013902374437284844</v>
+        <v>-0.0068688751277580715</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="n">
-        <v>45359</v>
+        <v>45728</v>
       </c>
       <c r="B48" t="n">
-        <v>13.5839</v>
+        <v>13.3637</v>
       </c>
       <c r="C48" t="n">
-        <v>13.5428</v>
+        <v>13.275</v>
       </c>
       <c r="D48" t="n">
-        <v>-0.0411</v>
+        <v>-0.0887</v>
       </c>
       <c r="E48" t="n">
-        <v>-0.003025640648120201</v>
+        <v>-0.006637383359398969</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="n">
-        <v>45362</v>
+        <v>45729</v>
       </c>
       <c r="B49" t="n">
-        <v>13.6247</v>
+        <v>13.3493</v>
       </c>
       <c r="C49" t="n">
-        <v>13.6198</v>
+        <v>13.3101</v>
       </c>
       <c r="D49" t="n">
-        <v>-0.0049</v>
+        <v>-0.0392</v>
       </c>
       <c r="E49" t="n">
-        <v>-0.0003596409462226692</v>
+        <v>-0.0029364835609357797</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="2" t="n">
-        <v>45363</v>
+        <v>45730</v>
       </c>
       <c r="B50" t="n">
-        <v>13.9109</v>
+        <v>13.3768</v>
       </c>
       <c r="C50" t="n">
-        <v>13.8962</v>
+        <v>13.465</v>
       </c>
       <c r="D50" t="n">
-        <v>-0.0147</v>
+        <v>0.0882</v>
       </c>
       <c r="E50" t="n">
-        <v>-0.0010567253017417996</v>
+        <v>0.006593505173135577</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="n">
-        <v>45364</v>
+        <v>45733</v>
       </c>
       <c r="B51" t="n">
-        <v>13.9235</v>
+        <v>13.5499</v>
       </c>
       <c r="C51" t="n">
-        <v>13.9003</v>
+        <v>13.675</v>
       </c>
       <c r="D51" t="n">
-        <v>-0.0232</v>
+        <v>0.1251</v>
       </c>
       <c r="E51" t="n">
-        <v>-0.0016662477107049233</v>
+        <v>0.009232540461553222</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="n">
-        <v>45365</v>
+        <v>45734</v>
       </c>
       <c r="B52" t="n">
-        <v>13.8523</v>
+        <v>13.709</v>
       </c>
       <c r="C52" t="n">
-        <v>13.7455</v>
+        <v>13.6046</v>
       </c>
       <c r="D52" t="n">
-        <v>-0.1068</v>
+        <v>-0.1044</v>
       </c>
       <c r="E52" t="n">
-        <v>-0.007709910989510768</v>
+        <v>-0.0076154351156174785</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="n">
-        <v>45366</v>
+        <v>45735</v>
       </c>
       <c r="B53" t="n">
-        <v>13.7735</v>
+        <v>13.6726</v>
       </c>
       <c r="C53" t="n">
-        <v>13.741</v>
+        <v>13.655</v>
       </c>
       <c r="D53" t="n">
-        <v>-0.0325</v>
+        <v>-0.0176</v>
       </c>
       <c r="E53" t="n">
-        <v>-0.0023596035865974517</v>
+        <v>-0.0012872460248965084</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="n">
-        <v>45369</v>
+        <v>45736</v>
       </c>
       <c r="B54" t="n">
-        <v>13.8169</v>
+        <v>13.6613</v>
       </c>
       <c r="C54" t="n">
-        <v>13.75</v>
+        <v>13.5895</v>
       </c>
       <c r="D54" t="n">
-        <v>-0.0669</v>
+        <v>-0.0718</v>
       </c>
       <c r="E54" t="n">
-        <v>-0.004841896518032265</v>
+        <v>-0.005255722369027838</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="2" t="n">
-        <v>45370</v>
+        <v>45737</v>
       </c>
       <c r="B55" t="n">
-        <v>13.7512</v>
+        <v>13.3692</v>
       </c>
       <c r="C55" t="n">
-        <v>13.7434</v>
+        <v>13.3166</v>
       </c>
       <c r="D55" t="n">
-        <v>-0.0078</v>
+        <v>-0.0526</v>
       </c>
       <c r="E55" t="n">
-        <v>-0.0005672232241549829</v>
+        <v>-0.003934416419830656</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="2" t="n">
-        <v>45371</v>
+        <v>45740</v>
       </c>
       <c r="B56" t="n">
-        <v>13.8034</v>
+        <v>13.1303</v>
       </c>
       <c r="C56" t="n">
-        <v>13.862</v>
+        <v>13.105</v>
       </c>
       <c r="D56" t="n">
-        <v>0.0586</v>
+        <v>-0.0253</v>
       </c>
       <c r="E56" t="n">
-        <v>0.004245330860512628</v>
+        <v>-0.0019268409708841385</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="n">
-        <v>45372</v>
+        <v>45741</v>
       </c>
       <c r="B57" t="n">
-        <v>13.9294</v>
+        <v>12.9583</v>
       </c>
       <c r="C57" t="n">
-        <v>13.8345</v>
+        <v>12.995</v>
       </c>
       <c r="D57" t="n">
-        <v>-0.0949</v>
+        <v>0.0367</v>
       </c>
       <c r="E57" t="n">
-        <v>-0.0068129280514595035</v>
+        <v>0.0028321616261392313</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="2" t="n">
-        <v>45373</v>
+        <v>45742</v>
       </c>
       <c r="B58" t="n">
-        <v>13.7812</v>
+        <v>13.0448</v>
       </c>
       <c r="C58" t="n">
-        <v>13.7277</v>
+        <v>12.945</v>
       </c>
       <c r="D58" t="n">
-        <v>-0.0535</v>
+        <v>-0.0998</v>
       </c>
       <c r="E58" t="n">
-        <v>-0.003882100252517923</v>
+        <v>-0.007650558076781553</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="2" t="n">
-        <v>45376</v>
+        <v>45743</v>
       </c>
       <c r="B59" t="n">
-        <v>13.7266</v>
+        <v>13.1592</v>
       </c>
       <c r="C59" t="n">
-        <v>13.6768</v>
+        <v>13.145</v>
       </c>
       <c r="D59" t="n">
-        <v>-0.0498</v>
+        <v>-0.0142</v>
       </c>
       <c r="E59" t="n">
-        <v>-0.0036279923651887577</v>
+        <v>-0.0010790929539789653</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="2" t="n">
-        <v>45377</v>
+        <v>45744</v>
       </c>
       <c r="B60" t="n">
-        <v>13.8439</v>
+        <v>13.1195</v>
       </c>
       <c r="C60" t="n">
-        <v>13.7619</v>
+        <v>12.9058</v>
       </c>
       <c r="D60" t="n">
-        <v>-0.082</v>
+        <v>-0.2137</v>
       </c>
       <c r="E60" t="n">
-        <v>-0.005923186385339391</v>
+        <v>-0.01628873051564465</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="2" t="n">
-        <v>45378</v>
+        <v>45747</v>
       </c>
       <c r="B61" t="n">
-        <v>13.7292</v>
+        <v>12.8675</v>
       </c>
       <c r="C61" t="n">
-        <v>13.7158</v>
+        <v>12.795</v>
       </c>
       <c r="D61" t="n">
-        <v>-0.0134</v>
+        <v>-0.0725</v>
       </c>
       <c r="E61" t="n">
-        <v>-0.0009760219095067448</v>
+        <v>-0.005634350106858364</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="2" t="n">
-        <v>45379</v>
+        <v>45748</v>
       </c>
       <c r="B62" t="n">
-        <v>13.7326</v>
+        <v>12.9362</v>
       </c>
       <c r="C62" t="n">
-        <v>13.705</v>
+        <v>12.7971</v>
       </c>
       <c r="D62" t="n">
-        <v>-0.0276</v>
+        <v>-0.1391</v>
       </c>
       <c r="E62" t="n">
-        <v>-0.002009816058139027</v>
+        <v>-0.010752771292960839</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="2" t="n">
-        <v>45383</v>
+        <v>45749</v>
       </c>
       <c r="B63" t="n">
-        <v>13.7126</v>
+        <v>12.998</v>
       </c>
       <c r="C63" t="n">
-        <v>13.6344</v>
+        <v>12.8894</v>
       </c>
       <c r="D63" t="n">
-        <v>-0.0782</v>
+        <v>-0.1086</v>
       </c>
       <c r="E63" t="n">
-        <v>-0.0057027843005702785</v>
+        <v>-0.008355131558701339</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="2" t="n">
-        <v>45384</v>
+        <v>45750</v>
       </c>
       <c r="B64" t="n">
-        <v>13.8022</v>
+        <v>12.7556</v>
       </c>
       <c r="C64" t="n">
-        <v>13.7403</v>
+        <v>12.5891</v>
       </c>
       <c r="D64" t="n">
-        <v>-0.0619</v>
+        <v>-0.1665</v>
       </c>
       <c r="E64" t="n">
-        <v>-0.004484792279491675</v>
+        <v>-0.013053090407350497</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="2" t="n">
-        <v>45385</v>
+        <v>45751</v>
       </c>
       <c r="B65" t="n">
-        <v>13.7983</v>
+        <v>12.3099</v>
       </c>
       <c r="C65" t="n">
-        <v>13.755</v>
+        <v>11.6793</v>
       </c>
       <c r="D65" t="n">
-        <v>-0.0433</v>
+        <v>-0.6306</v>
       </c>
       <c r="E65" t="n">
-        <v>-0.003138067732981599</v>
+        <v>-0.05122706114590695</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="2" t="n">
-        <v>45386</v>
+        <v>45754</v>
       </c>
       <c r="B66" t="n">
-        <v>14.0356</v>
+        <v>11.2098</v>
       </c>
       <c r="C66" t="n">
-        <v>13.81</v>
+        <v>10.9932</v>
       </c>
       <c r="D66" t="n">
-        <v>-0.2256</v>
+        <v>-0.2166</v>
       </c>
       <c r="E66" t="n">
-        <v>-0.016073413320413805</v>
+        <v>-0.019322378632981856</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="2" t="n">
-        <v>45387</v>
+        <v>45755</v>
       </c>
       <c r="B67" t="n">
-        <v>14.0496</v>
+        <v>11.4284</v>
       </c>
       <c r="C67" t="n">
-        <v>14.0026</v>
+        <v>10.8139</v>
       </c>
       <c r="D67" t="n">
-        <v>-0.047</v>
+        <v>-0.6145</v>
       </c>
       <c r="E67" t="n">
-        <v>-0.0033452909691379113</v>
+        <v>-0.05376955654334815</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="2" t="n">
-        <v>45390</v>
+        <v>45756</v>
       </c>
       <c r="B68" t="n">
-        <v>14.274</v>
+        <v>11.2259</v>
       </c>
       <c r="C68" t="n">
-        <v>14.21</v>
+        <v>11.5465</v>
       </c>
       <c r="D68" t="n">
-        <v>-0.064</v>
+        <v>0.3206</v>
       </c>
       <c r="E68" t="n">
-        <v>-0.004483676614824156</v>
+        <v>0.02855895741098709</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="2" t="n">
-        <v>45391</v>
+        <v>45757</v>
       </c>
       <c r="B69" t="n">
-        <v>14.3946</v>
+        <v>12.0421</v>
       </c>
       <c r="C69" t="n">
-        <v>14.32</v>
+        <v>11.734</v>
       </c>
       <c r="D69" t="n">
-        <v>-0.0746</v>
+        <v>-0.3081</v>
       </c>
       <c r="E69" t="n">
-        <v>-0.0051824989926778095</v>
+        <v>-0.025585238455086735</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="2" t="n">
-        <v>45392</v>
+        <v>45758</v>
       </c>
       <c r="B70" t="n">
-        <v>14.2744</v>
+        <v>12.238</v>
       </c>
       <c r="C70" t="n">
-        <v>14.1776</v>
+        <v>12.195</v>
       </c>
       <c r="D70" t="n">
-        <v>-0.0968</v>
+        <v>-0.043</v>
       </c>
       <c r="E70" t="n">
-        <v>-0.006781370845709803</v>
+        <v>-0.0035136460205916</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="2" t="n">
-        <v>45393</v>
+        <v>45761</v>
       </c>
       <c r="B71" t="n">
-        <v>14.3085</v>
+        <v>12.5921</v>
       </c>
       <c r="C71" t="n">
-        <v>14.3024</v>
+        <v>12.504</v>
       </c>
       <c r="D71" t="n">
-        <v>-0.0061</v>
+        <v>-0.0881</v>
       </c>
       <c r="E71" t="n">
-        <v>-0.0004263200195687878</v>
+        <v>-0.006996450155256073</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="2" t="n">
-        <v>45394</v>
+        <v>45762</v>
       </c>
       <c r="B72" t="n">
-        <v>14.1475</v>
+        <v>12.6161</v>
       </c>
       <c r="C72" t="n">
-        <v>13.8958</v>
+        <v>12.5009</v>
       </c>
       <c r="D72" t="n">
-        <v>-0.2517</v>
+        <v>-0.1152</v>
       </c>
       <c r="E72" t="n">
-        <v>-0.01779112917476586</v>
+        <v>-0.00913118951181427</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="2" t="n">
-        <v>45397</v>
+        <v>45763</v>
       </c>
       <c r="B73" t="n">
-        <v>13.9587</v>
+        <v>12.4035</v>
       </c>
       <c r="C73" t="n">
-        <v>13.7351</v>
+        <v>12.24</v>
       </c>
       <c r="D73" t="n">
-        <v>-0.2236</v>
+        <v>-0.1635</v>
       </c>
       <c r="E73" t="n">
-        <v>-0.016018683688309086</v>
+        <v>-0.013181763211996614</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="2" t="n">
-        <v>45398</v>
+        <v>45764</v>
       </c>
       <c r="B74" t="n">
-        <v>13.5379</v>
+        <v>12.4885</v>
       </c>
       <c r="C74" t="n">
-        <v>13.475</v>
+        <v>12.36</v>
       </c>
       <c r="D74" t="n">
-        <v>-0.0629</v>
+        <v>-0.1285</v>
       </c>
       <c r="E74" t="n">
-        <v>-0.004646215439617666</v>
+        <v>-0.010289466309004285</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="2" t="n">
-        <v>45399</v>
+        <v>45768</v>
       </c>
       <c r="B75" t="n">
-        <v>13.6343</v>
+        <v>12.6084</v>
       </c>
       <c r="C75" t="n">
-        <v>13.585</v>
+        <v>12.473</v>
       </c>
       <c r="D75" t="n">
-        <v>-0.0493</v>
+        <v>-0.1354</v>
       </c>
       <c r="E75" t="n">
-        <v>-0.00361588053658787</v>
+        <v>-0.010738872497699945</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="2" t="n">
-        <v>45400</v>
+        <v>45769</v>
       </c>
       <c r="B76" t="n">
-        <v>13.6246</v>
+        <v>12.7528</v>
       </c>
       <c r="C76" t="n">
-        <v>13.5211</v>
+        <v>12.845</v>
       </c>
       <c r="D76" t="n">
-        <v>-0.1035</v>
+        <v>0.0922</v>
       </c>
       <c r="E76" t="n">
-        <v>-0.007596553293307693</v>
+        <v>0.007229784831566401</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="2" t="n">
-        <v>45401</v>
+        <v>45770</v>
       </c>
       <c r="B77" t="n">
-        <v>13.4494</v>
+        <v>12.8647</v>
       </c>
       <c r="C77" t="n">
-        <v>13.35</v>
+        <v>12.7142</v>
       </c>
       <c r="D77" t="n">
-        <v>-0.0994</v>
+        <v>-0.1505</v>
       </c>
       <c r="E77" t="n">
-        <v>-0.00739066426755097</v>
+        <v>-0.011698679331814966</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="2" t="n">
-        <v>45404</v>
+        <v>45771</v>
       </c>
       <c r="B78" t="n">
-        <v>13.3593</v>
+        <v>13.0438</v>
       </c>
       <c r="C78" t="n">
-        <v>13.395</v>
+        <v>13.1153</v>
       </c>
       <c r="D78" t="n">
-        <v>0.0357</v>
+        <v>0.0715</v>
       </c>
       <c r="E78" t="n">
-        <v>0.0026722957041162335</v>
+        <v>0.00548153145555743</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="2" t="n">
-        <v>45405</v>
+        <v>45772</v>
       </c>
       <c r="B79" t="n">
-        <v>13.4878</v>
+        <v>13.2049</v>
       </c>
       <c r="C79" t="n">
-        <v>13.505</v>
+        <v>13.1526</v>
       </c>
       <c r="D79" t="n">
-        <v>0.0172</v>
+        <v>-0.0523</v>
       </c>
       <c r="E79" t="n">
-        <v>0.0012752265009860764</v>
+        <v>-0.003960650970473082</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="2" t="n">
-        <v>45406</v>
+        <v>45775</v>
       </c>
       <c r="B80" t="n">
-        <v>13.6661</v>
+        <v>13.3126</v>
       </c>
       <c r="C80" t="n">
-        <v>13.6039</v>
+        <v>13.27</v>
       </c>
       <c r="D80" t="n">
-        <v>-0.0622</v>
+        <v>-0.0426</v>
       </c>
       <c r="E80" t="n">
-        <v>-0.004551408229121695</v>
+        <v>-0.003199975962621877</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="2" t="n">
-        <v>45407</v>
+        <v>45776</v>
       </c>
       <c r="B81" t="n">
-        <v>13.5769</v>
+        <v>13.4945</v>
       </c>
       <c r="C81" t="n">
-        <v>13.5407</v>
+        <v>13.4696</v>
       </c>
       <c r="D81" t="n">
-        <v>-0.0362</v>
+        <v>-0.0249</v>
       </c>
       <c r="E81" t="n">
-        <v>-0.0026662934837849584</v>
+        <v>-0.0018451961910407944</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="2" t="n">
-        <v>45408</v>
+        <v>45777</v>
       </c>
       <c r="B82" t="n">
-        <v>13.9665</v>
+        <v>13.4399</v>
       </c>
       <c r="C82" t="n">
-        <v>13.905</v>
+        <v>13.3184</v>
       </c>
       <c r="D82" t="n">
-        <v>-0.0615</v>
+        <v>-0.1215</v>
       </c>
       <c r="E82" t="n">
-        <v>-0.00440339383524863</v>
+        <v>-0.009040245835162464</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="2" t="n">
-        <v>45411</v>
+        <v>45778</v>
       </c>
       <c r="B83" t="n">
-        <v>14.1733</v>
+        <v>13.3599</v>
       </c>
       <c r="C83" t="n">
-        <v>14.12</v>
+        <v>13.3445</v>
       </c>
       <c r="D83" t="n">
-        <v>-0.0533</v>
+        <v>-0.0154</v>
       </c>
       <c r="E83" t="n">
-        <v>-0.003760592099228832</v>
+        <v>-0.0011527032387966976</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="2" t="n">
-        <v>45412</v>
+        <v>45779</v>
       </c>
       <c r="B84" t="n">
-        <v>14.0989</v>
+        <v>13.5746</v>
       </c>
       <c r="C84" t="n">
-        <v>13.9787</v>
+        <v>13.6387</v>
       </c>
       <c r="D84" t="n">
-        <v>-0.1202</v>
+        <v>0.0641</v>
       </c>
       <c r="E84" t="n">
-        <v>-0.008525487804013078</v>
+        <v>0.004722054425176432</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="2" t="n">
-        <v>45413</v>
+        <v>45782</v>
       </c>
       <c r="B85" t="n">
-        <v>14.1025</v>
+        <v>13.6697</v>
       </c>
       <c r="C85" t="n">
-        <v>13.9705</v>
+        <v>13.6819</v>
       </c>
       <c r="D85" t="n">
-        <v>-0.132</v>
+        <v>0.0122</v>
       </c>
       <c r="E85" t="n">
-        <v>-0.009360042545647934</v>
+        <v>0.0008924848387309158</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="2" t="n">
-        <v>45414</v>
+        <v>45783</v>
       </c>
       <c r="B86" t="n">
-        <v>14.5413</v>
+        <v>13.6973</v>
       </c>
       <c r="C86" t="n">
-        <v>14.575</v>
+        <v>13.735</v>
       </c>
       <c r="D86" t="n">
-        <v>0.0337</v>
+        <v>0.0377</v>
       </c>
       <c r="E86" t="n">
-        <v>0.002317536946490341</v>
+        <v>0.002752367254860447</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="2" t="n">
-        <v>45415</v>
+        <v>45784</v>
       </c>
       <c r="B87" t="n">
-        <v>14.6488</v>
+        <v>13.5679</v>
       </c>
       <c r="C87" t="n">
-        <v>14.655</v>
+        <v>13.5419</v>
       </c>
       <c r="D87" t="n">
-        <v>0.0062</v>
+        <v>-0.026</v>
       </c>
       <c r="E87" t="n">
-        <v>0.0004232428594833706</v>
+        <v>-0.0019162877084884177</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="2" t="n">
-        <v>45418</v>
+        <v>45785</v>
       </c>
       <c r="B88" t="n">
-        <v>14.6813</v>
+        <v>13.577</v>
       </c>
       <c r="C88" t="n">
-        <v>14.715</v>
+        <v>13.53</v>
       </c>
       <c r="D88" t="n">
-        <v>0.0337</v>
+        <v>-0.047</v>
       </c>
       <c r="E88" t="n">
-        <v>0.002295437052577088</v>
+        <v>-0.0034617367606982396</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="2" t="n">
-        <v>45419</v>
+        <v>45786</v>
       </c>
       <c r="B89" t="n">
-        <v>14.739</v>
+        <v>13.6898</v>
       </c>
       <c r="C89" t="n">
-        <v>14.78</v>
+        <v>13.635</v>
       </c>
       <c r="D89" t="n">
-        <v>0.041</v>
+        <v>-0.0548</v>
       </c>
       <c r="E89" t="n">
-        <v>0.0027817355315828754</v>
+        <v>-0.00400298032111499</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="2" t="n">
-        <v>45420</v>
+        <v>45789</v>
       </c>
       <c r="B90" t="n">
-        <v>14.5038</v>
+        <v>13.7551</v>
       </c>
       <c r="C90" t="n">
-        <v>14.42</v>
+        <v>13.7584</v>
       </c>
       <c r="D90" t="n">
-        <v>-0.0838</v>
+        <v>0.0033</v>
       </c>
       <c r="E90" t="n">
-        <v>-0.005777796163763979</v>
+        <v>0.0002399110148235927</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="2" t="n">
-        <v>45421</v>
+        <v>45790</v>
       </c>
       <c r="B91" t="n">
-        <v>14.5562</v>
+        <v>13.9065</v>
       </c>
       <c r="C91" t="n">
-        <v>14.5434</v>
+        <v>13.9158</v>
       </c>
       <c r="D91" t="n">
-        <v>-0.0128</v>
+        <v>0.0093</v>
       </c>
       <c r="E91" t="n">
-        <v>-0.0008793503799068439</v>
+        <v>0.0006687520224355517</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="2" t="n">
-        <v>45422</v>
+        <v>45791</v>
       </c>
       <c r="B92" t="n">
-        <v>14.5933</v>
+        <v>13.9416</v>
       </c>
       <c r="C92" t="n">
-        <v>14.4959</v>
+        <v>13.8333</v>
       </c>
       <c r="D92" t="n">
-        <v>-0.0974</v>
+        <v>-0.1083</v>
       </c>
       <c r="E92" t="n">
-        <v>-0.006674295738455319</v>
+        <v>-0.007768118436908247</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="2" t="n">
-        <v>45425</v>
+        <v>45792</v>
       </c>
       <c r="B93" t="n">
-        <v>14.5853</v>
+        <v>13.8227</v>
       </c>
       <c r="C93" t="n">
-        <v>14.4992</v>
+        <v>13.8053</v>
       </c>
       <c r="D93" t="n">
-        <v>-0.0861</v>
+        <v>-0.0174</v>
       </c>
       <c r="E93" t="n">
-        <v>-0.005903203910786888</v>
+        <v>-0.0012587989321912508</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="2" t="n">
-        <v>45426</v>
+        <v>45793</v>
       </c>
       <c r="B94" t="n">
-        <v>14.5912</v>
+        <v>13.8137</v>
       </c>
       <c r="C94" t="n">
-        <v>14.5359</v>
+        <v>13.82</v>
       </c>
       <c r="D94" t="n">
-        <v>-0.0553</v>
+        <v>0.0063</v>
       </c>
       <c r="E94" t="n">
-        <v>-0.0037899555896704863</v>
+        <v>0.0004560689750030766</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="2" t="n">
-        <v>45427</v>
+        <v>45796</v>
       </c>
       <c r="B95" t="n">
-        <v>14.7359</v>
+        <v>13.9468</v>
       </c>
       <c r="C95" t="n">
-        <v>14.775</v>
+        <v>13.9703</v>
       </c>
       <c r="D95" t="n">
-        <v>0.0391</v>
+        <v>0.0235</v>
       </c>
       <c r="E95" t="n">
-        <v>0.00265338391275728</v>
+        <v>0.00168497433102934</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="2" t="n">
-        <v>45428</v>
+        <v>45797</v>
       </c>
       <c r="B96" t="n">
-        <v>14.7654</v>
+        <v>14.0497</v>
       </c>
       <c r="C96" t="n">
-        <v>14.6644</v>
+        <v>14</v>
       </c>
       <c r="D96" t="n">
-        <v>-0.101</v>
+        <v>-0.0497</v>
       </c>
       <c r="E96" t="n">
-        <v>-0.006840315873596381</v>
+        <v>-0.0035374420806138208</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="2" t="n">
-        <v>45429</v>
+        <v>45798</v>
       </c>
       <c r="B97" t="n">
-        <v>14.7711</v>
+        <v>14.1689</v>
       </c>
       <c r="C97" t="n">
-        <v>14.765</v>
+        <v>14.0168</v>
       </c>
       <c r="D97" t="n">
-        <v>-0.0061</v>
+        <v>-0.1521</v>
       </c>
       <c r="E97" t="n">
-        <v>-0.0004129685669990726</v>
+        <v>-0.010734778282012013</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="2" t="n">
-        <v>45432</v>
+        <v>45799</v>
       </c>
       <c r="B98" t="n">
-        <v>14.8821</v>
+        <v>14.1881</v>
       </c>
       <c r="C98" t="n">
-        <v>14.785</v>
+        <v>14.0742</v>
       </c>
       <c r="D98" t="n">
-        <v>-0.0971</v>
+        <v>-0.1139</v>
       </c>
       <c r="E98" t="n">
-        <v>-0.006524616821550722</v>
+        <v>-0.008027854328627512</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="2" t="n">
-        <v>45433</v>
+        <v>45800</v>
       </c>
       <c r="B99" t="n">
-        <v>14.7283</v>
+        <v>14.2151</v>
       </c>
       <c r="C99" t="n">
-        <v>14.7017</v>
+        <v>14.0968</v>
       </c>
       <c r="D99" t="n">
-        <v>-0.0266</v>
+        <v>-0.1183</v>
       </c>
       <c r="E99" t="n">
-        <v>-0.0018060468621633183</v>
+        <v>-0.008322136319828916</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="2" t="n">
-        <v>45434</v>
+        <v>45804</v>
       </c>
       <c r="B100" t="n">
-        <v>14.7292</v>
+        <v>14.1795</v>
       </c>
       <c r="C100" t="n">
-        <v>14.5971</v>
+        <v>14.0792</v>
       </c>
       <c r="D100" t="n">
-        <v>-0.1321</v>
+        <v>-0.1003</v>
       </c>
       <c r="E100" t="n">
-        <v>-0.0089685794204709</v>
+        <v>-0.007073592157692443</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="2" t="n">
-        <v>45435</v>
+        <v>45805</v>
       </c>
       <c r="B101" t="n">
-        <v>14.6989</v>
+        <v>14.1479</v>
       </c>
       <c r="C101" t="n">
-        <v>14.5262</v>
+        <v>14.046</v>
       </c>
       <c r="D101" t="n">
-        <v>-0.1727</v>
+        <v>-0.1019</v>
       </c>
       <c r="E101" t="n">
-        <v>-0.011749178509956527</v>
+        <v>-0.007202482347203472</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="2" t="n">
-        <v>45436</v>
+        <v>45806</v>
       </c>
       <c r="B102" t="n">
-        <v>14.5915</v>
+        <v>14.3759</v>
       </c>
       <c r="C102" t="n">
-        <v>14.5251</v>
+        <v>14.27</v>
       </c>
       <c r="D102" t="n">
-        <v>-0.0664</v>
+        <v>-0.1059</v>
       </c>
       <c r="E102" t="n">
-        <v>-0.0045505945242093</v>
+        <v>-0.007366495315075926</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="2" t="n">
-        <v>45440</v>
+        <v>45807</v>
       </c>
       <c r="B103" t="n">
-        <v>14.8452</v>
+        <v>14.3623</v>
       </c>
       <c r="C103" t="n">
-        <v>14.7179</v>
+        <v>14.1862</v>
       </c>
       <c r="D103" t="n">
-        <v>-0.1273</v>
+        <v>-0.1761</v>
       </c>
       <c r="E103" t="n">
-        <v>-0.008575162342036483</v>
+        <v>-0.012261267345759384</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="2" t="n">
-        <v>45441</v>
+        <v>45810</v>
       </c>
       <c r="B104" t="n">
-        <v>14.4181</v>
+        <v>14.3775</v>
       </c>
       <c r="C104" t="n">
-        <v>14.39</v>
+        <v>14.3622</v>
       </c>
       <c r="D104" t="n">
-        <v>-0.0281</v>
+        <v>-0.0153</v>
       </c>
       <c r="E104" t="n">
-        <v>-0.0019489391806132568</v>
+        <v>-0.0010641627543035994</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="2" t="n">
-        <v>45442</v>
+        <v>45811</v>
       </c>
       <c r="B105" t="n">
-        <v>14.2507</v>
+        <v>14.478</v>
       </c>
       <c r="C105" t="n">
-        <v>14.2902</v>
+        <v>14.46</v>
       </c>
       <c r="D105" t="n">
-        <v>0.0395</v>
+        <v>-0.018</v>
       </c>
       <c r="E105" t="n">
-        <v>0.0027717936662760424</v>
+        <v>-0.0012432656444260257</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="2" t="n">
-        <v>45443</v>
+        <v>45812</v>
       </c>
       <c r="B106" t="n">
-        <v>14.1586</v>
+        <v>14.6712</v>
       </c>
       <c r="C106" t="n">
-        <v>14.045</v>
+        <v>14.695</v>
       </c>
       <c r="D106" t="n">
-        <v>-0.1136</v>
+        <v>0.0238</v>
       </c>
       <c r="E106" t="n">
-        <v>-0.008023392143291003</v>
+        <v>0.0016222258574622387</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="2" t="n">
-        <v>45446</v>
+        <v>45813</v>
       </c>
       <c r="B107" t="n">
-        <v>14.127</v>
+        <v>14.6408</v>
       </c>
       <c r="C107" t="n">
-        <v>14.06</v>
+        <v>14.6003</v>
       </c>
       <c r="D107" t="n">
-        <v>-0.067</v>
+        <v>-0.0405</v>
       </c>
       <c r="E107" t="n">
-        <v>-0.0047426913003468536</v>
+        <v>-0.0027662422818425223</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="2" t="n">
-        <v>45447</v>
+        <v>45814</v>
       </c>
       <c r="B108" t="n">
-        <v>14.1307</v>
+        <v>14.6199</v>
       </c>
       <c r="C108" t="n">
-        <v>14.035</v>
+        <v>14.64</v>
       </c>
       <c r="D108" t="n">
-        <v>-0.0957</v>
+        <v>0.0201</v>
       </c>
       <c r="E108" t="n">
-        <v>-0.006772488270220159</v>
+        <v>0.00137483840518745</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="2" t="n">
-        <v>45448</v>
+        <v>45817</v>
       </c>
       <c r="B109" t="n">
-        <v>13.927</v>
+        <v>14.6786</v>
       </c>
       <c r="C109" t="n">
-        <v>13.95</v>
+        <v>14.67</v>
       </c>
       <c r="D109" t="n">
-        <v>0.023</v>
+        <v>-0.0086</v>
       </c>
       <c r="E109" t="n">
-        <v>0.0016514683707905507</v>
+        <v>-0.0005858869374463505</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="2" t="n">
-        <v>45449</v>
+        <v>45818</v>
       </c>
       <c r="B110" t="n">
-        <v>13.8763</v>
+        <v>14.683</v>
       </c>
       <c r="C110" t="n">
-        <v>13.8702</v>
+        <v>14.6386</v>
       </c>
       <c r="D110" t="n">
-        <v>-0.0061</v>
+        <v>-0.0444</v>
       </c>
       <c r="E110" t="n">
-        <v>-0.0004395984520369263</v>
+        <v>-0.003023905196485732</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="2" t="n">
-        <v>45450</v>
+        <v>45819</v>
       </c>
       <c r="B111" t="n">
-        <v>13.6045</v>
+        <v>14.8133</v>
       </c>
       <c r="C111" t="n">
-        <v>13.52</v>
+        <v>14.75</v>
       </c>
       <c r="D111" t="n">
-        <v>-0.0845</v>
+        <v>-0.0633</v>
       </c>
       <c r="E111" t="n">
-        <v>-0.006211180124223602</v>
+        <v>-0.0042731869333639365</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="2" t="n">
-        <v>45453</v>
+        <v>45820</v>
       </c>
       <c r="B112" t="n">
-        <v>13.6935</v>
+        <v>14.8528</v>
       </c>
       <c r="C112" t="n">
-        <v>13.605</v>
+        <v>14.85</v>
       </c>
       <c r="D112" t="n">
-        <v>-0.0885</v>
+        <v>-0.0028</v>
       </c>
       <c r="E112" t="n">
-        <v>-0.006462920363676196</v>
+        <v>-0.0001885166433265109</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="2" t="n">
-        <v>45454</v>
+        <v>45821</v>
       </c>
       <c r="B113" t="n">
-        <v>13.6987</v>
+        <v>14.5199</v>
       </c>
       <c r="C113" t="n">
-        <v>13.59</v>
+        <v>14.4752</v>
       </c>
       <c r="D113" t="n">
-        <v>-0.1087</v>
+        <v>-0.0447</v>
       </c>
       <c r="E113" t="n">
-        <v>-0.00793505953119639</v>
+        <v>-0.0030785335987162446</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="2" t="n">
-        <v>45455</v>
+        <v>45824</v>
       </c>
       <c r="B114" t="n">
-        <v>13.8435</v>
+        <v>14.504</v>
       </c>
       <c r="C114" t="n">
-        <v>13.765</v>
+        <v>14.4751</v>
       </c>
       <c r="D114" t="n">
-        <v>-0.0785</v>
+        <v>-0.0289</v>
       </c>
       <c r="E114" t="n">
-        <v>-0.0056705312962762305</v>
+        <v>-0.001992553778268064</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="2" t="n">
-        <v>45456</v>
+        <v>45825</v>
       </c>
       <c r="B115" t="n">
-        <v>13.5153</v>
+        <v>14.4088</v>
       </c>
       <c r="C115" t="n">
-        <v>13.38</v>
+        <v>14.2606</v>
       </c>
       <c r="D115" t="n">
-        <v>-0.1353</v>
+        <v>-0.1482</v>
       </c>
       <c r="E115" t="n">
-        <v>-0.010010876562118487</v>
+        <v>-0.010285381155960246</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="2" t="n">
-        <v>45457</v>
+        <v>45826</v>
       </c>
       <c r="B116" t="n">
-        <v>13.2932</v>
+        <v>14.3473</v>
       </c>
       <c r="C116" t="n">
-        <v>13.1623</v>
+        <v>14.2283</v>
       </c>
       <c r="D116" t="n">
-        <v>-0.1309</v>
+        <v>-0.119</v>
       </c>
       <c r="E116" t="n">
-        <v>-0.009847139891072129</v>
+        <v>-0.008294243516201654</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="2" t="n">
-        <v>45460</v>
+        <v>45828</v>
       </c>
       <c r="B117" t="n">
-        <v>13.2246</v>
+        <v>14.1816</v>
       </c>
       <c r="C117" t="n">
-        <v>13.165</v>
+        <v>14.0204</v>
       </c>
       <c r="D117" t="n">
-        <v>-0.0596</v>
+        <v>-0.1612</v>
       </c>
       <c r="E117" t="n">
-        <v>-0.004506752567185397</v>
+        <v>-0.011366841541151916</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="2" t="n">
-        <v>45461</v>
+        <v>45831</v>
       </c>
       <c r="B118" t="n">
-        <v>13.2212</v>
+        <v>14.1703</v>
       </c>
       <c r="C118" t="n">
-        <v>13.165</v>
+        <v>14.2345</v>
       </c>
       <c r="D118" t="n">
-        <v>-0.0562</v>
+        <v>0.0642</v>
       </c>
       <c r="E118" t="n">
-        <v>-0.004250748797386016</v>
+        <v>0.004530602739532685</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="2" t="n">
-        <v>45463</v>
+        <v>45832</v>
       </c>
       <c r="B119" t="n">
-        <v>13.1883</v>
+        <v>14.4419</v>
       </c>
       <c r="C119" t="n">
-        <v>13.0202</v>
+        <v>14.515</v>
       </c>
       <c r="D119" t="n">
-        <v>-0.1681</v>
+        <v>0.0731</v>
       </c>
       <c r="E119" t="n">
-        <v>-0.01274614620534868</v>
+        <v>0.005061660861797963</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="2" t="n">
-        <v>45464</v>
+        <v>45833</v>
       </c>
       <c r="B120" t="n">
-        <v>13.1725</v>
+        <v>14.5412</v>
       </c>
       <c r="C120" t="n">
-        <v>13.0513</v>
+        <v>14.495</v>
       </c>
       <c r="D120" t="n">
-        <v>-0.1212</v>
+        <v>-0.0462</v>
       </c>
       <c r="E120" t="n">
-        <v>-0.009200986904535965</v>
+        <v>-0.003177179324952549</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="2" t="n">
-        <v>45467</v>
+        <v>45834</v>
       </c>
       <c r="B121" t="n">
-        <v>13.1683</v>
+        <v>14.6187</v>
       </c>
       <c r="C121" t="n">
-        <v>13.07</v>
+        <v>14.5064</v>
       </c>
       <c r="D121" t="n">
-        <v>-0.0983</v>
+        <v>-0.1123</v>
       </c>
       <c r="E121" t="n">
-        <v>-0.007464896759642475</v>
+        <v>-0.007681941622716111</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="2" t="n">
-        <v>45468</v>
+        <v>45835</v>
       </c>
       <c r="B122" t="n">
-        <v>13.1284</v>
+        <v>14.7192</v>
       </c>
       <c r="C122" t="n">
-        <v>13.03</v>
+        <v>14.6709</v>
       </c>
       <c r="D122" t="n">
-        <v>-0.0984</v>
+        <v>-0.0483</v>
       </c>
       <c r="E122" t="n">
-        <v>-0.007495201243106547</v>
+        <v>-0.0032814283384966576</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="2" t="n">
-        <v>45469</v>
+        <v>45838</v>
       </c>
       <c r="B123" t="n">
-        <v>13.2116</v>
+        <v>14.773</v>
       </c>
       <c r="C123" t="n">
-        <v>13.021</v>
+        <v>14.6954</v>
       </c>
       <c r="D123" t="n">
-        <v>-0.1906</v>
+        <v>-0.0776</v>
       </c>
       <c r="E123" t="n">
-        <v>-0.014426715916315965</v>
+        <v>-0.00525282610167197</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="2" t="n">
-        <v>45470</v>
+        <v>45839</v>
       </c>
       <c r="B124" t="n">
-        <v>13.1181</v>
+        <v>14.7451</v>
       </c>
       <c r="C124" t="n">
-        <v>12.9977</v>
+        <v>14.7528</v>
       </c>
       <c r="D124" t="n">
-        <v>-0.1204</v>
+        <v>0.0077</v>
       </c>
       <c r="E124" t="n">
-        <v>-0.009178158422332503</v>
+        <v>0.0005222073773660402</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="2" t="n">
-        <v>45471</v>
+        <v>45840</v>
       </c>
       <c r="B125" t="n">
-        <v>13.1091</v>
+        <v>14.7722</v>
       </c>
       <c r="C125" t="n">
-        <v>13.0286</v>
+        <v>14.7028</v>
       </c>
       <c r="D125" t="n">
-        <v>-0.0805</v>
+        <v>-0.0694</v>
       </c>
       <c r="E125" t="n">
-        <v>-0.006140772440518419</v>
+        <v>-0.00469801383680156</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="2" t="n">
-        <v>45474</v>
+        <v>45841</v>
       </c>
       <c r="B126" t="n">
-        <v>13.2572</v>
+        <v>14.8426</v>
       </c>
       <c r="C126" t="n">
-        <v>13.115</v>
+        <v>14.7316</v>
       </c>
       <c r="D126" t="n">
-        <v>-0.1422</v>
+        <v>-0.111</v>
       </c>
       <c r="E126" t="n">
-        <v>-0.01072624686962556</v>
+        <v>-0.007478474121784593</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="2" t="n">
-        <v>45475</v>
+        <v>45845</v>
       </c>
       <c r="B127" t="n">
-        <v>13.1718</v>
+        <v>14.9625</v>
       </c>
       <c r="C127" t="n">
-        <v>13.045</v>
+        <v>14.94</v>
       </c>
       <c r="D127" t="n">
-        <v>-0.1268</v>
+        <v>-0.0225</v>
       </c>
       <c r="E127" t="n">
-        <v>-0.009626626581029168</v>
+        <v>-0.001503759398496241</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="2" t="n">
-        <v>45476</v>
+        <v>45846</v>
       </c>
       <c r="B128" t="n">
-        <v>13.4506</v>
+        <v>15.1121</v>
       </c>
       <c r="C128" t="n">
-        <v>13.3328</v>
+        <v>15.0301</v>
       </c>
       <c r="D128" t="n">
-        <v>-0.1178</v>
+        <v>-0.082</v>
       </c>
       <c r="E128" t="n">
-        <v>-0.008757973621994559</v>
+        <v>-0.005426115496853515</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="2" t="n">
-        <v>45478</v>
+        <v>45847</v>
       </c>
       <c r="B129" t="n">
-        <v>13.5304</v>
+        <v>15.352</v>
       </c>
       <c r="C129" t="n">
-        <v>13.5521</v>
+        <v>15.2802</v>
       </c>
       <c r="D129" t="n">
-        <v>0.0217</v>
+        <v>-0.0718</v>
       </c>
       <c r="E129" t="n">
-        <v>0.0016037958966475493</v>
+        <v>-0.004676915059927045</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="2" t="n">
-        <v>45481</v>
+        <v>45848</v>
       </c>
       <c r="B130" t="n">
-        <v>13.3452</v>
+        <v>15.3294</v>
       </c>
       <c r="C130" t="n">
-        <v>13.19</v>
+        <v>15.27</v>
       </c>
       <c r="D130" t="n">
-        <v>-0.1552</v>
+        <v>-0.0594</v>
       </c>
       <c r="E130" t="n">
-        <v>-0.011629649611845457</v>
+        <v>-0.0038749070413714825</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="2" t="n">
-        <v>45482</v>
+        <v>45849</v>
       </c>
       <c r="B131" t="n">
-        <v>13.3101</v>
+        <v>15.2033</v>
       </c>
       <c r="C131" t="n">
-        <v>13.1608</v>
+        <v>15.1381</v>
       </c>
       <c r="D131" t="n">
-        <v>-0.1493</v>
+        <v>-0.0652</v>
       </c>
       <c r="E131" t="n">
-        <v>-0.011217045702135971</v>
+        <v>-0.004288542619036657</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="2" t="n">
-        <v>45483</v>
+        <v>45852</v>
       </c>
       <c r="B132" t="n">
-        <v>13.3391</v>
+        <v>15.2367</v>
       </c>
       <c r="C132" t="n">
-        <v>13.275</v>
+        <v>15.2193</v>
       </c>
       <c r="D132" t="n">
-        <v>-0.0641</v>
+        <v>-0.0174</v>
       </c>
       <c r="E132" t="n">
-        <v>-0.004805421655134154</v>
+        <v>-0.0011419795625036918</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="2" t="n">
-        <v>45484</v>
+        <v>45853</v>
       </c>
       <c r="B133" t="n">
-        <v>13.5523</v>
+        <v>15.249</v>
       </c>
       <c r="C133" t="n">
-        <v>13.4902</v>
+        <v>15.1901</v>
       </c>
       <c r="D133" t="n">
-        <v>-0.0621</v>
+        <v>-0.0589</v>
       </c>
       <c r="E133" t="n">
-        <v>-0.004582248031699416</v>
+        <v>-0.003862548363827136</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="2" t="n">
-        <v>45485</v>
+        <v>45854</v>
       </c>
       <c r="B134" t="n">
-        <v>13.6113</v>
+        <v>15.2063</v>
       </c>
       <c r="C134" t="n">
-        <v>13.5252</v>
+        <v>15.1951</v>
       </c>
       <c r="D134" t="n">
-        <v>-0.0861</v>
+        <v>-0.0112</v>
       </c>
       <c r="E134" t="n">
-        <v>-0.0063256265015097755</v>
+        <v>-0.0007365368301296174</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="2" t="n">
-        <v>45488</v>
+        <v>45855</v>
       </c>
       <c r="B135" t="n">
-        <v>13.4238</v>
+        <v>15.2777</v>
       </c>
       <c r="C135" t="n">
-        <v>13.255</v>
+        <v>15.2351</v>
       </c>
       <c r="D135" t="n">
-        <v>-0.1688</v>
+        <v>-0.0426</v>
       </c>
       <c r="E135" t="n">
-        <v>-0.012574680790834191</v>
+        <v>-0.002788377831741689</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="2" t="n">
-        <v>45489</v>
+        <v>45856</v>
       </c>
       <c r="B136" t="n">
-        <v>13.3894</v>
+        <v>15.3594</v>
       </c>
       <c r="C136" t="n">
-        <v>13.295</v>
+        <v>15.2013</v>
       </c>
       <c r="D136" t="n">
-        <v>-0.0944</v>
+        <v>-0.1581</v>
       </c>
       <c r="E136" t="n">
-        <v>-0.007050353264522682</v>
+        <v>-0.010293370834798234</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="2" t="n">
-        <v>45490</v>
+        <v>45859</v>
       </c>
       <c r="B137" t="n">
-        <v>13.3439</v>
+        <v>15.4267</v>
       </c>
       <c r="C137" t="n">
-        <v>13.1806</v>
+        <v>15.345</v>
       </c>
       <c r="D137" t="n">
-        <v>-0.1633</v>
+        <v>-0.0817</v>
       </c>
       <c r="E137" t="n">
-        <v>-0.012237801542277745</v>
+        <v>-0.005296012757102945</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="2" t="n">
-        <v>45491</v>
+        <v>45860</v>
       </c>
       <c r="B138" t="n">
-        <v>13.3538</v>
+        <v>15.3715</v>
       </c>
       <c r="C138" t="n">
-        <v>13.135</v>
+        <v>15.34</v>
       </c>
       <c r="D138" t="n">
-        <v>-0.2188</v>
+        <v>-0.0315</v>
       </c>
       <c r="E138" t="n">
-        <v>-0.01638484925639144</v>
+        <v>-0.002049246983053053</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="2" t="n">
-        <v>45492</v>
+        <v>45861</v>
       </c>
       <c r="B139" t="n">
-        <v>13.1712</v>
+        <v>15.6024</v>
       </c>
       <c r="C139" t="n">
-        <v>13.065</v>
+        <v>15.5744</v>
       </c>
       <c r="D139" t="n">
-        <v>-0.1062</v>
+        <v>-0.028</v>
       </c>
       <c r="E139" t="n">
-        <v>-0.00806304664723032</v>
+        <v>-0.0017945957032251447</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="2" t="n">
-        <v>45495</v>
+        <v>45862</v>
       </c>
       <c r="B140" t="n">
-        <v>13.2214</v>
+        <v>15.8796</v>
       </c>
       <c r="C140" t="n">
-        <v>13.1851</v>
+        <v>15.7845</v>
       </c>
       <c r="D140" t="n">
-        <v>-0.0363</v>
+        <v>-0.0951</v>
       </c>
       <c r="E140" t="n">
-        <v>-0.002745548882871708</v>
+        <v>-0.005988815839189904</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="2" t="n">
-        <v>45496</v>
+        <v>45863</v>
       </c>
       <c r="B141" t="n">
-        <v>13.0701</v>
+        <v>15.907</v>
       </c>
       <c r="C141" t="n">
-        <v>12.9451</v>
+        <v>15.9026</v>
       </c>
       <c r="D141" t="n">
-        <v>-0.125</v>
+        <v>-0.0044</v>
       </c>
       <c r="E141" t="n">
-        <v>-0.009563813589796558</v>
+        <v>-0.0002766077827371598</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="2" t="n">
-        <v>45497</v>
+        <v>45866</v>
       </c>
       <c r="B142" t="n">
-        <v>12.9478</v>
+        <v>15.6832</v>
       </c>
       <c r="C142" t="n">
-        <v>12.8226</v>
+        <v>15.493</v>
       </c>
       <c r="D142" t="n">
-        <v>-0.1252</v>
+        <v>-0.1902</v>
       </c>
       <c r="E142" t="n">
-        <v>-0.009669596379307682</v>
+        <v>-0.01212762701489492</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="2" t="n">
-        <v>45498</v>
+        <v>45867</v>
       </c>
       <c r="B143" t="n">
-        <v>12.6782</v>
+        <v>15.7241</v>
       </c>
       <c r="C143" t="n">
-        <v>12.6231</v>
+        <v>15.5979</v>
       </c>
       <c r="D143" t="n">
-        <v>-0.0551</v>
+        <v>-0.1262</v>
       </c>
       <c r="E143" t="n">
-        <v>-0.0043460428136486255</v>
+        <v>-0.008025896553697827</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="2" t="n">
-        <v>45499</v>
+        <v>45868</v>
       </c>
       <c r="B144" t="n">
-        <v>12.7701</v>
+        <v>15.5813</v>
       </c>
       <c r="C144" t="n">
-        <v>12.715</v>
+        <v>15.4425</v>
       </c>
       <c r="D144" t="n">
-        <v>-0.0551</v>
+        <v>-0.1388</v>
       </c>
       <c r="E144" t="n">
-        <v>-0.004314766524929327</v>
+        <v>-0.00890811421383325</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="2" t="n">
-        <v>45502</v>
+        <v>45869</v>
       </c>
       <c r="B145" t="n">
-        <v>12.8104</v>
+        <v>15.354</v>
       </c>
       <c r="C145" t="n">
-        <v>12.685</v>
+        <v>15.2589</v>
       </c>
       <c r="D145" t="n">
-        <v>-0.1254</v>
+        <v>-0.0951</v>
       </c>
       <c r="E145" t="n">
-        <v>-0.009788921501280209</v>
+        <v>-0.006193825713169206</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="2" t="n">
-        <v>45503</v>
+        <v>45870</v>
       </c>
       <c r="B146" t="n">
-        <v>12.7147</v>
+        <v>15.2364</v>
       </c>
       <c r="C146" t="n">
-        <v>12.6001</v>
+        <v>15.1619</v>
       </c>
       <c r="D146" t="n">
-        <v>-0.1146</v>
+        <v>-0.0745</v>
       </c>
       <c r="E146" t="n">
-        <v>-0.009013189457871596</v>
+        <v>-0.004889606468719645</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="2" t="n">
-        <v>45504</v>
+        <v>45873</v>
       </c>
       <c r="B147" t="n">
-        <v>12.9391</v>
+        <v>15.3194</v>
       </c>
       <c r="C147" t="n">
-        <v>12.8301</v>
+        <v>15.2804</v>
       </c>
       <c r="D147" t="n">
-        <v>-0.109</v>
+        <v>-0.039</v>
       </c>
       <c r="E147" t="n">
-        <v>-0.008424078954486788</v>
+        <v>-0.0025457916106374923</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="2" t="n">
-        <v>45505</v>
+        <v>45874</v>
       </c>
       <c r="B148" t="n">
-        <v>12.8395</v>
+        <v>15.4252</v>
       </c>
       <c r="C148" t="n">
-        <v>12.575</v>
+        <v>15.3052</v>
       </c>
       <c r="D148" t="n">
-        <v>-0.2645</v>
+        <v>-0.12</v>
       </c>
       <c r="E148" t="n">
-        <v>-0.02060049067331282</v>
+        <v>-0.0077794777377278735</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="2" t="n">
-        <v>45506</v>
+        <v>45875</v>
       </c>
       <c r="B149" t="n">
-        <v>12.5757</v>
+        <v>15.5391</v>
       </c>
       <c r="C149" t="n">
-        <v>12.4696</v>
+        <v>15.5393</v>
       </c>
       <c r="D149" t="n">
-        <v>-0.1061</v>
+        <v>0.0002</v>
       </c>
       <c r="E149" t="n">
-        <v>-0.008436906096678515</v>
+        <v>1.28707582807241E-05</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="2" t="n">
-        <v>45509</v>
+        <v>45876</v>
       </c>
       <c r="B150" t="n">
-        <v>12.0765</v>
+        <v>15.8058</v>
       </c>
       <c r="C150" t="n">
-        <v>12</v>
+        <v>15.7403</v>
       </c>
       <c r="D150" t="n">
-        <v>-0.0765</v>
+        <v>-0.0655</v>
       </c>
       <c r="E150" t="n">
-        <v>-0.0063346168177866105</v>
+        <v>-0.004144048387300864</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="2" t="n">
-        <v>45510</v>
+        <v>45877</v>
       </c>
       <c r="B151" t="n">
-        <v>12.25</v>
+        <v>15.8016</v>
       </c>
       <c r="C151" t="n">
-        <v>12.145</v>
+        <v>15.7698</v>
       </c>
       <c r="D151" t="n">
-        <v>-0.105</v>
+        <v>-0.0318</v>
       </c>
       <c r="E151" t="n">
-        <v>-0.008571428571428572</v>
+        <v>-0.002012454434993925</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="2" t="n">
-        <v>45511</v>
+        <v>45880</v>
       </c>
       <c r="B152" t="n">
-        <v>12.397</v>
+        <v>15.7553</v>
       </c>
       <c r="C152" t="n">
-        <v>12.15</v>
+        <v>15.74</v>
       </c>
       <c r="D152" t="n">
-        <v>-0.247</v>
+        <v>-0.0153</v>
       </c>
       <c r="E152" t="n">
-        <v>-0.01992417520367831</v>
+        <v>-0.0009711017879697626</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="2" t="n">
-        <v>45512</v>
+        <v>45881</v>
       </c>
       <c r="B153" t="n">
-        <v>12.2692</v>
+        <v>15.7994</v>
       </c>
       <c r="C153" t="n">
-        <v>12.235</v>
+        <v>15.755</v>
       </c>
       <c r="D153" t="n">
-        <v>-0.0342</v>
+        <v>-0.0444</v>
       </c>
       <c r="E153" t="n">
-        <v>-0.0027874678055618946</v>
+        <v>-0.0028102332999987343</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="2" t="n">
-        <v>45513</v>
+        <v>45882</v>
       </c>
       <c r="B154" t="n">
-        <v>12.4697</v>
+        <v>15.9903</v>
       </c>
       <c r="C154" t="n">
-        <v>12.295</v>
+        <v>15.9703</v>
       </c>
       <c r="D154" t="n">
-        <v>-0.1747</v>
+        <v>-0.02</v>
       </c>
       <c r="E154" t="n">
-        <v>-0.014009960143387571</v>
+        <v>-0.0012507582722025227</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="2" t="n">
-        <v>45516</v>
+        <v>45883</v>
       </c>
       <c r="B155" t="n">
-        <v>12.4214</v>
+        <v>16.0693</v>
       </c>
       <c r="C155" t="n">
-        <v>12.3359</v>
+        <v>15.98</v>
       </c>
       <c r="D155" t="n">
-        <v>-0.0855</v>
+        <v>-0.0893</v>
       </c>
       <c r="E155" t="n">
-        <v>-0.006883282077704607</v>
+        <v>-0.005557180462123428</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="2" t="n">
-        <v>45517</v>
+        <v>45884</v>
       </c>
       <c r="B156" t="n">
-        <v>12.6056</v>
+        <v>16.1296</v>
       </c>
       <c r="C156" t="n">
-        <v>12.505</v>
+        <v>16.0482</v>
       </c>
       <c r="D156" t="n">
-        <v>-0.1006</v>
+        <v>-0.0814</v>
       </c>
       <c r="E156" t="n">
-        <v>-0.007980580059656026</v>
+        <v>-0.005046622358892967</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="2" t="n">
-        <v>45518</v>
+        <v>45887</v>
       </c>
       <c r="B157" t="n">
-        <v>12.8206</v>
+        <v>16.2015</v>
       </c>
       <c r="C157" t="n">
-        <v>12.665</v>
+        <v>16.0061</v>
       </c>
       <c r="D157" t="n">
-        <v>-0.1556</v>
+        <v>-0.1954</v>
       </c>
       <c r="E157" t="n">
-        <v>-0.012136717470321202</v>
+        <v>-0.012060611671758786</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="2" t="n">
-        <v>45519</v>
+        <v>45888</v>
       </c>
       <c r="B158" t="n">
-        <v>12.8973</v>
+        <v>16.201</v>
       </c>
       <c r="C158" t="n">
-        <v>12.9109</v>
+        <v>16.1052</v>
       </c>
       <c r="D158" t="n">
-        <v>0.0136</v>
+        <v>-0.0958</v>
       </c>
       <c r="E158" t="n">
-        <v>0.0010544842719018709</v>
+        <v>-0.005913215233627553</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="2" t="n">
-        <v>45520</v>
+        <v>45889</v>
       </c>
       <c r="B159" t="n">
-        <v>13.0358</v>
+        <v>16.09</v>
       </c>
       <c r="C159" t="n">
-        <v>12.875</v>
+        <v>16.0601</v>
       </c>
       <c r="D159" t="n">
-        <v>-0.1608</v>
+        <v>-0.0299</v>
       </c>
       <c r="E159" t="n">
-        <v>-0.012335261357185597</v>
+        <v>-0.0018582970789310133</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="2" t="n">
-        <v>45523</v>
+        <v>45890</v>
       </c>
       <c r="B160" t="n">
-        <v>13.2545</v>
+        <v>16.13</v>
       </c>
       <c r="C160" t="n">
-        <v>13.1251</v>
+        <v>16.0872</v>
       </c>
       <c r="D160" t="n">
-        <v>-0.1294</v>
+        <v>-0.0428</v>
       </c>
       <c r="E160" t="n">
-        <v>-0.00976272209438304</v>
+        <v>-0.002653440793552387</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="2" t="n">
-        <v>45524</v>
+        <v>45891</v>
       </c>
       <c r="B161" t="n">
-        <v>13.2556</v>
+        <v>16.3055</v>
       </c>
       <c r="C161" t="n">
-        <v>13.085</v>
+        <v>16.3647</v>
       </c>
       <c r="D161" t="n">
-        <v>-0.1706</v>
+        <v>0.0592</v>
       </c>
       <c r="E161" t="n">
-        <v>-0.012870032288240442</v>
+        <v>0.0036306767655085704</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="2" t="n">
-        <v>45525</v>
+        <v>45894</v>
       </c>
       <c r="B162" t="n">
-        <v>13.3194</v>
+        <v>16.3096</v>
       </c>
       <c r="C162" t="n">
-        <v>13.215</v>
+        <v>16.211</v>
       </c>
       <c r="D162" t="n">
-        <v>-0.1044</v>
+        <v>-0.0986</v>
       </c>
       <c r="E162" t="n">
-        <v>-0.007838190909500428</v>
+        <v>-0.00604551920341394</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="2" t="n">
-        <v>45526</v>
+        <v>45895</v>
       </c>
       <c r="B163" t="n">
-        <v>13.2395</v>
+        <v>16.3239</v>
       </c>
       <c r="C163" t="n">
-        <v>13.0168</v>
+        <v>16.3152</v>
       </c>
       <c r="D163" t="n">
-        <v>-0.2227</v>
+        <v>-0.0087</v>
       </c>
       <c r="E163" t="n">
-        <v>-0.01682087692133389</v>
+        <v>-0.0005329608733207139</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="2" t="n">
-        <v>45527</v>
+        <v>45896</v>
       </c>
       <c r="B164" t="n">
-        <v>13.2762</v>
+        <v>16.2864</v>
       </c>
       <c r="C164" t="n">
-        <v>13.18</v>
+        <v>16.19</v>
       </c>
       <c r="D164" t="n">
-        <v>-0.0962</v>
+        <v>-0.0964</v>
       </c>
       <c r="E164" t="n">
-        <v>-0.0072460493213419505</v>
+        <v>-0.005919049022497298</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="2" t="n">
-        <v>45530</v>
+        <v>45897</v>
       </c>
       <c r="B165" t="n">
-        <v>13.3048</v>
+        <v>16.4074</v>
       </c>
       <c r="C165" t="n">
-        <v>13.135</v>
+        <v>16.4044</v>
       </c>
       <c r="D165" t="n">
-        <v>-0.1698</v>
+        <v>-0.003</v>
       </c>
       <c r="E165" t="n">
-        <v>-0.012762311346281042</v>
+        <v>-0.0001828443263405537</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="2" t="n">
-        <v>45531</v>
+        <v>45898</v>
       </c>
       <c r="B166" t="n">
-        <v>13.4096</v>
+        <v>16.4966</v>
       </c>
       <c r="C166" t="n">
-        <v>13.265</v>
+        <v>16.4786</v>
       </c>
       <c r="D166" t="n">
-        <v>-0.1446</v>
+        <v>-0.018</v>
       </c>
       <c r="E166" t="n">
-        <v>-0.010783319412957881</v>
+        <v>-0.0010911339306281297</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="2" t="n">
-        <v>45532</v>
+        <v>45902</v>
       </c>
       <c r="B167" t="n">
-        <v>13.3109</v>
+        <v>16.3964</v>
       </c>
       <c r="C167" t="n">
-        <v>13.1851</v>
+        <v>16.46</v>
       </c>
       <c r="D167" t="n">
-        <v>-0.1258</v>
+        <v>0.0636</v>
       </c>
       <c r="E167" t="n">
-        <v>-0.00945090114117002</v>
+        <v>0.0038789002463955505</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="2" t="n">
-        <v>45533</v>
+        <v>45903</v>
       </c>
       <c r="B168" t="n">
-        <v>13.4053</v>
+        <v>16.4508</v>
       </c>
       <c r="C168" t="n">
-        <v>13.3051</v>
+        <v>16.4144</v>
       </c>
       <c r="D168" t="n">
-        <v>-0.1002</v>
+        <v>-0.0364</v>
       </c>
       <c r="E168" t="n">
-        <v>-0.0074746555466867586</v>
+        <v>-0.0022126583509616553</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="2" t="n">
-        <v>45534</v>
+        <v>45904</v>
       </c>
       <c r="B169" t="n">
-        <v>13.4766</v>
+        <v>16.2933</v>
       </c>
       <c r="C169" t="n">
-        <v>13.3394</v>
+        <v>16.27</v>
       </c>
       <c r="D169" t="n">
-        <v>-0.1372</v>
+        <v>-0.0233</v>
       </c>
       <c r="E169" t="n">
-        <v>-0.010180609352507308</v>
+        <v>-0.0014300356588290892</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="2" t="n">
-        <v>45538</v>
+        <v>45905</v>
       </c>
       <c r="B170" t="n">
-        <v>13.2136</v>
+        <v>16.6876</v>
       </c>
       <c r="C170" t="n">
-        <v>12.9939</v>
+        <v>16.6456</v>
       </c>
       <c r="D170" t="n">
-        <v>-0.2197</v>
+        <v>-0.042</v>
       </c>
       <c r="E170" t="n">
-        <v>-0.01662680874250772</v>
+        <v>-0.0025168388504038927</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="2" t="n">
-        <v>45539</v>
+        <v>45908</v>
       </c>
       <c r="B171" t="n">
-        <v>13.202</v>
+        <v>16.9815</v>
       </c>
       <c r="C171" t="n">
-        <v>13.1152</v>
+        <v>16.8951</v>
       </c>
       <c r="D171" t="n">
-        <v>-0.0868</v>
+        <v>-0.0864</v>
       </c>
       <c r="E171" t="n">
-        <v>-0.006574761399787911</v>
+        <v>-0.005087889762388481</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="2" t="n">
-        <v>45540</v>
+        <v>45909</v>
       </c>
       <c r="B172" t="n">
-        <v>13.1456</v>
+        <v>16.8268</v>
       </c>
       <c r="C172" t="n">
-        <v>13.0307</v>
+        <v>16.753</v>
       </c>
       <c r="D172" t="n">
-        <v>-0.1149</v>
+        <v>-0.0738</v>
       </c>
       <c r="E172" t="n">
-        <v>-0.00874056718597858</v>
+        <v>-0.004385860650866475</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="2" t="n">
-        <v>45541</v>
+        <v>45910</v>
       </c>
       <c r="B173" t="n">
-        <v>13.0524</v>
+        <v>16.7783</v>
       </c>
       <c r="C173" t="n">
-        <v>12.8324</v>
+        <v>16.645</v>
       </c>
       <c r="D173" t="n">
-        <v>-0.22</v>
+        <v>-0.1333</v>
       </c>
       <c r="E173" t="n">
-        <v>-0.016855137752443995</v>
+        <v>-0.007944785824547182</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="2" t="n">
-        <v>45544</v>
+        <v>45911</v>
       </c>
       <c r="B174" t="n">
-        <v>12.8715</v>
+        <v>16.9374</v>
       </c>
       <c r="C174" t="n">
-        <v>12.785</v>
+        <v>17.0249</v>
       </c>
       <c r="D174" t="n">
-        <v>-0.0865</v>
+        <v>0.0875</v>
       </c>
       <c r="E174" t="n">
-        <v>-0.006720273472400264</v>
+        <v>0.005166082161370694</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="2" t="n">
-        <v>45545</v>
+        <v>45912</v>
       </c>
       <c r="B175" t="n">
-        <v>12.8911</v>
+        <v>17.0682</v>
       </c>
       <c r="C175" t="n">
-        <v>12.7608</v>
+        <v>17.152</v>
       </c>
       <c r="D175" t="n">
-        <v>-0.1303</v>
+        <v>0.0838</v>
       </c>
       <c r="E175" t="n">
-        <v>-0.010107748756894292</v>
+        <v>0.00490971514278014</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="2" t="n">
-        <v>45546</v>
+        <v>45915</v>
       </c>
       <c r="B176" t="n">
-        <v>12.9006</v>
+        <v>17.1653</v>
       </c>
       <c r="C176" t="n">
-        <v>12.88</v>
+        <v>17.3495</v>
       </c>
       <c r="D176" t="n">
-        <v>-0.0206</v>
+        <v>0.1842</v>
       </c>
       <c r="E176" t="n">
-        <v>-0.0015968249538781142</v>
+        <v>0.010730951396130567</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="2" t="n">
-        <v>45547</v>
+        <v>45916</v>
       </c>
       <c r="B177" t="n">
-        <v>13.0437</v>
+        <v>17.227</v>
       </c>
       <c r="C177" t="n">
-        <v>13.026</v>
+        <v>17.38</v>
       </c>
       <c r="D177" t="n">
-        <v>-0.0177</v>
+        <v>0.153</v>
       </c>
       <c r="E177" t="n">
-        <v>-0.0013569769313921665</v>
+        <v>0.008881407093515993</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="2" t="n">
-        <v>45548</v>
+        <v>45917</v>
       </c>
       <c r="B178" t="n">
-        <v>13.1123</v>
+        <v>17.2496</v>
       </c>
       <c r="C178" t="n">
-        <v>12.97</v>
+        <v>17.2085</v>
       </c>
       <c r="D178" t="n">
-        <v>-0.1423</v>
+        <v>-0.0411</v>
       </c>
       <c r="E178" t="n">
-        <v>-0.010852405756427172</v>
+        <v>-0.002382663945830628</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="2" t="n">
-        <v>45551</v>
+        <v>45918</v>
       </c>
       <c r="B179" t="n">
-        <v>13.0945</v>
+        <v>17.3316</v>
       </c>
       <c r="C179" t="n">
-        <v>13.005</v>
+        <v>17.335</v>
       </c>
       <c r="D179" t="n">
-        <v>-0.0895</v>
+        <v>0.0034</v>
       </c>
       <c r="E179" t="n">
-        <v>-0.00683493069609378</v>
+        <v>0.0001961734635001961</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="2" t="n">
-        <v>45552</v>
+        <v>45919</v>
       </c>
       <c r="B180" t="n">
-        <v>13.0431</v>
+        <v>17.3661</v>
       </c>
       <c r="C180" t="n">
-        <v>12.9703</v>
+        <v>17.31</v>
       </c>
       <c r="D180" t="n">
-        <v>-0.0728</v>
+        <v>-0.0561</v>
       </c>
       <c r="E180" t="n">
-        <v>-0.0055814951966940375</v>
+        <v>-0.003230431703145784</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="2" t="n">
-        <v>45553</v>
+        <v>45922</v>
       </c>
       <c r="B181" t="n">
-        <v>12.9175</v>
+        <v>17.4659</v>
       </c>
       <c r="C181" t="n">
-        <v>12.83</v>
+        <v>17.408</v>
       </c>
       <c r="D181" t="n">
-        <v>-0.0875</v>
+        <v>-0.0579</v>
       </c>
       <c r="E181" t="n">
-        <v>-0.006773756531836656</v>
+        <v>-0.0033150310032692277</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="2" t="n">
-        <v>45554</v>
+        <v>45923</v>
       </c>
       <c r="B182" t="n">
-        <v>13.2105</v>
+        <v>17.3879</v>
       </c>
       <c r="C182" t="n">
-        <v>13.1581</v>
+        <v>17.38</v>
       </c>
       <c r="D182" t="n">
-        <v>-0.0524</v>
+        <v>-0.0079</v>
       </c>
       <c r="E182" t="n">
-        <v>-0.003966541766019454</v>
+        <v>-0.0004543389368468878</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="2" t="n">
-        <v>45555</v>
+        <v>45924</v>
       </c>
       <c r="B183" t="n">
-        <v>12.8535</v>
+        <v>17.4253</v>
       </c>
       <c r="C183" t="n">
-        <v>12.3275</v>
+        <v>17.3346</v>
       </c>
       <c r="D183" t="n">
-        <v>-0.526</v>
+        <v>-0.0907</v>
       </c>
       <c r="E183" t="n">
-        <v>-0.04092270587777648</v>
+        <v>-0.0052050753789030894</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="2" t="n">
-        <v>45558</v>
+        <v>45925</v>
       </c>
       <c r="B184" t="n">
-        <v>12.6028</v>
+        <v>17.4572</v>
       </c>
       <c r="C184" t="n">
-        <v>12.48</v>
+        <v>17.365</v>
       </c>
       <c r="D184" t="n">
-        <v>-0.1228</v>
+        <v>-0.0922</v>
       </c>
       <c r="E184" t="n">
-        <v>-0.009743866442377885</v>
+        <v>-0.005281488440299705</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="2" t="n">
-        <v>45559</v>
+        <v>45926</v>
       </c>
       <c r="B185" t="n">
-        <v>12.748</v>
+        <v>17.2051</v>
       </c>
       <c r="C185" t="n">
-        <v>12.8773</v>
+        <v>17.1531</v>
       </c>
       <c r="D185" t="n">
-        <v>0.1293</v>
+        <v>-0.052</v>
       </c>
       <c r="E185" t="n">
-        <v>0.01014276749294007</v>
+        <v>-0.0030223596491737916</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="2" t="n">
-        <v>45560</v>
+        <v>45929</v>
       </c>
       <c r="B186" t="n">
-        <v>12.7574</v>
+        <v>17.432</v>
       </c>
       <c r="C186" t="n">
-        <v>12.7182</v>
+        <v>17.3852</v>
       </c>
       <c r="D186" t="n">
-        <v>-0.0392</v>
+        <v>-0.0468</v>
       </c>
       <c r="E186" t="n">
-        <v>-0.0030727264176086035</v>
+        <v>-0.002684717760440569</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="2" t="n">
-        <v>45561</v>
+        <v>45930</v>
       </c>
       <c r="B187" t="n">
-        <v>13.1876</v>
+        <v>17.6728</v>
       </c>
       <c r="C187" t="n">
-        <v>13.2446</v>
+        <v>17.53</v>
       </c>
       <c r="D187" t="n">
-        <v>0.057</v>
+        <v>-0.1428</v>
       </c>
       <c r="E187" t="n">
-        <v>0.004322242106220995</v>
+        <v>-0.008080213661672175</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="2" t="n">
-        <v>45562</v>
+        <v>45931</v>
       </c>
       <c r="B188" t="n">
-        <v>13.4173</v>
+        <v>17.5057</v>
       </c>
       <c r="C188" t="n">
-        <v>13.2534</v>
+        <v>17.4168</v>
       </c>
       <c r="D188" t="n">
-        <v>-0.1639</v>
+        <v>-0.0889</v>
       </c>
       <c r="E188" t="n">
-        <v>-0.012215572432605666</v>
+        <v>-0.005078345910189253</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="2" t="n">
-        <v>45565</v>
+        <v>45932</v>
       </c>
       <c r="B189" t="n">
-        <v>13.3643</v>
+        <v>17.9814</v>
       </c>
       <c r="C189" t="n">
-        <v>13.2058</v>
+        <v>17.9064</v>
       </c>
       <c r="D189" t="n">
-        <v>-0.1585</v>
+        <v>-0.075</v>
       </c>
       <c r="E189" t="n">
-        <v>-0.011859955253922765</v>
+        <v>-0.004170976675898429</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="2" t="n">
-        <v>45566</v>
+        <v>45933</v>
       </c>
       <c r="B190" t="n">
-        <v>13.3721</v>
+        <v>18.1132</v>
       </c>
       <c r="C190" t="n">
-        <v>13.28</v>
+        <v>18.1909</v>
       </c>
       <c r="D190" t="n">
-        <v>-0.0921</v>
+        <v>0.0777</v>
       </c>
       <c r="E190" t="n">
-        <v>-0.006887474667404522</v>
+        <v>0.004289689287370536</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="2" t="n">
-        <v>45567</v>
+        <v>45936</v>
       </c>
       <c r="B191" t="n">
-        <v>13.3386</v>
+        <v>17.9727</v>
       </c>
       <c r="C191" t="n">
-        <v>13.295</v>
+        <v>17.9922</v>
       </c>
       <c r="D191" t="n">
-        <v>-0.0436</v>
+        <v>0.0195</v>
       </c>
       <c r="E191" t="n">
-        <v>-0.0032687088600003</v>
+        <v>0.0010849788846417064</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="2" t="n">
-        <v>45568</v>
+        <v>45937</v>
       </c>
       <c r="B192" t="n">
-        <v>13.0964</v>
+        <v>17.8137</v>
       </c>
       <c r="C192" t="n">
-        <v>12.9728</v>
+        <v>17.6945</v>
       </c>
       <c r="D192" t="n">
-        <v>-0.1236</v>
+        <v>-0.1192</v>
       </c>
       <c r="E192" t="n">
-        <v>-0.00943770807244739</v>
+        <v>-0.006691479030184634</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="2" t="n">
-        <v>45569</v>
+        <v>45938</v>
       </c>
       <c r="B193" t="n">
-        <v>13.3255</v>
+        <v>17.8767</v>
       </c>
       <c r="C193" t="n">
-        <v>13.2052</v>
+        <v>17.8452</v>
       </c>
       <c r="D193" t="n">
-        <v>-0.1203</v>
+        <v>-0.0315</v>
       </c>
       <c r="E193" t="n">
-        <v>-0.009027803834752917</v>
+        <v>-0.0017620701807380555</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="2" t="n">
-        <v>45572</v>
+        <v>45939</v>
       </c>
       <c r="B194" t="n">
-        <v>13.4485</v>
+        <v>17.6158</v>
       </c>
       <c r="C194" t="n">
-        <v>13.295</v>
+        <v>17.4003</v>
       </c>
       <c r="D194" t="n">
-        <v>-0.1535</v>
+        <v>-0.2155</v>
       </c>
       <c r="E194" t="n">
-        <v>-0.01141391233223036</v>
+        <v>-0.012233335982470282</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="2" t="n">
-        <v>45573</v>
+        <v>45940</v>
       </c>
       <c r="B195" t="n">
-        <v>12.85</v>
+        <v>17.2225</v>
       </c>
       <c r="C195" t="n">
-        <v>12.9</v>
+        <v>16.6499</v>
       </c>
       <c r="D195" t="n">
-        <v>0.05</v>
+        <v>-0.5726</v>
       </c>
       <c r="E195" t="n">
-        <v>0.003891050583657587</v>
+        <v>-0.033247205690230805</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="2" t="n">
-        <v>45574</v>
+        <v>45943</v>
       </c>
       <c r="B196" t="n">
-        <v>12.7343</v>
+        <v>17.1381</v>
       </c>
       <c r="C196" t="n">
-        <v>12.815</v>
+        <v>16.975</v>
       </c>
       <c r="D196" t="n">
-        <v>0.0807</v>
+        <v>-0.1631</v>
       </c>
       <c r="E196" t="n">
-        <v>0.006337215237586675</v>
+        <v>-0.009516807580770332</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="2" t="n">
-        <v>45575</v>
+        <v>45944</v>
       </c>
       <c r="B197" t="n">
-        <v>12.7371</v>
+        <v>16.7288</v>
       </c>
       <c r="C197" t="n">
-        <v>12.7125</v>
+        <v>16.805</v>
       </c>
       <c r="D197" t="n">
-        <v>-0.0246</v>
+        <v>0.0762</v>
       </c>
       <c r="E197" t="n">
-        <v>-0.001931365852509598</v>
+        <v>0.004555018889579647</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="2" t="n">
-        <v>45576</v>
+        <v>45945</v>
       </c>
       <c r="B198" t="n">
-        <v>12.8075</v>
+        <v>17.0787</v>
       </c>
       <c r="C198" t="n">
-        <v>12.7323</v>
+        <v>17.0356</v>
       </c>
       <c r="D198" t="n">
-        <v>-0.0752</v>
+        <v>-0.0431</v>
       </c>
       <c r="E198" t="n">
-        <v>-0.005871559633027523</v>
+        <v>-0.002523611281889137</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="2" t="n">
-        <v>45579</v>
+        <v>45946</v>
       </c>
       <c r="B199" t="n">
-        <v>12.7875</v>
+        <v>17.2577</v>
       </c>
       <c r="C199" t="n">
-        <v>12.844</v>
+        <v>17.1569</v>
       </c>
       <c r="D199" t="n">
-        <v>0.0565</v>
+        <v>-0.1008</v>
       </c>
       <c r="E199" t="n">
-        <v>0.004418377321603128</v>
+        <v>-0.0058408710314816</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="2" t="n">
-        <v>45580</v>
+        <v>45947</v>
       </c>
       <c r="B200" t="n">
-        <v>12.6919</v>
+        <v>16.8172</v>
       </c>
       <c r="C200" t="n">
-        <v>12.5464</v>
+        <v>16.9961</v>
       </c>
       <c r="D200" t="n">
-        <v>-0.1455</v>
+        <v>0.1789</v>
       </c>
       <c r="E200" t="n">
-        <v>-0.011464004601359924</v>
+        <v>0.01063791832171824</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="2" t="n">
-        <v>45581</v>
+        <v>45950</v>
       </c>
       <c r="B201" t="n">
-        <v>12.6349</v>
+        <v>17.1109</v>
       </c>
       <c r="C201" t="n">
-        <v>12.5651</v>
+        <v>17.26</v>
       </c>
       <c r="D201" t="n">
-        <v>-0.0698</v>
+        <v>0.1491</v>
       </c>
       <c r="E201" t="n">
-        <v>-0.005524380881526566</v>
+        <v>0.00871374387086594</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="2" t="n">
-        <v>45582</v>
+        <v>45951</v>
       </c>
       <c r="B202" t="n">
-        <v>12.5758</v>
+        <v>17.1526</v>
       </c>
       <c r="C202" t="n">
-        <v>12.495</v>
+        <v>17.04</v>
       </c>
       <c r="D202" t="n">
-        <v>-0.0808</v>
+        <v>-0.1126</v>
       </c>
       <c r="E202" t="n">
-        <v>-0.006425038566134958</v>
+        <v>-0.006564602450940382</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="2" t="n">
-        <v>45583</v>
+        <v>45952</v>
       </c>
       <c r="B203" t="n">
-        <v>12.804</v>
+        <v>17.0207</v>
       </c>
       <c r="C203" t="n">
-        <v>12.6952</v>
+        <v>16.935</v>
       </c>
       <c r="D203" t="n">
-        <v>-0.1088</v>
+        <v>-0.0857</v>
       </c>
       <c r="E203" t="n">
-        <v>-0.008497344579818806</v>
+        <v>-0.005035045562168419</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="2" t="n">
-        <v>45586</v>
+        <v>45953</v>
       </c>
       <c r="B204" t="n">
-        <v>12.6508</v>
+        <v>16.8806</v>
       </c>
       <c r="C204" t="n">
-        <v>12.5578</v>
+        <v>16.865</v>
       </c>
       <c r="D204" t="n">
-        <v>-0.093</v>
+        <v>-0.0156</v>
       </c>
       <c r="E204" t="n">
-        <v>-0.007351313750909034</v>
+        <v>-0.0009241377676148952</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="2" t="n">
-        <v>45587</v>
+        <v>45954</v>
       </c>
       <c r="B205" t="n">
-        <v>12.6914</v>
+        <v>17.3481</v>
       </c>
       <c r="C205" t="n">
-        <v>12.6848</v>
+        <v>17.3</v>
       </c>
       <c r="D205" t="n">
-        <v>-0.0066</v>
+        <v>-0.0481</v>
       </c>
       <c r="E205" t="n">
-        <v>-0.0005200371905384749</v>
+        <v>-0.002772637925767087</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="2" t="n">
-        <v>45588</v>
+        <v>45957</v>
       </c>
       <c r="B206" t="n">
-        <v>12.6326</v>
+        <v>17.569</v>
       </c>
       <c r="C206" t="n">
-        <v>12.515</v>
+        <v>17.446</v>
       </c>
       <c r="D206" t="n">
-        <v>-0.1176</v>
+        <v>-0.123</v>
       </c>
       <c r="E206" t="n">
-        <v>-0.009309247502493548</v>
+        <v>-0.007000967613409983</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="2" t="n">
-        <v>45589</v>
+        <v>45958</v>
       </c>
       <c r="B207" t="n">
-        <v>12.5488</v>
+        <v>17.4216</v>
       </c>
       <c r="C207" t="n">
-        <v>12.5058</v>
+        <v>17.3801</v>
       </c>
       <c r="D207" t="n">
-        <v>-0.043</v>
+        <v>-0.0415</v>
       </c>
       <c r="E207" t="n">
-        <v>-0.0034266224658931533</v>
+        <v>-0.002382100381136061</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="2" t="n">
-        <v>45590</v>
+        <v>45959</v>
       </c>
       <c r="B208" t="n">
-        <v>12.6091</v>
+        <v>17.4962</v>
       </c>
       <c r="C208" t="n">
-        <v>12.5158</v>
+        <v>17.5465</v>
       </c>
       <c r="D208" t="n">
-        <v>-0.0933</v>
+        <v>0.0503</v>
       </c>
       <c r="E208" t="n">
-        <v>-0.007399417880736928</v>
+        <v>0.0028749099804528983</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="2" t="n">
-        <v>45593</v>
+        <v>45960</v>
       </c>
       <c r="B209" t="n">
-        <v>12.5193</v>
+        <v>17.5522</v>
       </c>
       <c r="C209" t="n">
-        <v>12.47</v>
+        <v>17.4824</v>
       </c>
       <c r="D209" t="n">
-        <v>-0.0493</v>
+        <v>-0.0698</v>
       </c>
       <c r="E209" t="n">
-        <v>-0.0039379198517489</v>
+        <v>-0.003976709472316861</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="2" t="n">
-        <v>45594</v>
+        <v>45961</v>
       </c>
       <c r="B210" t="n">
-        <v>12.5508</v>
+        <v>17.5564</v>
       </c>
       <c r="C210" t="n">
-        <v>12.4688</v>
+        <v>17.51</v>
       </c>
       <c r="D210" t="n">
-        <v>-0.082</v>
+        <v>-0.0464</v>
       </c>
       <c r="E210" t="n">
-        <v>-0.006533448067055486</v>
+        <v>-0.002642910847326331</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="2" t="n">
-        <v>45595</v>
+        <v>45964</v>
       </c>
       <c r="B211" t="n">
-        <v>12.5499</v>
+        <v>17.5064</v>
       </c>
       <c r="C211" t="n">
-        <v>12.4949</v>
+        <v>17.46</v>
       </c>
       <c r="D211" t="n">
-        <v>-0.055</v>
+        <v>-0.0464</v>
       </c>
       <c r="E211" t="n">
-        <v>-0.004382505039880796</v>
+        <v>-0.0026504592606132614</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="2" t="n">
-        <v>45596</v>
+        <v>45965</v>
       </c>
       <c r="B212" t="n">
-        <v>12.4837</v>
+        <v>17.3379</v>
       </c>
       <c r="C212" t="n">
-        <v>12.3722</v>
+        <v>17.1438</v>
       </c>
       <c r="D212" t="n">
-        <v>-0.1115</v>
+        <v>-0.1941</v>
       </c>
       <c r="E212" t="n">
-        <v>-0.00893164686751524</v>
+        <v>-0.011195127437578946</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="2" t="n">
-        <v>45597</v>
+        <v>45966</v>
       </c>
       <c r="B213" t="n">
-        <v>12.3349</v>
+        <v>17.1399</v>
       </c>
       <c r="C213" t="n">
-        <v>12.3152</v>
+        <v>17.2387</v>
       </c>
       <c r="D213" t="n">
-        <v>-0.0197</v>
+        <v>0.0988</v>
       </c>
       <c r="E213" t="n">
-        <v>-0.0015970944231408445</v>
+        <v>0.005764327679858109</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="2" t="n">
-        <v>45600</v>
+        <v>45967</v>
       </c>
       <c r="B214" t="n">
-        <v>12.3455</v>
+        <v>17.3592</v>
       </c>
       <c r="C214" t="n">
-        <v>12.2971</v>
+        <v>17.2155</v>
       </c>
       <c r="D214" t="n">
-        <v>-0.0484</v>
+        <v>-0.1437</v>
       </c>
       <c r="E214" t="n">
-        <v>-0.003920456846624276</v>
+        <v>-0.008278031245679525</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="2" t="n">
-        <v>45601</v>
+        <v>45968</v>
       </c>
       <c r="B215" t="n">
-        <v>12.4962</v>
+        <v>17.1475</v>
       </c>
       <c r="C215" t="n">
-        <v>12.3905</v>
+        <v>17.094</v>
       </c>
       <c r="D215" t="n">
-        <v>-0.1057</v>
+        <v>-0.0535</v>
       </c>
       <c r="E215" t="n">
-        <v>-0.008458571405707334</v>
+        <v>-0.0031199883364922</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="2" t="n">
-        <v>45602</v>
+        <v>45971</v>
       </c>
       <c r="B216" t="n">
-        <v>12.3126</v>
+        <v>17.4454</v>
       </c>
       <c r="C216" t="n">
-        <v>12.263</v>
+        <v>17.4718</v>
       </c>
       <c r="D216" t="n">
-        <v>-0.0496</v>
+        <v>0.0264</v>
       </c>
       <c r="E216" t="n">
-        <v>-0.004028393678020889</v>
+        <v>0.0015132929024270008</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="2" t="n">
-        <v>45603</v>
+        <v>45972</v>
       </c>
       <c r="B217" t="n">
-        <v>12.5152</v>
+        <v>17.3952</v>
       </c>
       <c r="C217" t="n">
-        <v>12.506</v>
+        <v>17.4023</v>
       </c>
       <c r="D217" t="n">
-        <v>-0.0092</v>
+        <v>0.0071</v>
       </c>
       <c r="E217" t="n">
-        <v>-0.0007351061109690616</v>
+        <v>0.0004081585724797645</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="2" t="n">
-        <v>45604</v>
+        <v>45973</v>
       </c>
       <c r="B218" t="n">
-        <v>12.6607</v>
+        <v>17.2564</v>
       </c>
       <c r="C218" t="n">
-        <v>12.4752</v>
+        <v>17.18</v>
       </c>
       <c r="D218" t="n">
-        <v>-0.1855</v>
+        <v>-0.0764</v>
       </c>
       <c r="E218" t="n">
-        <v>-0.014651638534994115</v>
+        <v>-0.004427342898866507</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="2" t="n">
-        <v>45607</v>
+        <v>45974</v>
       </c>
       <c r="B219" t="n">
-        <v>12.7857</v>
+        <v>17.3295</v>
       </c>
       <c r="C219" t="n">
-        <v>12.615</v>
+        <v>16.915</v>
       </c>
       <c r="D219" t="n">
-        <v>-0.1707</v>
+        <v>-0.4145</v>
       </c>
       <c r="E219" t="n">
-        <v>-0.013350852905980901</v>
+        <v>-0.023918751262298393</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="2" t="n">
-        <v>45608</v>
+        <v>45975</v>
       </c>
       <c r="B220" t="n">
-        <v>12.6319</v>
+        <v>16.7944</v>
       </c>
       <c r="C220" t="n">
-        <v>12.5101</v>
+        <v>16.52</v>
       </c>
       <c r="D220" t="n">
-        <v>-0.1218</v>
+        <v>-0.2744</v>
       </c>
       <c r="E220" t="n">
-        <v>-0.009642254926020631</v>
+        <v>-0.01633877959319773</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="2" t="n">
-        <v>45609</v>
+        <v>45978</v>
       </c>
       <c r="B221" t="n">
-        <v>12.472</v>
+        <v>16.6577</v>
       </c>
       <c r="C221" t="n">
-        <v>12.4</v>
+        <v>16.4961</v>
       </c>
       <c r="D221" t="n">
-        <v>-0.072</v>
+        <v>-0.1616</v>
       </c>
       <c r="E221" t="n">
-        <v>-0.005772931366260423</v>
+        <v>-0.009701219255959705</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="2" t="n">
-        <v>45610</v>
+        <v>45979</v>
       </c>
       <c r="B222" t="n">
-        <v>12.3396</v>
+        <v>16.1311</v>
       </c>
       <c r="C222" t="n">
-        <v>12.285</v>
+        <v>16.1695</v>
       </c>
       <c r="D222" t="n">
-        <v>-0.0546</v>
+        <v>0.0384</v>
       </c>
       <c r="E222" t="n">
-        <v>-0.004424778761061947</v>
+        <v>0.0023804948205640034</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="2" t="n">
-        <v>45611</v>
+        <v>45980</v>
       </c>
       <c r="B223" t="n">
-        <v>12.265</v>
+        <v>16.0785</v>
       </c>
       <c r="C223" t="n">
-        <v>12.22</v>
+        <v>16.0654</v>
       </c>
       <c r="D223" t="n">
-        <v>-0.045</v>
+        <v>-0.0131</v>
       </c>
       <c r="E223" t="n">
-        <v>-0.0036689767631471666</v>
+        <v>-0.0008147526199583295</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="2" t="n">
-        <v>45614</v>
+        <v>45981</v>
       </c>
       <c r="B224" t="n">
-        <v>12.2784</v>
+        <v>16.1078</v>
       </c>
       <c r="C224" t="n">
-        <v>12.27</v>
+        <v>15.7577</v>
       </c>
       <c r="D224" t="n">
-        <v>-0.0084</v>
+        <v>-0.3501</v>
       </c>
       <c r="E224" t="n">
-        <v>-0.0006841282251759187</v>
+        <v>-0.02173481170612995</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="2" t="n">
-        <v>45615</v>
+        <v>45982</v>
       </c>
       <c r="B225" t="n">
-        <v>12.4066</v>
+        <v>15.743</v>
       </c>
       <c r="C225" t="n">
-        <v>12.3083</v>
+        <v>15.69</v>
       </c>
       <c r="D225" t="n">
-        <v>-0.0983</v>
+        <v>-0.053</v>
       </c>
       <c r="E225" t="n">
-        <v>-0.007923202166588752</v>
+        <v>-0.003366575620910881</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="2" t="n">
-        <v>45616</v>
+        <v>45985</v>
       </c>
       <c r="B226" t="n">
-        <v>12.3482</v>
+        <v>15.9634</v>
       </c>
       <c r="C226" t="n">
-        <v>12.22</v>
+        <v>15.8588</v>
       </c>
       <c r="D226" t="n">
-        <v>-0.1282</v>
+        <v>-0.1046</v>
       </c>
       <c r="E226" t="n">
-        <v>-0.010382079979268233</v>
+        <v>-0.006552488818171567</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="2" t="n">
-        <v>45617</v>
+        <v>45986</v>
       </c>
       <c r="B227" t="n">
-        <v>12.216</v>
+        <v>16.1031</v>
       </c>
       <c r="C227" t="n">
-        <v>12.1551</v>
+        <v>16.0001</v>
       </c>
       <c r="D227" t="n">
-        <v>-0.0609</v>
+        <v>-0.103</v>
       </c>
       <c r="E227" t="n">
-        <v>-0.004985265225933203</v>
+        <v>-0.006396283945327297</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="2" t="n">
-        <v>45618</v>
+        <v>45987</v>
       </c>
       <c r="B228" t="n">
-        <v>12.2295</v>
+        <v>16.1715</v>
       </c>
       <c r="C228" t="n">
-        <v>12.15</v>
+        <v>16.115</v>
       </c>
       <c r="D228" t="n">
-        <v>-0.0795</v>
+        <v>-0.0565</v>
       </c>
       <c r="E228" t="n">
-        <v>-0.006500674598307371</v>
+        <v>-0.00349380082243453</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="2" t="n">
-        <v>45621</v>
+        <v>45989</v>
       </c>
       <c r="B229" t="n">
-        <v>12.2881</v>
+        <v>16.4414</v>
       </c>
       <c r="C229" t="n">
-        <v>12.14</v>
+        <v>16.3599</v>
       </c>
       <c r="D229" t="n">
-        <v>-0.1481</v>
+        <v>-0.0815</v>
       </c>
       <c r="E229" t="n">
-        <v>-0.012052310772210513</v>
+        <v>-0.004956998795722992</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="2" t="n">
-        <v>45622</v>
+        <v>45992</v>
       </c>
       <c r="B230" t="n">
-        <v>12.1339</v>
+        <v>16.3574</v>
       </c>
       <c r="C230" t="n">
-        <v>12.09</v>
+        <v>16.262</v>
       </c>
       <c r="D230" t="n">
-        <v>-0.0439</v>
+        <v>-0.0954</v>
       </c>
       <c r="E230" t="n">
-        <v>-0.003617962897337212</v>
+        <v>-0.005832222724882928</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="2" t="n">
-        <v>45623</v>
+        <v>45993</v>
       </c>
       <c r="B231" t="n">
-        <v>12.2973</v>
+        <v>16.4746</v>
       </c>
       <c r="C231" t="n">
-        <v>12.2027</v>
+        <v>16.3709</v>
       </c>
       <c r="D231" t="n">
-        <v>-0.0946</v>
+        <v>-0.1037</v>
       </c>
       <c r="E231" t="n">
-        <v>-0.007692745562033943</v>
+        <v>-0.006294538258895512</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="2" t="n">
-        <v>45625</v>
+        <v>45994</v>
       </c>
       <c r="B232" t="n">
-        <v>12.4622</v>
+        <v>16.4997</v>
       </c>
       <c r="C232" t="n">
-        <v>12.4115</v>
+        <v>16.4303</v>
       </c>
       <c r="D232" t="n">
-        <v>-0.0507</v>
+        <v>-0.0694</v>
       </c>
       <c r="E232" t="n">
-        <v>-0.004068302546901831</v>
+        <v>-0.004206137081280266</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="2" t="n">
-        <v>45628</v>
+        <v>45995</v>
       </c>
       <c r="B233" t="n">
-        <v>12.4677</v>
+        <v>16.7234</v>
       </c>
       <c r="C233" t="n">
-        <v>12.47</v>
+        <v>16.5709</v>
       </c>
       <c r="D233" t="n">
-        <v>0.0023</v>
+        <v>-0.1525</v>
       </c>
       <c r="E233" t="n">
-        <v>0.0001844766877611748</v>
+        <v>-0.009118959063348362</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="2" t="n">
-        <v>45629</v>
+        <v>45996</v>
       </c>
       <c r="B234" t="n">
-        <v>12.5256</v>
+        <v>16.8881</v>
       </c>
       <c r="C234" t="n">
-        <v>12.4203</v>
+        <v>16.7573</v>
       </c>
       <c r="D234" t="n">
-        <v>-0.1053</v>
+        <v>-0.1308</v>
       </c>
       <c r="E234" t="n">
-        <v>-0.00840678290860318</v>
+        <v>-0.007745098619738158</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="2" t="n">
-        <v>45630</v>
+        <v>45999</v>
       </c>
       <c r="B235" t="n">
-        <v>12.6111</v>
+        <v>16.8672</v>
       </c>
       <c r="C235" t="n">
-        <v>12.5101</v>
+        <v>16.7153</v>
       </c>
       <c r="D235" t="n">
-        <v>-0.101</v>
+        <v>-0.1519</v>
       </c>
       <c r="E235" t="n">
-        <v>-0.008008817628914212</v>
+        <v>-0.009005644090305446</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="2" t="n">
-        <v>45631</v>
+        <v>46000</v>
       </c>
       <c r="B236" t="n">
-        <v>12.622</v>
+        <v>16.7918</v>
       </c>
       <c r="C236" t="n">
-        <v>12.515</v>
+        <v>16.7202</v>
       </c>
       <c r="D236" t="n">
-        <v>-0.107</v>
+        <v>-0.0716</v>
       </c>
       <c r="E236" t="n">
-        <v>-0.008477261923625416</v>
+        <v>-0.00426398599316333</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="2" t="n">
-        <v>45632</v>
+        <v>46001</v>
       </c>
       <c r="B237" t="n">
-        <v>12.8684</v>
+        <v>16.8671</v>
       </c>
       <c r="C237" t="n">
-        <v>12.9089</v>
+        <v>16.7</v>
       </c>
       <c r="D237" t="n">
-        <v>0.0405</v>
+        <v>-0.1671</v>
       </c>
       <c r="E237" t="n">
-        <v>0.0031472444126697955</v>
+        <v>-0.009906860100432202</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="2" t="n">
-        <v>45635</v>
+        <v>46002</v>
       </c>
       <c r="B238" t="n">
-        <v>13.0252</v>
+        <v>16.74</v>
       </c>
       <c r="C238" t="n">
-        <v>13.015</v>
+        <v>16.705</v>
       </c>
       <c r="D238" t="n">
-        <v>-0.0102</v>
+        <v>-0.035</v>
       </c>
       <c r="E238" t="n">
-        <v>-0.0007830973804624881</v>
+        <v>-0.002090800477897252</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="2" t="n">
-        <v>45636</v>
+        <v>46003</v>
       </c>
       <c r="B239" t="n">
-        <v>12.836</v>
+        <v>16.9767</v>
       </c>
       <c r="C239" t="n">
-        <v>12.65</v>
+        <v>16.7506</v>
       </c>
       <c r="D239" t="n">
-        <v>-0.186</v>
+        <v>-0.2261</v>
       </c>
       <c r="E239" t="n">
-        <v>-0.014490495481458397</v>
+        <v>-0.013318253842030546</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="2" t="n">
-        <v>45637</v>
+        <v>46006</v>
       </c>
       <c r="B240" t="n">
-        <v>12.7568</v>
+        <v>16.8515</v>
       </c>
       <c r="C240" t="n">
-        <v>12.735</v>
+        <v>16.695</v>
       </c>
       <c r="D240" t="n">
-        <v>-0.0218</v>
+        <v>-0.1565</v>
       </c>
       <c r="E240" t="n">
-        <v>-0.0017088925122287723</v>
+        <v>-0.009287007091356853</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="2" t="n">
-        <v>45638</v>
+        <v>46007</v>
       </c>
       <c r="B241" t="n">
-        <v>12.7904</v>
+        <v>16.6124</v>
       </c>
       <c r="C241" t="n">
-        <v>12.6447</v>
+        <v>16.535</v>
       </c>
       <c r="D241" t="n">
-        <v>-0.1457</v>
+        <v>-0.0774</v>
       </c>
       <c r="E241" t="n">
-        <v>-0.01139135601701276</v>
+        <v>-0.004659170258361224</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="2" t="n">
-        <v>45639</v>
+        <v>46008</v>
       </c>
       <c r="B242" t="n">
-        <v>12.6668</v>
+        <v>16.6339</v>
       </c>
       <c r="C242" t="n">
-        <v>12.5692</v>
+        <v>16.4868</v>
       </c>
       <c r="D242" t="n">
-        <v>-0.0976</v>
+        <v>-0.1471</v>
       </c>
       <c r="E242" t="n">
-        <v>-0.007705182050715256</v>
+        <v>-0.008843386097066834</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="2" t="n">
-        <v>45642</v>
+        <v>46009</v>
       </c>
       <c r="B243" t="n">
-        <v>12.5571</v>
+        <v>16.6006</v>
       </c>
       <c r="C243" t="n">
-        <v>12.4924</v>
+        <v>16.5605</v>
       </c>
       <c r="D243" t="n">
-        <v>-0.0647</v>
+        <v>-0.0401</v>
       </c>
       <c r="E243" t="n">
-        <v>-0.005152463546519499</v>
+        <v>-0.002415575340650338</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="2" t="n">
-        <v>45643</v>
+        <v>46010</v>
       </c>
       <c r="B244" t="n">
-        <v>12.5243</v>
+        <v>16.7505</v>
       </c>
       <c r="C244" t="n">
-        <v>12.455</v>
+        <v>16.7871</v>
       </c>
       <c r="D244" t="n">
-        <v>-0.0693</v>
+        <v>0.0366</v>
       </c>
       <c r="E244" t="n">
-        <v>-0.0055332433748792355</v>
+        <v>0.0021850094027043966</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="2" t="n">
-        <v>45644</v>
+        <v>46013</v>
       </c>
       <c r="B245" t="n">
-        <v>12.5479</v>
+        <v>17.0937</v>
       </c>
       <c r="C245" t="n">
-        <v>12.25</v>
+        <v>17.07</v>
       </c>
       <c r="D245" t="n">
-        <v>-0.2979</v>
+        <v>-0.0237</v>
       </c>
       <c r="E245" t="n">
-        <v>-0.023741024394520197</v>
+        <v>-0.0013864757191245898</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="2" t="n">
-        <v>45645</v>
+        <v>46014</v>
       </c>
       <c r="B246" t="n">
-        <v>12.4057</v>
+        <v>17.057</v>
       </c>
       <c r="C246" t="n">
-        <v>12.375</v>
+        <v>17.0307</v>
       </c>
       <c r="D246" t="n">
-        <v>-0.0307</v>
+        <v>-0.0263</v>
       </c>
       <c r="E246" t="n">
-        <v>-0.002474668902198183</v>
+        <v>-0.0015418889605440583</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="2" t="n">
-        <v>45646</v>
+        <v>46015</v>
       </c>
       <c r="B247" t="n">
-        <v>12.4661</v>
+        <v>17.1477</v>
       </c>
       <c r="C247" t="n">
-        <v>12.4208</v>
+        <v>17.165</v>
       </c>
       <c r="D247" t="n">
-        <v>-0.0453</v>
+        <v>0.0173</v>
       </c>
       <c r="E247" t="n">
-        <v>-0.0036338550148001377</v>
+        <v>0.0010088816575983951</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="2" t="n">
-        <v>45649</v>
+        <v>46017</v>
       </c>
       <c r="B248" t="n">
-        <v>12.4737</v>
+        <v>17.34</v>
       </c>
       <c r="C248" t="n">
-        <v>12.4008</v>
+        <v>17.3851</v>
       </c>
       <c r="D248" t="n">
-        <v>-0.0729</v>
+        <v>0.0451</v>
       </c>
       <c r="E248" t="n">
-        <v>-0.00584429639962481</v>
+        <v>0.002600922722029988</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="2" t="n">
-        <v>45650</v>
+        <v>46020</v>
       </c>
       <c r="B249" t="n">
-        <v>12.4639</v>
+        <v>17.0905</v>
       </c>
       <c r="C249" t="n">
-        <v>12.395</v>
+        <v>17.0536</v>
       </c>
       <c r="D249" t="n">
-        <v>-0.0689</v>
+        <v>-0.0369</v>
       </c>
       <c r="E249" t="n">
-        <v>-0.005527964762233329</v>
+        <v>-0.002159094233638571</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="2" t="n">
-        <v>45652</v>
+        <v>46021</v>
       </c>
       <c r="B250" t="n">
-        <v>12.4476</v>
+        <v>17.0272</v>
       </c>
       <c r="C250" t="n">
-        <v>12.4202</v>
+        <v>17.01</v>
       </c>
       <c r="D250" t="n">
-        <v>-0.0274</v>
+        <v>-0.0172</v>
       </c>
       <c r="E250" t="n">
-        <v>-0.0022012275458722966</v>
+        <v>-0.0010101484683330201</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="2" t="n">
-        <v>45653</v>
+        <v>46022</v>
       </c>
       <c r="B251" t="n">
-        <v>12.443</v>
+        <v>16.9973</v>
       </c>
       <c r="C251" t="n">
-        <v>12.3308</v>
+        <v>16.8936</v>
       </c>
       <c r="D251" t="n">
-        <v>-0.1122</v>
+        <v>-0.1037</v>
       </c>
       <c r="E251" t="n">
-        <v>-0.009017118058346058</v>
+        <v>-0.006100968977425826</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="2" t="n">
-        <v>45656</v>
+        <v>46024</v>
       </c>
       <c r="B252" t="n">
-        <v>12.4946</v>
+        <v>17.1511</v>
       </c>
       <c r="C252" t="n">
-        <v>12.2961</v>
+        <v>17.2376</v>
       </c>
       <c r="D252" t="n">
-        <v>-0.1985</v>
+        <v>0.0865</v>
       </c>
       <c r="E252" t="n">
-        <v>-0.015886863124869942</v>
+        <v>0.005043408294511722</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="2" t="n">
-        <v>45657</v>
+        <v>46027</v>
       </c>
       <c r="B253" t="n">
-        <v>12.468</v>
+        <v>17.5648</v>
       </c>
       <c r="C253" t="n">
-        <v>12.2162</v>
+        <v>17.7201</v>
       </c>
       <c r="D253" t="n">
-        <v>-0.2518</v>
+        <v>0.1553</v>
       </c>
       <c r="E253" t="n">
-        <v>-0.02019570099454604</v>
+        <v>0.008841546729823284</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="2" t="n">
-        <v>45659</v>
+        <v>46028</v>
       </c>
       <c r="B254" t="n">
-        <v>12.365</v>
+        <v>17.8419</v>
       </c>
       <c r="C254" t="n">
-        <v>12.2601</v>
+        <v>18.0147</v>
       </c>
       <c r="D254" t="n">
-        <v>-0.1049</v>
+        <v>0.1728</v>
       </c>
       <c r="E254" t="n">
-        <v>-0.008483623129801861</v>
+        <v>0.009685067173339161</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="2" t="n">
-        <v>45660</v>
+        <v>46029</v>
       </c>
       <c r="B255" t="n">
-        <v>12.3882</v>
+        <v>18.2167</v>
       </c>
       <c r="C255" t="n">
-        <v>12.2603</v>
+        <v>18.205</v>
       </c>
       <c r="D255" t="n">
-        <v>-0.1279</v>
+        <v>-0.0117</v>
       </c>
       <c r="E255" t="n">
-        <v>-0.01032434090505481</v>
+        <v>-0.0006422678092080344</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="2" t="n">
-        <v>45663</v>
+        <v>46030</v>
       </c>
       <c r="B256" t="n">
-        <v>12.5544</v>
+        <v>18.1936</v>
       </c>
       <c r="C256" t="n">
-        <v>12.497</v>
+        <v>18.1817</v>
       </c>
       <c r="D256" t="n">
-        <v>-0.0574</v>
+        <v>-0.0119</v>
       </c>
       <c r="E256" t="n">
-        <v>-0.004572102211176958</v>
+        <v>-0.0006540761586491954</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="2" t="n">
-        <v>45664</v>
+        <v>46031</v>
       </c>
       <c r="B257" t="n">
-        <v>12.7338</v>
+        <v>18.3529</v>
       </c>
       <c r="C257" t="n">
-        <v>12.58</v>
+        <v>18.4155</v>
       </c>
       <c r="D257" t="n">
-        <v>-0.1538</v>
+        <v>0.0626</v>
       </c>
       <c r="E257" t="n">
-        <v>-0.01207809137884999</v>
+        <v>0.0034109050885691087</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="2" t="n">
-        <v>45665</v>
+        <v>46034</v>
       </c>
       <c r="B258" t="n">
-        <v>12.6446</v>
+        <v>18.2447</v>
       </c>
       <c r="C258" t="n">
-        <v>12.5451</v>
+        <v>18.51</v>
       </c>
       <c r="D258" t="n">
-        <v>-0.0995</v>
+        <v>0.2653</v>
       </c>
       <c r="E258" t="n">
-        <v>-0.007868971734969869</v>
+        <v>0.014541209227885358</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="2" t="n">
-        <v>45667</v>
+        <v>46035</v>
       </c>
       <c r="B259" t="n">
-        <v>12.675</v>
+        <v>18.2894</v>
       </c>
       <c r="C259" t="n">
-        <v>12.5024</v>
+        <v>18.215</v>
       </c>
       <c r="D259" t="n">
-        <v>-0.1726</v>
+        <v>-0.0744</v>
       </c>
       <c r="E259" t="n">
-        <v>-0.013617357001972388</v>
+        <v>-0.004067930057847715</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="2" t="n">
-        <v>45670</v>
+        <v>46036</v>
       </c>
       <c r="B260" t="n">
-        <v>12.5622</v>
+        <v>18.286</v>
       </c>
       <c r="C260" t="n">
-        <v>12.465</v>
+        <v>18.145</v>
       </c>
       <c r="D260" t="n">
-        <v>-0.0972</v>
+        <v>-0.141</v>
       </c>
       <c r="E260" t="n">
-        <v>-0.007737498208912451</v>
+        <v>-0.007710817018484087</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="2" t="n">
-        <v>45671</v>
+        <v>46037</v>
       </c>
       <c r="B261" t="n">
-        <v>12.6932</v>
+        <v>18.4382</v>
       </c>
       <c r="C261" t="n">
-        <v>12.6159</v>
+        <v>18.3498</v>
       </c>
       <c r="D261" t="n">
-        <v>-0.0773</v>
+        <v>-0.0884</v>
       </c>
       <c r="E261" t="n">
-        <v>-0.006089874893643841</v>
+        <v>-0.004794394246726904</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="2" t="n">
-        <v>45672</v>
+        <v>46038</v>
       </c>
       <c r="B262" t="n">
-        <v>12.7594</v>
+        <v>18.5728</v>
       </c>
       <c r="C262" t="n">
-        <v>12.7141</v>
+        <v>18.5047</v>
       </c>
       <c r="D262" t="n">
-        <v>-0.0453</v>
+        <v>-0.0681</v>
       </c>
       <c r="E262" t="n">
-        <v>-0.0035503236829317994</v>
-[...4062 lines deleted...]
-        <v>-0.002159094233638571</v>
+        <v>-0.003666652308752585</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>