--- v5 (2026-01-20)
+++ v6 (2026-02-16)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E262"/>
+  <dimension ref="A1:E281"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -4660,40 +4660,363 @@
       </c>
       <c r="D261" t="n">
         <v>-0.0884</v>
       </c>
       <c r="E261" t="n">
         <v>-0.004794394246726904</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="2" t="n">
         <v>46038</v>
       </c>
       <c r="B262" t="n">
         <v>18.5728</v>
       </c>
       <c r="C262" t="n">
         <v>18.5047</v>
       </c>
       <c r="D262" t="n">
         <v>-0.0681</v>
       </c>
       <c r="E262" t="n">
         <v>-0.003666652308752585</v>
       </c>
     </row>
+    <row r="263">
+      <c r="A263" s="2" t="n">
+        <v>46042</v>
+      </c>
+      <c r="B263" t="n">
+        <v>18.5903</v>
+      </c>
+      <c r="C263" t="n">
+        <v>18.36</v>
+      </c>
+      <c r="D263" t="n">
+        <v>-0.2303</v>
+      </c>
+      <c r="E263" t="n">
+        <v>-0.012388180933067245</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="2" t="n">
+        <v>46043</v>
+      </c>
+      <c r="B264" t="n">
+        <v>18.8353</v>
+      </c>
+      <c r="C264" t="n">
+        <v>18.8353</v>
+      </c>
+      <c r="D264" t="n">
+        <v>0</v>
+      </c>
+      <c r="E264" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="2" t="n">
+        <v>46044</v>
+      </c>
+      <c r="B265" t="n">
+        <v>18.9676</v>
+      </c>
+      <c r="C265" t="n">
+        <v>18.9451</v>
+      </c>
+      <c r="D265" t="n">
+        <v>-0.0225</v>
+      </c>
+      <c r="E265" t="n">
+        <v>-0.0011862333663721293</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="2" t="n">
+        <v>46045</v>
+      </c>
+      <c r="B266" t="n">
+        <v>19.1104</v>
+      </c>
+      <c r="C266" t="n">
+        <v>19.0667</v>
+      </c>
+      <c r="D266" t="n">
+        <v>-0.0437</v>
+      </c>
+      <c r="E266" t="n">
+        <v>-0.002286712993971869</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="2" t="n">
+        <v>46048</v>
+      </c>
+      <c r="B267" t="n">
+        <v>19.1242</v>
+      </c>
+      <c r="C267" t="n">
+        <v>19.178</v>
+      </c>
+      <c r="D267" t="n">
+        <v>0.0538</v>
+      </c>
+      <c r="E267" t="n">
+        <v>0.0028131895713284735</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="2" t="n">
+        <v>46049</v>
+      </c>
+      <c r="B268" t="n">
+        <v>19.478</v>
+      </c>
+      <c r="C268" t="n">
+        <v>19.49</v>
+      </c>
+      <c r="D268" t="n">
+        <v>0.012</v>
+      </c>
+      <c r="E268" t="n">
+        <v>0.0006160796796385665</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="2" t="n">
+        <v>46050</v>
+      </c>
+      <c r="B269" t="n">
+        <v>19.5121</v>
+      </c>
+      <c r="C269" t="n">
+        <v>19.5843</v>
+      </c>
+      <c r="D269" t="n">
+        <v>0.0722</v>
+      </c>
+      <c r="E269" t="n">
+        <v>0.003700268038806689</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="2" t="n">
+        <v>46051</v>
+      </c>
+      <c r="B270" t="n">
+        <v>19.2966</v>
+      </c>
+      <c r="C270" t="n">
+        <v>19.221</v>
+      </c>
+      <c r="D270" t="n">
+        <v>-0.0756</v>
+      </c>
+      <c r="E270" t="n">
+        <v>-0.003917788625975561</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="2" t="n">
+        <v>46052</v>
+      </c>
+      <c r="B271" t="n">
+        <v>19.289</v>
+      </c>
+      <c r="C271" t="n">
+        <v>19.2495</v>
+      </c>
+      <c r="D271" t="n">
+        <v>-0.0395</v>
+      </c>
+      <c r="E271" t="n">
+        <v>-0.0020477992638291255</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="2" t="n">
+        <v>46055</v>
+      </c>
+      <c r="B272" t="n">
+        <v>18.4107</v>
+      </c>
+      <c r="C272" t="n">
+        <v>18.5627</v>
+      </c>
+      <c r="D272" t="n">
+        <v>0.152</v>
+      </c>
+      <c r="E272" t="n">
+        <v>0.008256068481915409</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="2" t="n">
+        <v>46056</v>
+      </c>
+      <c r="B273" t="n">
+        <v>18.9794</v>
+      </c>
+      <c r="C273" t="n">
+        <v>18.7306</v>
+      </c>
+      <c r="D273" t="n">
+        <v>-0.2488</v>
+      </c>
+      <c r="E273" t="n">
+        <v>-0.013108949703362594</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="2" t="n">
+        <v>46057</v>
+      </c>
+      <c r="B274" t="n">
+        <v>19.0749</v>
+      </c>
+      <c r="C274" t="n">
+        <v>18.9214</v>
+      </c>
+      <c r="D274" t="n">
+        <v>-0.1535</v>
+      </c>
+      <c r="E274" t="n">
+        <v>-0.008047224362906228</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="2" t="n">
+        <v>46058</v>
+      </c>
+      <c r="B275" t="n">
+        <v>18.7634</v>
+      </c>
+      <c r="C275" t="n">
+        <v>18.4709</v>
+      </c>
+      <c r="D275" t="n">
+        <v>-0.2925</v>
+      </c>
+      <c r="E275" t="n">
+        <v>-0.015588859161985567</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="2" t="n">
+        <v>46059</v>
+      </c>
+      <c r="B276" t="n">
+        <v>18.6323</v>
+      </c>
+      <c r="C276" t="n">
+        <v>18.8707</v>
+      </c>
+      <c r="D276" t="n">
+        <v>0.2384</v>
+      </c>
+      <c r="E276" t="n">
+        <v>0.01279498505283835</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="2" t="n">
+        <v>46062</v>
+      </c>
+      <c r="B277" t="n">
+        <v>19.1198</v>
+      </c>
+      <c r="C277" t="n">
+        <v>19.05</v>
+      </c>
+      <c r="D277" t="n">
+        <v>-0.0698</v>
+      </c>
+      <c r="E277" t="n">
+        <v>-0.003650665801943535</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="2" t="n">
+        <v>46063</v>
+      </c>
+      <c r="B278" t="n">
+        <v>19.3523</v>
+      </c>
+      <c r="C278" t="n">
+        <v>19.4235</v>
+      </c>
+      <c r="D278" t="n">
+        <v>0.0712</v>
+      </c>
+      <c r="E278" t="n">
+        <v>0.0036791492484097494</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="2" t="n">
+        <v>46064</v>
+      </c>
+      <c r="B279" t="n">
+        <v>19.4156</v>
+      </c>
+      <c r="C279" t="n">
+        <v>19.3258</v>
+      </c>
+      <c r="D279" t="n">
+        <v>-0.0898</v>
+      </c>
+      <c r="E279" t="n">
+        <v>-0.004625146789179835</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="2" t="n">
+        <v>46065</v>
+      </c>
+      <c r="B280" t="n">
+        <v>19.9668</v>
+      </c>
+      <c r="C280" t="n">
+        <v>20.2131</v>
+      </c>
+      <c r="D280" t="n">
+        <v>0.2463</v>
+      </c>
+      <c r="E280" t="n">
+        <v>0.012335476891640123</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="2" t="n">
+        <v>46066</v>
+      </c>
+      <c r="B281" t="n">
+        <v>20.1273</v>
+      </c>
+      <c r="C281" t="n">
+        <v>20.29</v>
+      </c>
+      <c r="D281" t="n">
+        <v>0.1627</v>
+      </c>
+      <c r="E281" t="n">
+        <v>0.008083548215607658</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>