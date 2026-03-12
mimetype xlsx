--- v6 (2026-02-16)
+++ v7 (2026-03-12)
@@ -193,51 +193,51 @@
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E281"/>
+  <dimension ref="A1:E298"/>
   <sheetViews>
     <sheetView zoomScale="100" topLeftCell="A1" workbookViewId="0" showGridLines="true" showRowColHeaders="true" view="normal"/>
   </sheetViews>
   <sheetFormatPr customHeight="false" defaultColWidth="9.28125" defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" bestFit="true" width="11.19140625" hidden="false" outlineLevel="0"/>
     <col min="2" max="2" bestFit="true" width="8.04296875" hidden="false" outlineLevel="0"/>
     <col min="3" max="3" bestFit="true" width="13.28125" hidden="false" outlineLevel="0"/>
     <col min="4" max="4" bestFit="true" width="17.47265625" hidden="false" outlineLevel="0"/>
     <col min="5" max="5" bestFit="true" width="22.7109375" hidden="false" outlineLevel="0"/>
   </cols>
   <sheetData>
     <row r="1" s="1" customFormat="true">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -4983,40 +4983,329 @@
       </c>
       <c r="D280" t="n">
         <v>0.2463</v>
       </c>
       <c r="E280" t="n">
         <v>0.012335476891640123</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="2" t="n">
         <v>46066</v>
       </c>
       <c r="B281" t="n">
         <v>20.1273</v>
       </c>
       <c r="C281" t="n">
         <v>20.29</v>
       </c>
       <c r="D281" t="n">
         <v>0.1627</v>
       </c>
       <c r="E281" t="n">
         <v>0.008083548215607658</v>
       </c>
     </row>
+    <row r="282">
+      <c r="A282" s="2" t="n">
+        <v>46070</v>
+      </c>
+      <c r="B282" t="n">
+        <v>19.9992</v>
+      </c>
+      <c r="C282" t="n">
+        <v>20.1719</v>
+      </c>
+      <c r="D282" t="n">
+        <v>0.1727</v>
+      </c>
+      <c r="E282" t="n">
+        <v>0.008635345413816551</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="2" t="n">
+        <v>46071</v>
+      </c>
+      <c r="B283" t="n">
+        <v>19.9184</v>
+      </c>
+      <c r="C283" t="n">
+        <v>20.22</v>
+      </c>
+      <c r="D283" t="n">
+        <v>0.3016</v>
+      </c>
+      <c r="E283" t="n">
+        <v>0.015141778456100893</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="2" t="n">
+        <v>46072</v>
+      </c>
+      <c r="B284" t="n">
+        <v>19.9346</v>
+      </c>
+      <c r="C284" t="n">
+        <v>19.9999</v>
+      </c>
+      <c r="D284" t="n">
+        <v>0.0653</v>
+      </c>
+      <c r="E284" t="n">
+        <v>0.00327571157685632</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="2" t="n">
+        <v>46073</v>
+      </c>
+      <c r="B285" t="n">
+        <v>19.8934</v>
+      </c>
+      <c r="C285" t="n">
+        <v>20.2947</v>
+      </c>
+      <c r="D285" t="n">
+        <v>0.4013</v>
+      </c>
+      <c r="E285" t="n">
+        <v>0.020172519529090053</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="2" t="n">
+        <v>46076</v>
+      </c>
+      <c r="B286" t="n">
+        <v>19.9199</v>
+      </c>
+      <c r="C286" t="n">
+        <v>19.9862</v>
+      </c>
+      <c r="D286" t="n">
+        <v>0.0663</v>
+      </c>
+      <c r="E286" t="n">
+        <v>0.00332832996149579</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="2" t="n">
+        <v>46077</v>
+      </c>
+      <c r="B287" t="n">
+        <v>19.9941</v>
+      </c>
+      <c r="C287" t="n">
+        <v>20.87</v>
+      </c>
+      <c r="D287" t="n">
+        <v>0.8759</v>
+      </c>
+      <c r="E287" t="n">
+        <v>0.04380792333738453</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="2" t="n">
+        <v>46078</v>
+      </c>
+      <c r="B288" t="n">
+        <v>19.9627</v>
+      </c>
+      <c r="C288" t="n">
+        <v>20.39</v>
+      </c>
+      <c r="D288" t="n">
+        <v>0.4273</v>
+      </c>
+      <c r="E288" t="n">
+        <v>0.02140492017612848</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="2" t="n">
+        <v>46079</v>
+      </c>
+      <c r="B289" t="n">
+        <v>19.7271</v>
+      </c>
+      <c r="C289" t="n">
+        <v>20</v>
+      </c>
+      <c r="D289" t="n">
+        <v>0.2729</v>
+      </c>
+      <c r="E289" t="n">
+        <v>0.013833761678097642</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="2" t="n">
+        <v>46080</v>
+      </c>
+      <c r="B290" t="n">
+        <v>19.7278</v>
+      </c>
+      <c r="C290" t="n">
+        <v>19.95</v>
+      </c>
+      <c r="D290" t="n">
+        <v>0.2222</v>
+      </c>
+      <c r="E290" t="n">
+        <v>0.011263293423493751</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="2" t="n">
+        <v>46083</v>
+      </c>
+      <c r="B291" t="n">
+        <v>19.5414</v>
+      </c>
+      <c r="C291" t="n">
+        <v>20.9</v>
+      </c>
+      <c r="D291" t="n">
+        <v>1.3586</v>
+      </c>
+      <c r="E291" t="n">
+        <v>0.06952418966911275</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="2" t="n">
+        <v>46084</v>
+      </c>
+      <c r="B292" t="n">
+        <v>18.8695</v>
+      </c>
+      <c r="C292" t="n">
+        <v>19.0057</v>
+      </c>
+      <c r="D292" t="n">
+        <v>0.1362</v>
+      </c>
+      <c r="E292" t="n">
+        <v>0.007217997297225682</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="2" t="n">
+        <v>46085</v>
+      </c>
+      <c r="B293" t="n">
+        <v>18.5056</v>
+      </c>
+      <c r="C293" t="n">
+        <v>20.23</v>
+      </c>
+      <c r="D293" t="n">
+        <v>1.7244</v>
+      </c>
+      <c r="E293" t="n">
+        <v>0.09318260418467923</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="2" t="n">
+        <v>46086</v>
+      </c>
+      <c r="B294" t="n">
+        <v>18.8017</v>
+      </c>
+      <c r="C294" t="n">
+        <v>21.1629</v>
+      </c>
+      <c r="D294" t="n">
+        <v>2.3612</v>
+      </c>
+      <c r="E294" t="n">
+        <v>0.12558438864570756</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="2" t="n">
+        <v>46087</v>
+      </c>
+      <c r="B295" t="n">
+        <v>18.9843</v>
+      </c>
+      <c r="C295" t="n">
+        <v>19.4</v>
+      </c>
+      <c r="D295" t="n">
+        <v>0.4157</v>
+      </c>
+      <c r="E295" t="n">
+        <v>0.021897041239339877</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="2" t="n">
+        <v>46090</v>
+      </c>
+      <c r="B296" t="n">
+        <v>18.2289</v>
+      </c>
+      <c r="C296" t="n">
+        <v>18.6811</v>
+      </c>
+      <c r="D296" t="n">
+        <v>0.4522</v>
+      </c>
+      <c r="E296" t="n">
+        <v>0.024806762887502814</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="2" t="n">
+        <v>46091</v>
+      </c>
+      <c r="B297" t="n">
+        <v>18.8271</v>
+      </c>
+      <c r="C297" t="n">
+        <v>18.97</v>
+      </c>
+      <c r="D297" t="n">
+        <v>0.1429</v>
+      </c>
+      <c r="E297" t="n">
+        <v>0.007590122748591126</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="2" t="n">
+        <v>46092</v>
+      </c>
+      <c r="B298" t="n">
+        <v>19.0824</v>
+      </c>
+      <c r="C298" t="n">
+        <v>19.11</v>
+      </c>
+      <c r="D298" t="n">
+        <v>0.0276</v>
+      </c>
+      <c r="E298" t="n">
+        <v>0.0014463589485599296</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.6999999999999998" right="0.6999999999999998" top="0.75"/>
   <headerFooter>
     <oddHeader>&amp;C&amp;24&amp;U&amp;"Arial,Regular Bold" IPOS Premium and Discount History</oddHeader>
     <oddFooter>&amp;CPremiumDiscount&amp;RPage &amp;P of &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title>IPOS Premium Discount History</dc:title>
   <dc:creator>Renaissance Capital, LLC</dc:creator>
 </cp:coreProperties>
 </file>